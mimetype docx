--- v0 (2025-10-25)
+++ v1 (2026-03-03)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【海南大环岛】 海南动车6天｜亚特水族馆｜毛纳村｜五指山热带雨林景区｜直升飞机｜槟榔谷｜玫瑰谷｜海南免税店｜海花岛（赠送：海洋乐园+小火车）行程单</w:t>
+        <w:t xml:space="preserve">【海南大环岛】 海南动车6天｜西海岸棋子湾｜沙滩赶海｜豪华游艇出海｜网红直升机｜五指山热带雨林行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">FG-20250801-D2</w:t>
+              <w:t xml:space="preserve">FG-202601-D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,138 +343,114 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ◆去程参考发车时间：广州南-湛江西 07:00-12:00之间发车，具体班次 以实际出票为准。
-[...1 lines deleted...]
-                ◆回程参考发车时间：湛江西-广州南14:00-22:00之间发车，具体班次 以实际出票为准
+                ◆去程参考发车时间：广州南湛江 07:00-12:00之间发车，具体班次 以实际出票为准。
+                <w:br/>
+                ◆回程参考发车时间：湛江-广州14:00-22:00之间发车，具体班次 以实际出票为准
                 <w:br/>
                 具体班次 以实际出票为准，不能指定，出票后告知。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 承诺先行：广东自组团，20人成团，30人以上派全陪
-[...9 lines deleted...]
-                ★ 正是山花烂漫时，踏寻诗和远方
+                ★ 海南全景沉浸之旅
                 <w:br/>
                 ◆【五指山热带雨林】国家级自然保护区，海南屋脊，洗肺胜地，“不到五指山，不算到海南”
                 <w:br/>
-                ◆ 跟随习大大的脚步，走进全域旅游示范黎族村——【水满乡毛纳村】
-[...6 lines deleted...]
-                <w:br/>
                 ◆ 玫瑰之约，浪漫三亚，亚洲规模最大的玫瑰谷——【亚龙湾国际玫瑰谷】
                 <w:br/>
                 ◆ 中国首家民族文化型5A级景区、海南民族文化的“活化石”——槟榔谷黎苗文化旅游区
                 <w:br/>
-                <w:br/>
-[...9 lines deleted...]
-                ◆ 黎家宴（五脚猪、小黄牛、蚂蚁鸡等）、社会小炒、簸箕宴
+                      ◆ 东坡书院：走进千年文化圣地，感悟海南书香文脉
+                <w:br/>
+                ◆ 棋子湾秘境：探访海南最西端原生海湾，独享清沙奇石的宁静之美
+                <w:br/>
+                ◆ 游海南最美海湾【石梅湾沙滩】，观“海南最美书屋”【凤凰九里书屋】，感受文艺与自然的交融
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -591,523 +567,471 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州南—湛江西-徐闻港—海口-海花岛
-[...1 lines deleted...]
-                各位贵宾请根据车次开车时间，提前1.5小时抵达广州南站，自行乘动车直达湛江西（约3小时），前往海安乘轮渡前往海口，体验【过海轮渡】（约1.5小时），观赏琼州海峡两岸风光。体验【过海轮渡】（约1.5小时），观赏琼州海峡两岸风光，前往全球人向往的文化旅游胜地、斥资1600亿打造的————【中国海花岛】（车程约90分钟），入住海花岛【欧堡度假酒店】。
+                广州—湛江西-徐闻港—海口
+                <w:br/>
+                各位贵宾请根据车次开车时间，提前1.5小时抵达动车/高铁站，自行乘坐高铁/动车前往湛江（约3小时），乘大巴前往徐闻港码头坐渡轮前往海口，体验【过海轮渡】（约1.5小时），观赏琼州海峡两岸风光
+                <w:br/>
+                晚餐后入住酒店休息
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、我社会有权根据港口及具体班次时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 2、动车票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！
                 <w:br/>
                 3、经铁路局规定自8月1日起实行实名制电子票退/改票业务，若产生退/改票，需提供乘车人有效身份证原件方可办理退/改票，烦请乘车人本人前往退/改票点办理（退/改票点为广州南站、东站、火车站，其他售票点无法处理退票），请游客须知；
                 <w:br/>
                 4、动车团的去程操作指引：游客自行前往广州南站，凭着身份证刷卡进站，自行搭乘动车前往湛江西站，抵达湛江西站之后，送团人接送游客前往徐闻码头，送团人帮买船票，游客自行凭着船票搭乘轮渡前往海口，海南导游在海口码头接团。
                 <w:br/>
                 交通：动车/汽车/轮渡
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">儋州海花岛欧堡酒店（不指定主题）或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">海口明光胜意酒店/天佑大酒店或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                畅游海花岛
-[...27 lines deleted...]
-                3、海花岛岛上项目部分为免费开放，部分景区收费，费用均不含，如需游玩请当地自理门票等费用；
+                海口-昌江
+                <w:br/>
+                酒店享用自助早餐，前往儋州（车程约2小时）。游览【东坡书院】（游览时间约1⼩时）走进海南书香地，感受千年文脉。东坡书院曾是宋代文豪苏东坡谪居南荒的讲学之所，他在此开坛授业，传播中原文化，开启了海南人文之先声。书院不仅是瞻仰先生风骨的圣地，更承载着“谪居南荒，诗书传世”的豁达精神，成为天南一方重要的文化丰碑。
+                <w:br/>
+                前往棋子湾（车程约1小时20分钟），游览海南最后的海岸秘境—【棋子湾】，棋子湾海湾呈现S形状，湾长20多公里。海湾水面平静，海水清澈见底，海沙细软且洁白如银；行走【海景栈道】海岸奇峰林立，怪石嶙峋。有引人入胜的峻壁角、细眉角、鉴真坐禅、黄帝祭海、神龟探海、大角石林、小角石林、仙人足迹、八戒背媳妇、祭海石、观鱼石、火焰石、情侣石、帆船石、观音石、观音潭、棋子篮、望郎滩、白沙岭、治癣沟、天然盘景园及野菠萝等天然景点二十多处。
+                <w:br/>
+                体验【沙滩赶海】：去赶一场海、追一场潮，伴着夕阳在这片美丽的海滩上尽情挥洒汗水，体验渔滩涂趣，拿着小铲子在海滩上挖寻寄居蟹，体验“海味运动的魅力”。
+                <w:br/>
+                景点：【东坡书院】、【棋子湾】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">儋州海花岛欧堡酒店（不指定主题）或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">昌江棋子湾开元度假村或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                儋州—五指山
-[...3 lines deleted...]
-                  入住坐落于海南五指山主峰脚下的【五指山亚泰雨林酒店】以“溯黎家之源，融雨林之幽，享生命之本，养身心之优”为宗旨，周围原始森林植被茂密，奇花异草种类繁多，珍稀树木层林叠翠，负氧离子含量极高。
+                昌江-三亚
+                <w:br/>
+                酒店享用自助早餐，前往三亚游艇码头， 开启专属于您的出海Paty【豪华游艇出海】（游艇出海时间约1.5小时），看海天一色，尽享海上欢乐体验，游艇派对：【KTV唱响大海】、【点心、饮料、水果】、【艇上垂钓】享受无压力的度假时光。
+                <w:br/>
+                赠送体验最时尚、最流行、高逼格网红打卡项目—【豪华直升机低空飞行】（起落约50秒）让您360度上帝视觉俯览三亚极美海景。乘直升机感受平稳开阔的全新视野，换个视角玩转浪漫三亚，沿海岸线低空飞行，穿梭于海天一色的美景，俯瞰三亚，私享空中观景之旅。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：【五指山毛纳村】和【五指山热带雨林风景区】
+                景点：【豪华游艇出海】、【豪华直升机低空飞行】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：团餐     晚餐：黎家宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">参考酒店：五指山亚泰雨林酒店或不低于同标准的酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：团餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考酒店：三亚伯爵佰悦酒店/凤凰凯莱/悦信明日或不低于同标准的酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                五指山-三亚
-[...35 lines deleted...]
-                上工作人员进行协调，各别项目没有体验的或因天气海浪原因提前返航的不作任何退费，请谅解。
+                三亚-五指山
+                <w:br/>
+                酒店享用早餐，游览【亚龙湾国际玫瑰谷】（赠送电瓶车，游览时间约 120 分钟）玫瑰科普、玫瑰养护、玫瑰致富；了解“小康不小康，关键看老乡”精神与玫瑰谷乡村振兴战略。用脚步丈量远方，将世界收入眼中，一边感受花海的梦幻浪漫。（温馨提示：景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物店）
+                <w:br/>
+                前往海南屋脊—【五指山热带雨林风景区】（含电瓶车，游览时间约120分钟）五指山是海南岛的象征，“不到五指山，不算到海南”。景区集中了热带山地雨林和热带沟谷雨林的典型景观。景区内的原始森林里有许多珍奇的动植物，像是恐龙时代的煞椤树和小天堂鸟等等，雨林中有沟谷小溪，有激流飞瀑，空气清新甜润，负氧离子平均含量达到30000个立方厘米以上。呼吸着高负氧离子的空气，让你的心灵接受了一次彻底的洗涤。在观山台正面眺望海拔1868米的海南屋脊————五指山，巍峨耸立，五峰并列如撑天五指，在云海中时隐时现，近在咫尺，尽收眼底。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：【槟榔谷黎苗文化旅游区】和【游艇出海活动】
+                景点：【亚龙湾国际玫瑰谷】、【五指山热带雨林风景区】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：簸箕宴     晚餐：团餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">参考酒店：三亚凤凰凯莱/悦信明日/海湾维景/青海大厦/夏日酒店或不低于同标准的酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：簸箕宴     晚餐：黎家宴   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考酒店：三五指山亚泰雨林酒店或不低于同标准的酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-海口
                 <w:br/>
-                酒店自助早餐，游览【亚龙湾国际玫瑰谷】（赠送电瓶车，游览时间约 120 分钟）玫瑰科普、玫瑰养护、玫瑰致富；了解“小康不小康，关键看老乡”精神与玫瑰谷乡村振兴战略。用脚步丈量远方，将世界收入眼中，一边感受花海的梦幻浪漫。（温馨提示：玫瑰谷景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点）。
-[...7 lines deleted...]
-                景点：【亚龙湾国际玫瑰谷】、【亚龙湾国际玫瑰谷】和【海口免税店】
+                酒店自助早餐，前往槟榔谷（车程约90分钟），中国首家民族文化型5A级景区【槟榔谷黎苗文化旅游区】（含景区电瓶车，游览时间约180分钟）景区内展示了十项国家级非物质文化遗产，其中“黎族传统纺染织绣技艺”被联合国教科文组织列入非物质文化遗产急需保护名录。槟榔谷还是海南黎、苗族传统“三月三”及“七夕嬉水节”的主要活动举办地之一，文化魅力十足，是海南民族文化的“活化石”。（温馨提示：景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物店）
+                <w:br/>
+                 游览海南最美海湾——【石梅湾沙滩】（游览时间约50分钟）三面环山，一面向海，山形秀美，可以媲美夏威夷。这里曾经也是《非诚勿扰2》的拍摄地，和热情火辣的三亚不同，这里更小众，也是2023年很多旅游博主力推的海湾。打卡【凤凰九里书屋】“海南最美书屋”离大海仅有一步之遥，在这里听涛、看浪、品书香，山的静谧，海的开阔，跟随书的脚步，找到自己最美的时光。
+                <w:br/>
+                游览【海口骑楼老街】（自由活动约90分钟）海口骑楼建筑作为一种外廊式的建筑艺术源远流长。海口白色骑楼建筑既有浓厚的中国古代传统建筑特色，又有对西方建筑的模仿，还有南洋文化的建筑及装饰风格，并明显受到印度和阿拉伯建筑文化的影响，这些独特的建筑风格形成了一座骑楼就是一幅风景画。当天晚餐自理，老字号店铺推荐：姚记辣汤饭、亚妹正宗海南粉、老彭记清补凉、隆仔鸡饭店、九爹老字号斋菜煲、恒兴老爸茶、琼州槽柏醋等
+                <w:br/>
+                景点：【槟榔谷黎苗文化旅游区】、【石梅湾沙滩】、【凤凰九里书屋】、【海口骑楼老街】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：海口南海希尔顿欢朋/明光胜意/西海岸大酒店/巨制或不低于同标准的酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：海口明光胜意/天佑酒店或不低于同标准的酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海口—徐闻码头—湛江西站—广州南站（海口—徐闻码头轮渡约1.5小时——湛江西站车程约1.5小时—广州动车约3小时）
-[...1 lines deleted...]
-                早餐后退房（若早则打包），前往海口码头乘船返徐闻港，乘车前往湛江西乘动车返广州，结束行程
+                海口—徐闻码头—湛江—广州（海口—徐闻码头轮渡约1.5小时——湛江车程约1.5小时—广州动车约3小时）
+                <w:br/>
+                早餐后退房（早餐若早则打包），前往海口码头轮渡徐闻港码头，随后乘大巴车前往湛江乘动车返回广州，结束海南愉快旅程
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因铁路局或天气的原因，动车火车延误或取消班次导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、动车团的回程操作指引：游客在海口码头自行乘坐轮渡前往徐闻码头，抵达后接团人接团，接送客人前往湛江西站，客人自行刷身份证，自行乘坐动车前往广州南站。
                 <w:br/>
                 3、旅行社视实际情况有权调整行程、游玩顺序及进出港口，不影响行程原定标准。
                 <w:br/>
                 交通：旅游车/轮渡/动车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1181,67 +1105,67 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：往返程往返动车/城轨票等（二等票），报名时请提供身份证复印件，动车票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！
+                1、交通：往返程往返高铁票/动车/城轨票等（二等票），报名时请提供身份证复印件，动车票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！
                 <w:br/>
                 2、船票：徐闻=海口往返过渡船票。
                 <w:br/>
                 3、住宿：入住当地旅游酒店双标间，每成人每晚一个床位，若出现单男单女， 客人需补单房差入住双标间，在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；
                 <w:br/>
-                4、用餐：全程含6正5早；团餐标准40元/人，特色餐50元/人标准：黎家宴、簸箕宴。10-12人/桌，所有餐食如自动放弃，款项恕不退还，餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
-[...1 lines deleted...]
-                5、用车：5-55 座空调旅游车，按实际人数用车，保证一人一正座；
+                4、用餐：全程含7正5早；正餐标准40元/人，特色餐50元/人：黎家宴、东坡请欢宴、簸箕宴，10-12人/桌，所有餐食如自动放弃，款项恕不退还，餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
+                <w:br/>
+                5、用车：+-55 座空调旅游车，按实际人数用车，保证一人一正座；
                 <w:br/>
                 6、导游：当地普通话专业导游服务；
                 <w:br/>
                 7、门票：含以上行程景点首道大门票，不含景点小门票，不含景区交通，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款；
                 <w:br/>
-                8、中童：年满6周岁-未满14周岁：含动车儿童优惠票+轮渡全票，含旅游大巴车位+正餐+早餐+景点门票。不占床位。
-[...1 lines deleted...]
-                9、小童：年满2周岁-未满6周岁：含轮渡优惠票+旅游大巴车位+正餐+早餐+游艇+直升机门票。不占床位/不含其他景点门票（超高自理）。
+                8、中童：年满6周岁-未满14周岁：含高铁/动车优惠票+轮渡全票，含大巴车位+正餐+早餐+景点门票。不占床位。
+                <w:br/>
+                9、小童：年满2周岁-未满6周岁：含轮渡优惠票+大巴车位+正餐+早餐。不占床位/不含其他景点门票（注：游艇门票已含）
                 <w:br/>
                 10、婴儿：2周岁以内（不含2周岁）：除了旅游车位，其他什么都不含
                 <w:br/>
                 11、购物点：0个购物店。温馨提示：免税店不列入旅游购物店范畴。行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，其他部分景区内自带购物商场，特色商品工作人员会做义务介绍，旅游者购物行为为自主选择，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1395,50 +1319,82 @@
                 <w:br/>
                 5）精神病患者，如癫痫及各种精神病人；
                 <w:br/>
                 6）严重贫血病患者，如血红蛋白量水平在 50 克/升以下的病人；
                 <w:br/>
                 7）大中型手术的恢复期病患者；
                 <w:br/>
                 8）孕妇及行动不便者。
                 <w:br/>
                 B.未满 18 周岁及老年旅游者预订提示：
                 <w:br/>
                 1）未满 18 周岁的旅游者请由家属陪同参团，因服务能力所限，无法接待 18 周岁以下旅游者单独报名出游，敬请谅解。
                 <w:br/>
                 2）70-75周岁人群需提交三甲医院的体检报告且有 70 岁以下家属陪同，需签署免责并购买对应的旅游意外保险方可出游。
                 <w:br/>
                 3）因服务能力所限，无法接待 75 周岁及以上客人报名出游，敬请谅解。
                 <w:br/>
                 4）因接待能力有限，部分景点70岁或以上游客景区限制接待，敬请谅解，谢谢
                 <w:br/>
                 14、失信人特别通知及提示：失信人意为“失信被执行人”，由国家最高人民法院发布。失信人不得乘坐飞机、火车卧铺、高铁及动车。请游客报团前一定要自行查询好是否为失信人！如游客属于失信人而报团时没有向旅行社提前说明，报名后旅行社为保留客人机票位置向航空公司支付了机票定金（或全款），失信人的机票费用将全额损失，只能退税，产生的所有损失由客人自行承担！国家最高人民法院失信人查询网站如下：http://shixin.court.gov.cn/，客人报团前可到该网站进行查询！因客人失信人身份产生的实际损失（机票、房费、车费、导服费用等等）需要由客人承担。
                 <w:br/>
                 15、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理。
                 <w:br/>
                 16、请游客（报名人及报名人代表之参团的全体同行人）请游客报名时认真阅读此行程每一点，一经报名，双方签字或盖章之日起，即表明合同及行程签订人及同行人已认真阅读此行程并同意相关约定条款，同意其作为《广东省国内旅游组团合同》、《报名表及补充约定》之附件。
                 <w:br/>
+                自费旅游项目补充协议书（团号：  ）
+                <w:br/>
+                为丰富旅游者的娱乐活动，旅行社在不影响正常旅程行程安排的前提下，提供自费景点（娱乐）项目供旅游者自行选择参加与否。根据《旅游法》第35条规定“旅行社安排另行付费旅游项目需是应旅游者要求或经双协商一致且不影响其他旅行社的行程安排”，在本次旅行过程中，旅行社应旅游者要求并经双方协商一致，由旅行社安排旅游者自愿参加自费旅游项目，双方确认签署本协议，具体约定如下：
+                <w:br/>
+                1.以下推荐的自费项目都是当地的精华所在。您可以在自由活动期间，根据自己的喜好，自愿选择自费项目，相信自费活动会带给您不同的体验；
+                <w:br/>
+                2.所有自费项目绝不强迫，在旅游者自愿选择自费项目的情况下，如达到自费项目对应的成行人数，且在时间、天气等因素允许的前提下，旅行社予以安排。如因行程安排、天气、景区临时关闭等原因导致无法安排，请您理解；
+                <w:br/>
+                3.自费项目参加与否，由旅游者根据自身需要和个人意志，自愿、自主决定，旅行社全程绝不强制参加自费项目。如旅游者不参加自费项目，将根据行程安排的内容进行活动。旅行社不会售卖此自费项目表以外的任何其他项目；
+                <w:br/>
+                4.自费项目简要内容参见本补充协议的自费项目介绍，如您同意参加，须在自费项目表[实际操作时请注意签订此书面文件]上签字确认。一旦发生纠纷，您签字确认的将作为处理依据，以保证您的权益；
+                <w:br/>
+                5.请您在选择自费项目之前慎重考虑，一旦确认参加并付费后，导游将会进行预订，预订成功后[原文为：费用产生后。请酌]旅游者取消的，将无法退还您费用。
+                <w:br/>
+                行程上的自费旅游项目仅供参考，请游客根据团队情况和行程安排自愿选择参加
+                <w:br/>
+                备注：
+                <w:br/>
+                此行程以及《自费旅游项目补充协议书》为旅游合同不可分割之部分，旅行社将严格按照行程执行。在不减少任何景点的前提下，导游可根据实际情况做顺序之调整，该调整不视为违约。当发生不可抗力、危及旅游者人身、财产安全，或者非旅行社责任造成的意外情形导致的景点、交通、住宿地点的临时变动、修改或更换，以及旅行社不得不调整或者变更旅游合同其他约定时，本公司会在事前向旅游者作出说明；确因客观情况无法在事前说明的，亦会在事后作出说明。因不可抗拒的客观原因（如天灾、战争、罢工等）和旅行社人为不可控因素（如航空公司航班延误或取消、铁路车次取消延误等）导致的一切超出费用（如在外食、宿及交通费、国家航空运价调整等）我公司有权追加差价。
+                <w:br/>
+                <w:br/>
+                我已阅读并充分理解以上所有内容，并愿意在友好、平等、自愿的情况下确认：
+                <w:br/>
+                　　旅行社已就上述行程中自由活动期间可以推荐的自费项目及相关内容、价格和风险对我进行了全面的告知、提醒。我经慎重考虑后，自愿参加上述自费项目，旅行社并无强迫。
+                <w:br/>
+                <w:br/>
+                客人声明：本人及本人代表以上所列参团的全体同行人，对以上条款内容已完全了解和认同，现予以签字确认。
+                <w:br/>
+                <w:br/>
+                游客签字:  旅行社签字：
+                <w:br/>
+                日期：  日期：
                 <w:br/>
                 《购物补充协议》
                 <w:br/>
                 尊敬的参团宾客：
                 <w:br/>
                 对旅游行程单中约定的自由活动期间的行程安排，旅行社应旅游者要求并经双方协商一致，达成本补充协议，作为国内旅游合同的组成部分。旅游者同意选择前往行程所列的购物场所。
                 <w:br/>
                 特别提醒：
                 <w:br/>
                 一、旅行社特别提醒旅游者谨慎购物，理性消费。旅游充分理解不同商品在不同地方可能存有价格差异。旅游者在选购货品的过程中应充分注意商品质量及价格比对，并向商家索取正式发票或小票等凭证。
                 <w:br/>
                 二、旅游者在上述列表所列商店购物，如所购商品有质量等问题，旅行社负责协助旅游者退、换货。旅游者在非上述列表所列商店购物，如发生质量或假冒伪劣商品等问题，旅行社不承担责任。
                 <w:br/>
                 三、旅游者应严格遵守导游安排的购物时间。对于在购物过程中挑选货物或付款等延误团队行程的团友，导游、领队或同行团友都应进行必要的提醒或催促，避免延误或影响团队行程活动。
                 <w:br/>
                 四、如遇不可抗力（天气、罢工、政府行为等）或其他旅行社已尽合理注意义务仍不能避免的事件（公共交通延误或取消、交通堵塞、因重大礼宾而施行的管制等），为保证景点正常游览，客人同意旅行社可能根据实际需要减少本补充说明约定的购物场所。
                 <w:br/>
                 客人声明：本人及本人代表以上所列参团的全体同行人，对以上条款内容已完全了解和认同，现予以签字确认。
                 <w:br/>
                 游客签字: 旅行社签字：
                 <w:br/>
                 日期： 日期：
               </w:t>
             </w:r>
           </w:p>
@@ -1742,51 +1698,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>