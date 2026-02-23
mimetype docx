--- v0 (2025-10-06)
+++ v1 (2026-02-23)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【柿柿如意】湛江纯玩3天游丨古丁梯田丨鼎龙湾丨住鼎龙湾180°无敌海景房丨特呈岛丨泡火山岩层地热温泉行程单</w:t>
+        <w:t xml:space="preserve">【龙虾鲍鱼海鲜年例盛宴】湛江3天游丨南海旅游岛·湛江赤坎老街·金沙湾·推荐硇洲岛·千人年例盛宴行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20221012SP66948254</w:t>
+              <w:t xml:space="preserve">TX-20260222SP10318255</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -255,207 +255,196 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">动车</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">返程交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">动车</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：（原下车点）
-[...6 lines deleted...]
-                请客人准时到达出发集合地点，过时不候。
+                上车点：广州南站、白云站、广州站、东站
+                <w:br/>
+                下车点：广州南站、白云站、广州站、东站
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                *广东“醉美”秋色  养了“眼” 甜了“心”&amp;赏漫山“金疙瘩”满田尽披黄金甲;
-[...13 lines deleted...]
-                *豪叹：碗仔翅、鲍鱼宴，甜过初恋“苹果柿”任吃、养身自助餐任吃；
+                行程特色
+                <w:br/>
+                土豪设宴·进村叹霸气年例盛宴
+                <w:br/>
+                湛江非遗年例大戏·千人年例壕席
+                <w:br/>
+                劲叹 2388 元/桌·龙虾鲍鱼海鲜盛宴
+                <w:br/>
+                无 限 次 浸 泡 “ 海 盐 矿 ” 温 泉
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -572,259 +561,244 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发-信宜-高州-鼎龙湾
-[...15 lines deleted...]
-                交通：汽车
+                广州高铁或动车站—湛江—南海旅游岛—鼎龙湾 不含餐 住：鼎龙湾
+                <w:br/>
+                上午：集中出发，刷身份证乘坐相应高铁车次前往湛江（车程约 1.5-3.5 小时，不同车次，时间不同）。
+                <w:br/>
+                下午：导游接团后乘车前往游览电白【新春疍家墟】晏镜疍家墟项目充分利用晏镜岭得天独厚的滨海生态资源，挖掘晏镜海洋文化底蕴，围绕历史传承的冼太夫人文化、俚族文化、疍家文化、渔商文化等，打造晏镜疍家墟、南海开渔节和塘霞俚街三大地理标志。有"东方夏威夷"之称，国家 AAAA 景区【南海旅游岛—中国第一滩】位于广东省茂名市电白区，景区以“滩长平、沙洗白、水温净、浪柔软、无污染”而闻名于世，而空气中的负氧离子含量更是大城市的 50-150 倍，被称为中国旅游的“王牌景点”，享有“天下第一滩”的美誉。午餐自理，自由品尝沙滩美食。晚上：晚餐后前往吴川鼎龙湾海洋度假区（车程约 1.5 小时），入住吴川鼎龙湾海洋度假区 18°海景公寓，自由畅玩“小三亚”鼎龙湾度假区，听海而眠。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">鼎龙湾180度无敌海景大露台房或同级</w:t>
+              <w:t xml:space="preserve">鼎龙湾</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                鼎龙湾-“美山町”特呈吉祥岛
-[...9 lines deleted...]
-                交通：汽车
+                鼎龙湾—硇洲岛—赤坎老街—金沙湾—海东温泉 含早餐 住：海东温泉
+                <w:br/>
+                上午：酒店早餐。后乘车前往万年火山岛【硇洲岛】(不含出入岛船票+环岛游电瓶车车+岛上景点+岛上午餐+赠送特色小吃套票春节价 198 元/人，费用自理！自愿消费！）硇洲岛是一个大约 20-50 万年前由海底火山爆发而形成的海岛，也是中国第一大火山岛，四面环海，孤悬海上，地势险要，岛中名胜古迹众多。上岛乘坐电瓶车环岛游其中包括特色景点:①水晶魔镜灯塔一【硇洲灯塔】是世界目前仅有的两座水晶磨镜灯塔之一，也是世界目前著名的三大灯塔之一(灯塔因政治原因不能入内参观，入院外观，不能登塔，敬请谅解!) ②“千年古井”--【宋皇井】(历史上这口深沉而寂静的古井，见证了一度繁荣的大宋皇朝在这个荒芜的小岛上留下的最后足迹(故事详听导游讲解)③【硇洲海龟城】观地球活化石“中华鲎”喂养百年长寿老海龟;④【硇洲黑石滩网红海岸】：拍照打卡《隐秘的角落》拍摄基地；午餐品尝【硇洲岛风味餐】。赠送硇洲特色小吃下午茶【海味蛋散】。
+                <w:br/>
+                下午：前往【湛江赤坎老街】是广东湛江市历史最悠久的地域，也曾经是湛江商贸最发达的地域之一。赤坎区原来只是一个海边的古商小埠，早在宋代就已成雏形。也是《隐秘的角落》拍摄地之一、朱朝阳家外景、本利士多外景、水井头油条外景．赤坎民国风情街．赤坎菠萝街、许爱周故居、广州湾民俗馆、广州湾商会旧址、大通街水井头等一系列打卡景点。自由品尝网红海鲜粉、田艾籺、簸箕炊、鸭仔饭、酸酸嘢等各种老街美食。后前往游玩被誉为“粤西小上海滩 ”的 4A 旅游度假区【金沙湾沙滩旅游度假区】滩长沙细蓝 天大海、海风椰林、沙滩浴场、绿草油茵,花色芬芳；度假区的【时空打卡点】、【红树林科普 中心】【观海休闲长廊】【儿童娱乐区】【时尚滑板区】等度假区配套设施，让每一位来湛江的 游客惊叹湛江军港海湾之美，周边大厦林立，商圈配置，成为湛江本地口碑极好的商圈旅游中心， 素有“粤西小上海滩 ”之称。
+                <w:br/>
+                晚上：后集合乘车前往湛江，入住天然特色地热温泉【湛江海东温泉度假村】湛江海东温泉度假村位 于坡头海东新区。酒店 以中西合璧悠闲风情的设计为主温泉小池区，设有 16 个温泉小泡池，这儿的温泉是雷州半岛火山地热咸水温泉含有 28 种有益于人体健康的微量元素和化合物水温常年高达 47-48 度以上。
+                <w:br/>
+                自费项：【硇洲岛】(不含出入岛船票+环岛游电瓶车车+岛上景点+岛上午餐+赠送特色小吃套票春节价 198 元/人，费用自理！自愿消费！）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">【特呈岛温泉度假区】茅草屋或四合院或湛江同级</w:t>
+              <w:t xml:space="preserve">海东温泉</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                湛江-回程
-[...14 lines deleted...]
-                交通：汽车
+                进村年例—年例大餐—广州南 含早餐 中餐
+                <w:br/>
+                上午：第一期（2 月 24 日）出团的安排前往当地年例表演丰富、村民富有的—【湛江调顺岛】参观粤西最大妈祖庙【调顺妈祖妈祖庙—盛大年例文化节】锣鼓咚锵，炮响连天，网龙腾跃，雄狮起舞，大年初十，2026 年调顺村民俗文化年例节盛大举行，调顺网龙是调顺村世代相传的传统民俗文化，于 2012 年被列入广东省省级非物质文化遗产名录。现场人山人海，齐聚“粤西最大妈祖文化园”【调顺岛妈祖庙】拜宗、祭祀社稷，以祈祷风调雨顺、国泰民安、百业兴旺。声势浩荡的年例巡游大街小巷。巡游队伍所到之处，家家户户放鞭炮以示欢迎，现场锣鼓喧天，人声鼎沸。贺神轿、穿令箭，舞龙舞狮、飘色、熬狮等节目及八方亲朋齐助兴，让您大饱眼福。第二期（3 月 1 日）出团的安排前往跳水冠军全红婵的家乡—【迈合村】，邂逅看全红婵的哥哥穿令箭的神奇瞬间，感受冠军之乡的热闹，风水宝地孕人杰，迈合村的神主巡游是数量最多的、滚刺穿、穿令箭、南派醒狮等非遗民俗表演轮番上演，迈合村分为上村和下村，上午巡游的是上村、下午巡游的是下村，全天都精彩不断。还得到迈合村的土豪村民特意规划村地出来做年例大餐，邀约大家一起共贺元宵佳节！
+                <w:br/>
+                下午：午餐受当地土豪屋主特别安排设宴摆席，邀请本旅行社的 VIP 贵客共叹春节 2388 元/桌【湛江土豪年例盛宴】体验湛江真正的进村土豪年例千人盛宴现场（拒绝擦边团安排去酒楼吃饭的都不是正宗的年例！）！吃毕还能收到来自地主家的“好意头”回礼派发人手一个【鸿运大利是】与主人家共同祝贺新的一年风调雨顺、大吉大利！后结束行程，返回温馨的家。
+                <w:br/>
+                去吃年例的温馨提示:
+                <w:br/>
+                1、年例是当地村民自发组织发起的，每条村的游神项目不同，具体项目以当地村委安排为准！如果因不可抗力原因或村里,原因取消，我社不属违约，敬请知悉!）
+                <w:br/>
+                2、年例宴是屋主在家门口设宴款待的，特别聘酒席厨师来做的宴席，需要提前准备，个别菜会存在上菜早凉的情况，
+                <w:br/>
+                如有介意请勿参加宴席！敬请谅解！
+                <w:br/>
+                下午：送团高铁站，返回温馨的家。 春运期间车票紧张，不指定车次车型车站，车票时间尽量安排（去程 0800-14:00，返程 15:00-20:00），行程内标准不会因车次时间缩短或降低，特此声明！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -869,112 +843,313 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：旅游空调车（按人数配车座，保证1人1正座），请客人自觉礼让座位，听从导游安排；
-[...9 lines deleted...]
-                6、在不改变行程接待质量的情况下，我社有权按实际情况调整行程顺序。
+                1、动车票：往返动车票
+                <w:br/>
+                2、车费：当地旅游大巴车车费，一人一正座。
+                <w:br/>
+                3、住宿：舒适酒店*2 晚（参考酒店：金马，国信、睿柏云、八方连锁，都市 118 等同级酒店）
+                <w:br/>
+                4、门票：包含行程所列明包含景点门票的首道门票（不含指定未含景点的门票！）
+                <w:br/>
+                5、餐费：2早 1 正（房费包含自助早餐，餐标 30/35 元/人，团队定制餐，不用不退！）
+                <w:br/>
+                6、导游：当地地接导游
+                <w:br/>
+                7、儿童：不占床，2 早 1 正，含儿童门票，如超高费用自理。
+                <w:br/>
+                8、购物点：无
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、团费不含游客旅途中的一切个人消费和旅游意外保险，请游客自愿购买团体旅游意外保险。
-[...1 lines deleted...]
-                2、其他未约定由组团社支付的费用。（包括单人房差、不可抗力因素（风雪、塌方、交通堵塞等）造成的延误和无法继续履行合同的额外费用等）
+                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                <w:br/>
+                2、强烈建议游客自行购买旅游意外保险。
+                <w:br/>
+                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附
+                <w:br/>
+                近自由活动）
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">【硇洲岛】(不含出入岛船票+环岛游电瓶车车+岛上景点+岛上午餐+赠送特色小吃套票春节价 198 元/人，费用自理！自愿消费！）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1001,69 +1176,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团40 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足40 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】 
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1071,85 +1246,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                特别约定
-[...33 lines deleted...]
-                4、心脏病、高血压、腿脚不便等不宜进行登山活动，请各位团友根据自身的身体状况参加团队活动，如须暂时脱离团队且自由活动，请向当团导游提前声明并提出书面报告。
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括：
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1235,51 +1396,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-23</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1423,50 +1584,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>