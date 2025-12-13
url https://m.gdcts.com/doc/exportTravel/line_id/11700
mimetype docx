--- v0 (2025-10-24)
+++ v1 (2025-12-13)
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州南-南昌西：G632/13:32-18:10
-[...1 lines deleted...]
-                南昌-广州东：G3081/16:07-21:10
+                广州东-南昌G3070/10:30-15:11
+                <w:br/>
+                南昌-广州东G3081/16:05-21:09
                 <w:br/>
                 参考车次，以实际出票为准
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -573,51 +573,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-南昌
                 <w:br/>
-                全天：广州南/广州东/广州白云乘坐中午或下午的高铁前往南昌（参考车次G632/13:32-18:10或其他车次，车程时间约4小时20分钟) 。抵达后游览【万寿宫历史文化街区】（游览约1.5小时，赠送景点，不去不退）以"历史街区•城市记忆"为主题，围绕"民族、民俗、民间"的规划主线，通过保留完整的历史街巷肌理，建设传统赣派建筑风格，并配套建设临街商业建筑和会馆建筑。全新改造内容包括重建铁柱万寿宫，并保存街区建筑结构形态与历史价值的基础上，将街区打造成融汇历史宗教、文化艺术、旅游观光、民俗聚会、休闲购物、餐饮娱乐为一体的南昌特色老街。晚餐自理，游后入住酒店。
+                全天：广州东/广州白云乘坐上午或下午的高铁前往南昌。抵达后游览【万寿宫历史文化街区】（游览约1.5小时，赠送景点，不去不退）以"历史街区•城市记忆"为主题，围绕"民族、民俗、民间"的规划主线，通过保留完整的历史街巷肌理，建设传统赣派建筑风格，并配套建设临街商业建筑和会馆建筑。全新改造内容包括重建铁柱万寿宫，并保存街区建筑结构形态与历史价值的基础上，将街区打造成融汇历史宗教、文化艺术、旅游观光、民俗聚会、休闲购物、餐饮娱乐为一体的南昌特色老街。晚餐自理，游后入住酒店。
                 <w:br/>
                 <w:br/>
                 *1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。 
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 交通：高铁/汽车
                 <w:br/>
                 景点：万寿宫历史文化街区
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1920,51 +1920,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>