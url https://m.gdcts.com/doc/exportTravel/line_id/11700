--- v1 (2025-12-13)
+++ v2 (2026-01-18)
@@ -1920,51 +1920,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>