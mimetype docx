--- v1 (2025-12-16)
+++ v2 (2026-03-03)
@@ -956,59 +956,126 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                2023年客人因自身原因退团或改期扣费标准如下：
+                客人因自身原因退团或改期扣费标准如下：
                 <w:br/>
                 1、客人18：30后退团扣损失费100元/人。
                 <w:br/>
                 2、客人因个人原因出团当天退团只退团费100元/人。
                 <w:br/>
                 3、客人当天出团时因个人原因临时需要改期（改期只可以控制一周内）补车位费80元/人。
                 <w:br/>
                 备注：1、3两项扣费随五一，十一，春节三大假期的变动而上浮（30/50元/人）
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">保险信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、春节假期集合时间： A/A1 线 7：45 广州宾馆，8：15 新天河宾馆；
+                <w:br/>
+                A2 线 10：30 花城广场牌匾；
+                <w:br/>
+                A3 线 15：00 中山纪念堂西门；
+                <w:br/>
+                A4 线 18：00 天字码头。
+                <w:br/>
+                2、2 月 15 日-17 日（年廿八-初一共 3 天）含珠江夜游的套餐将不赠送简餐，造成不便，
+                <w:br/>
+                敬请谅解。
+                <w:br/>
+                3、2 月 18 日-21 日（初二-初五共 4 天）由于春节期间陈家祠客流量超大，将陈家祠更
+                <w:br/>
+                改为参观广州市博物馆（镇海楼）。造成不便，敬请谅解。
+                <w:br/>
+                4、 春节期间团量大且位置紧张，如客人临时退团，我社将作出相应扣费：出发前一天 17
+                <w:br/>
+                点前可免费退团；出发前一天 17 点后退团收取违约金 130 元/人；出发当天退团只能
+                <w:br/>
+                退回团款 100 元/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1049,51 +1116,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>