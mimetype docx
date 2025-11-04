--- v0 (2025-10-10)
+++ v1 (2025-11-04)
@@ -1278,51 +1278,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-10</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>