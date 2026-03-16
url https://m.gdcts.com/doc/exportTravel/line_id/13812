--- v1 (2025-11-04)
+++ v2 (2026-03-16)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【品·休闲】广州白天鹅宾馆2天丨白云山登高丨珠江夜游丨沙面丨入住五星白天鹅宾馆行程单</w:t>
+        <w:t xml:space="preserve">【广州白天鹅宾馆2天】乘豪华邮轮夜游珠江丨奢叹酒店豪华自助早丨广州文化馆新馆 白云山 海心桥 广州塔行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20230425SP65425842</w:t>
+              <w:t xml:space="preserve">TX-20260316SP10318110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -345,123 +345,126 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上下车信息
                 <w:br/>
-                （参考出发时间）
-[...6 lines deleted...]
-                <w:br/>
                 09：20流花路中国大酒店对面（越秀公园地铁站C出口）
                 <w:br/>
                 <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                具体出发时间、地点以导游通知安排为准！
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：
-                <w:br/>
                 住中国首家中外合资五星级酒店--广州白天鹅宾馆
                 <w:br/>
                 畅游江景泳池 健身房 按摩池 桑拿 湿蒸房
                 <w:br/>
-                奢叹酒店豪华自助早餐（价值228元/位）
-[...5 lines deleted...]
-                漫游都市农场--马克生态园
+                奢叹酒店流浮阁豪华自助早餐（价值228元/位）
+                <w:br/>
+                南粤名山之一“羊城第一秀”白云山 登高望远
+                <w:br/>
+                乘豪华邮轮夜游珠江 欣赏两岸璀璨夜景 船上享用简易晚餐
+                <w:br/>
+                岭南园林式广州文化馆新馆 穿越千年入唐都
+                <w:br/>
+                打卡新地标--海心桥 广州塔“小蛮腰”
+                <w:br/>
+                漫步沙面岛 感受欧陆风情的百年古建筑
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -578,193 +581,193 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天：集中地--白云山--马克生态园--蜂蜜基地--珠江夜游--广州白天鹅宾馆
-[...11 lines deleted...]
-                晚餐自理，后前往码头乘坐豪华邮轮【夜游珠江】（游船约70分钟）珠江夜游作为广州“羊城八景”之一，是广州旅游一张靓丽的名片，一江珠水可读广州上下两千年，百年码头见证现代商都风华荣貌。倘若不游珠江沿岸 的文化史迹，可以说，就未曾真正游览过广州。珠江沿岸的文化史迹既可日游，又可夜游，由西向东，沿着“珠江走廊观赏到丽日蓝天下的秀丽景色和夜晚两岸灯光璀璨的动人美景。不妨沿着珠江两岸一路寻去，去追寻广州悠久的历史以及新潮的文化阅尽广州说不尽的文化风情。（如遇台风、恶劣天气等不可抗力因素影响导致停航，则取消珠江夜游，退回费用，不作赔偿。）
+                集中地--白云山风景区--广州文化馆新馆--广州塔--海心桥--珠江夜游--广州白天鹅宾馆
+                <w:br/>
+                出发地出发，沿路接齐各位贵宾后出发，乘车前往广州游览【白云山风景区】（游览约2.5小时）白云山，位于广东省广州市白云区，为南粤名山之一，自古就有“羊城第一秀”之称。山体相当宽阔，由30多座山峰组成，为广东最高峰九连山的支脉。面积20.98平方公里，主峰摩星岭高382米。白云山景色秀丽，自古以来就是广州有名的风景胜地。如“蒲涧濂泉”、“白云晚望”、“景泰僧归”等，均被列入古代“羊城八景”。20世纪60年代和80年代，白云山分别以“白云松涛”和“云山锦秀”胜景两度被评为“羊城新八景”之一。改革开放以后，党和国家多位领导人及国际友人也都曾在此观光并题名，为白云山风景区留下了不少墨宝。是广州市风景区行业的第一家国家AAAAA级旅游景区，也是广州市唯一同时拥有全国文明风景旅游区、国家AAAAA级旅游景区两项荣誉的景区。
+                <w:br/>
+                午餐自理；
+                <w:br/>
+                前往游览【广州文化馆新馆】（游览约1小时）坐落在风景优美的海珠湖东北侧，地处城市新中轴线南段的中心位置，总建筑面积5.4万平方米，总用地面积约14.2万平方米。园区分布有广州公共文化中心、广州文艺中心、岭南翰墨园、客家风韵园等多个园区，集公益演出、培训、展览、创作、研究交流、非遗保护与传承为一体。新馆以“十里红云一湾水，八桥画舫十六亭”为设计主题，用传统建筑和园林空间的巧妙组合再现岭南水乡园林的佳境，包含公共文化中心、翰墨园、曲艺园、广府园、广绣园等多组主题园林建筑，以及由它们共同形成的大型园林景观，是富有岭南生态特色、文化底蕴的城市客厅。（注：逢星期一闭馆，如遇闭馆则改为游览黄埔古港。）
+                <w:br/>
+                前往游览【海心桥】（游览约30分钟）是广州首座珠江两岸人行桥，是世界上跨度最大、宽度最宽的曲梁斜拱人行桥。桥形设计植根岭南文化，造型概念来自“琴鸣绢舞·岭南花舟”，将桥梁完美地融入广州中轴线步行系统。2021年6月25日，正式定名“海心桥”并开通，成为广州新地标。（注：法定节假日需要分时段预约通行（可通过海心桥公众号进行预约，需游客线上预约填写个人信息登桥），其它时间无需预约通行。）打卡【广州塔】（外观），在外围领略广州塔的魅力，看对岸繁华的广州中轴线。广州塔又称广州新电视塔，昵称小蛮腰，与珠江新城、花城广场、海心沙岛隔江相望。广州塔塔身主体高454米，天线桅杆高146米，总高度600米。是中国第一高塔，是国家AAAA级旅游景区。
+                <w:br/>
+                可自费参观【广州塔帷幕开啦蜡像馆】（推荐自费套餐）蜡像馆位于广州塔下，致力于探索及传承本土文化底蕴，以名人明星蜡像展示为亮点，融合广府文化特色。 馆内共设有十个主题展区。共展出七十余尊栩栩如生的名人蜡像，汇聚了国内外各领域杰出人士，每一尊蜡像均精雕细琢、栩栩如生；每个展区都精彩纷呈，游客可以与名人明星蜡像留下亲密合影，身临其境地感受名人明星的魅力风采，还可以参与多元化场景互动，体验蜡像馆的奇妙之旅。
+                <w:br/>
+                随后前往天字码头或大沙头码头，乘坐豪华邮轮【珠江夜游】船上享用简易饭盒（游船约60分钟，航班时间：18：00～19：00，航线：天字码头/大沙头码头登船→广州塔财富码头下船，以码头实际安排为准。）珠江夜游作为广州“羊城八景”之一，是广州旅游一张靓丽的名片，一江珠水可读广州上下两千年，百年码头见证现代商都风华荣貌。倘若不游珠江沿岸 的文化史迹，可以说，就未曾真正游览过广州。珠江沿岸的文化史迹既可日游，又可夜游，由西向东，沿着“珠江走廊观赏到丽日蓝天下的秀丽景色和夜晚两岸灯光璀璨的动人美景。不妨沿着珠江两岸一路寻去，去追寻广州悠久的历史以及新潮的文化阅尽广州说不尽的文化风情。（航班时间及航线安排以码头实际安排为准，如遇台风、恶劣天气等不可抗力因素影响导致停航，则取消珠江夜游，退回费用，不作赔偿。）
                 <w:br/>
                 游毕后前往入住【广州白天鹅宾馆】白天鹅宾馆坐落于广州市沙面白鹅潭，由霍英东先生与广东省人民政府投资合作兴建而成，酒店于1983年开业，是中国内地首家五星级酒店，内地首家合资的五星级酒店，内地首家由中国人设计、建设和经营的五星级酒店。客房均为极具意韵的岭南式设计装潢，宾客们可惬意地饱览别具欧陆风情的沙面岛景致或是三江汇聚的珠江美景。1983年开业至今，多年来共接待包括英女王伊丽莎白二世在内的40多个国家的元首和政府首脑。
                 <w:br/>
+                酒店泳池及健身中心（健身房、按摩池、桑拿、湿蒸房）7：00～22：00，有独立储物柜、更衣室，位于酒店后花园，凭房卡进入，佩戴泳帽。
+                <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：简餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">白天鹅宾馆</w:t>
+              <w:t xml:space="preserve">广州白天鹅宾馆</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第二天 ：酒店自助早餐--沙面--自由活动
-[...5 lines deleted...]
-                在酒店睡到自然醒，在巨幅落地玻璃墙前，赏着180°江景慢慢品尝酒店豪华自助早餐，餐后继续自由活动，可尽情体验健身房、露天江景泳池等免费设施。
+                酒店早餐--白天鹅宾馆展览室--沙面--温馨的家
+                <w:br/>
+                在酒店睡到自然醒，在1楼【流浮阁咖啡厅】巨幅落地玻璃墙前，赏着180°白鹅潭江景，慢慢品尝酒店豪华自助早餐（早餐时间：周一至周五 6:30～10:00；周末及节假日 6:30～10:30），餐后继续自由活动，可尽情体验健身房、露天江景泳池等免费设施。
+                <w:br/>
+                白天鹅的公共设施全部集中于1-4层，除了多个餐厅、商店外，最为特别的是这个位于2楼的【白天鹅宾馆展览室】（开放时间7:30--22:00）展览室虽然房间不算很大，但其中展品堪称是诚意满满。国家领导人的题词、白天鹅不同时期的宾馆器具、国家队签名足排球，甚至白天鹅自有出租车的打表器，内容十分丰富。42年前的五星级宾馆房间里用的物品都是怎样的档次？42年前的今天，白天鹅如何四门大开迎接八方来客？白天鹅宾馆都发生过哪些故事？不到100平方米的展览室，陈列的图片、物件记录了白天鹅宾馆过往的精彩故事。
                 <w:br/>
                 可自行前往广州极具特色的地方—【沙面】自由活动，沙面岛位于广州市区西面、珠江白鹅潭畔，是广州著名的外事游览区和历史文物保护区，作为曾经的十三行的门面，这里保有着旧时租界的模样。特有的欧式风格老建筑，颜色各异的洋房，有露德天主教圣母堂、苏联领事馆、汇丰银行等景点。这里在鸦片战争后曾被割让给英法列强，因此这里的许多建筑都带有明显的欧洲风格，是广州著名的外事游览区和历史文物保护区。
                 <w:br/>
-                约11:00退房，可自费前往（【永庆坊+荔枝湾+广州塔蜡像馆】价格：88元/人，包含车费+门票+导游服务，属于个人自费活动项目，自愿消费。）【永庆坊】最美骑楼街——荔湾区恩宁路，东连上下九地标商业街，南衔沙面，是极具广州都市人文底蕴的西关旧址地域。按照“老城市，新活力”的总体要求注入新时代的城市生活形态，是广州市致力打造的、具有历史文化传承和当代都市生活融合的、中国新时期城市有机更新的标杆。【荔枝湾】又叫荔枝湾涌，位于荔湾区泮塘一带的一处著名景区。历史上的荔枝湾，在驷马涌南的周门村，和象岗西面的芝兰湖(现广州市流花湖一带)相通，西至西场后注入珠江，“广袤三十余里”，是广州市历史悠久的风景名胜。明代，荔枝湾为文人传颂，”一湾溪水绿，两岸荔枝红“，并以“荔湾渔唱”被列为羊城八景之一。【广州塔帷幕开啦蜡像馆】帷幕开啦（广州塔）蜡像馆位于广州塔，致力于探索及传承本土文化底蕴，以名人明星蜡像展示为亮点，融合广府文化特色。 馆内共设有“功夫区”、“历史风云区”、“岭南文化区”、“科学名人区”、“体育名人区”、“太空区”、“影视区”、“艺术区”、“音乐区”以及“财富区”十个主题展区。共展出七十余尊栩栩如生的名人蜡像，汇聚了国内外各领域杰出人士，每一尊蜡像均精雕细琢、栩栩如生；每个展区都精彩纷呈，游客可以与名人明星蜡像留下亲密合影，身临其境地感受名人明星的魅力风采，还可以参与多元化场景互动，体验蜡像馆的奇妙之旅。
-[...1 lines deleted...]
-                午餐自理，集中后返程，乘车返回温馨的家，结束旅程！！！
+                约11:30退房，午餐自理
+                <w:br/>
+                集中后返程，乘车返回温馨的家，结束旅程！！！
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">梅州市区经济型酒店</w:t>
+              <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -792,109 +795,135 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                价格
+                <w:br/>
+                成人：699元/人（占床、含车位、餐、门票）
+                <w:br/>
+                1.2-1.4米儿童：349元/人（不占床、含车位、餐、门票）
+                <w:br/>
+                1.2米以下小童：229元/人（只含车位）
+                <w:br/>
+                <w:br/>
+                房差说明
+                <w:br/>
+                三人房：无
+                <w:br/>
+                单房差：标准房480元/人
+                <w:br/>
+                减房差：无
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
-                2、用餐：含1早餐1下午茶（为包含套餐，不用均无费用退）；
+                2、用餐：含1早餐+1正餐（正餐为简易饭盒，为包含套餐，不用均无费用退）（为包含套餐，不用均无费用退）（行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）；
                 <w:br/>
                 3、门票：行程所含景点首道大门票（园内园景点门票自理）；
                 <w:br/>
                 4、住宿：广州白天鹅宾馆 标准房（大床房/双床房，随机安排）（具体房型按酒店安排为准，酒店不允许三成人同时入住，酒店不设三人房，不可加床，不设退房差，单成人需补房差）；
                 <w:br/>
                 5、服务：含全程优秀导游服务；
+                <w:br/>
+                6、购物：无。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.行程中一切个人消费自理。
-[...1 lines deleted...]
-                2.强烈建议游客自行购买旅游意外保险。
+                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与。
+                <w:br/>
+                2、强烈建议游客自行购买旅游意外保险。
+                <w:br/>
+                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动））
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -993,102 +1022,106 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">【永庆坊+荔枝湾+广州塔蜡像馆】</w:t>
+              <w:t xml:space="preserve">广州塔蜡像馆</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">推荐自费套餐：【永庆坊+荔枝湾+广州塔蜡像馆】价格：88元/人，包含车费+门票+导游服务，属于个人自费活动项目，自愿消费。</w:t>
+              <w:t xml:space="preserve">
+                推荐自费套餐：属于个人自费活动项目，自愿消费。
+                <w:br/>
+                【广州塔蜡像馆】价格：58元/人
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"/>
+              <w:t xml:space="preserve">¥(人民币) 58.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1115,69 +1148,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团40 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足40 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】 
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1185,59 +1218,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                生态观光线路须知：生态游观光线路须知
-[...7 lines deleted...]
-                4、心脏病、高血压、腿脚不便等不宜进行登山活动，请各位团友根据自身的身体状况参加团队活动，如须暂时脱离团队且自由活动，请向当团导游提前声明并提出书面报告。
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1278,51 +1323,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-05</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>