--- v0 (2025-10-25)
+++ v1 (2025-12-17)
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-三亚AQ1111/20:10-21:40、AQ1113/06:50-09:00
-[...1 lines deleted...]
-                三亚-广州AQ1112/22:40-00:15+1、AQ1114/09:30-11:15，最终航班以实际出票为准。
+                广州-三亚AQ1111/19:20-20:55、AQ1113/06:50-09:00
+                <w:br/>
+                三亚-广州AQ1112/22:30-00:20+1、AQ1114/09:30-11:15，最终航班以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -563,116 +563,114 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
-                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/20:10-21:40，九元含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
+                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，九元含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：全天不含餐、旅游车及导游服务 ；
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、三亚机场接机为散拼接机，如有其他客人临近航班的会等候一段时间，等候时间不超30分钟，请知悉。
                 <w:br/>
-                6、航班参考：广州-三亚广州-三亚AQ1111/20:10-21:40、AQ1113/06:50-09:00；
-[...1 lines deleted...]
-                     10月底换季后航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00，九元航班（AQ）含15kg免费托运行李额，最终航班以实际出票为准。如指定其他航班，价格请单询。
+                6、换季后航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00，九元航班（AQ）含15kg免费托运行李额，最终航班以实际出票为准。如指定其他航班，价格请单询。
                 <w:br/>
                 7、预定须知：凡75岁（含75岁）以上老年人，原则上恕不接待。70岁以上老人（含70岁）需要有年轻直系家属（30-55岁之间）陪同，并签订免责协议；
                 <w:br/>
                 8、单人预定须知：报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话；
                 <w:br/>
                 9、外籍护照客人参团需加收200元/人；
                 <w:br/>
                 10、此款版本为4钻近海版，如需升级住宿，价格可单询。
                 <w:br/>
                 11、如遇安排早机往返，抵达三亚后暂时无法入住酒店，可先寄存行李到酒店前台处，自由活动。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（近海版）：君锦滨海B栋/大东海君亭/君然温泉酒店/椰蓝湾或不低于以上标准酒店；</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（近海版）：君锦滨海B栋/大东海君亭/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准网评4钻酒店；</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -731,51 +729,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：火车头海鲜广场定制海鲜餐，放弃不用费用不退   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（近海版）：君锦滨海B栋/大东海君亭/君然温泉酒店/椰蓝湾或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（近海版）：君锦滨海B栋/大东海君亭/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准网评4钻酒店；</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -823,51 +821,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：养生椰子鸡     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（近海版）：君锦滨海B栋/大东海君亭/君然温泉酒店/椰蓝湾或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（近海版）：君锦滨海B栋/大东海君亭/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准网评4钻酒店；</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -927,99 +925,99 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（近海版）：君锦滨海B栋/大东海君亭酒店/宝宏/新城酒店/君然温泉酒店/夏日海滩/夏威夷/椰蓝湾/玉海国际酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（近海版）：君锦滨海B栋/大东海君亭/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准网评4钻酒店；</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-广州（飞行时间约70分钟）
                 <w:br/>
                 早餐后，自由活动，而后根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
-                2、航班参考：三亚-广州AQ1112/22:50-00:25+1（换季后时间：22:00-23:45）、AQ1114/09:30-11:15（换季后时间10:00-11:20），九元AQ航空仅含15kg免费托运行李额，最终航班以实际出票为准。如指定航班，价格请单询。
+                2、航班参考：三亚-广州AQ1112/22:30-00:20+1、AQ1114/09:40-11:20，九元AQ航空仅含15kg免费托运行李额，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 3、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定；
                 <w:br/>
                 4、海南大部分景区均自设有购物商场（基本上为开放式商场），旅行社会存在途经，敬请谅解，消费遵循自愿原则。
                 <w:br/>
                 5、如遇返程安排早机来不及用早餐情况下，则安排打包早餐带走（简餐），请知悉。
                 <w:br/>
                 交通：送机一趟+飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1796,51 +1794,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>