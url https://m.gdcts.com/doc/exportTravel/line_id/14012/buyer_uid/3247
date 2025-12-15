--- v0 (2025-10-12)
+++ v1 (2025-12-15)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【经典•仙境老君山】河南双飞5天丨万仙山郭亮村挂壁公路丨老君山丨少林寺丨龙门石窟丨清明上河园丨许昌胖东来丨特色餐（纯玩）行程单</w:t>
+        <w:t xml:space="preserve">【经典•仙境老君山】河南双飞6天丨万仙山郭亮村挂壁公路丨老君山丨少林寺丨龙门石窟丨清明上河园丨万岁山大宋武侠城丨小宋城丨黄河夜市（纯玩）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-20250910Y1</w:t>
+              <w:t xml:space="preserve">DFY-202512Y1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">郑州市</w:t>
+              <w:t xml:space="preserve">运城市-河南省</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">5</w:t>
+              <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,112 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【去程】广州-郑州，CZ3396/08:05-10:25
-[...1 lines deleted...]
-                【回程】郑州-广州，CZ3395/21:00-23:30
+                【去程】广州-运城，CZ3921/08：55-11：35或者CA4594 0740-1020
+                <w:br/>
+                【回程】运城-广州，CZ3922/12：25-15：00或者CA4593 1105-1335
                 <w:br/>
                 （参考航班，实际以出票为准）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 【特色赠送】赠送项目如遇政策或天气或其他人力不可抗因素临时取消或客人自身原因不参观，费用不退，敬请谅解！
-[...9 lines deleted...]
-                ★ 【行程简表】以下行程可能会因大交通、天气、路况等原因做相应调整，景点不会减少，敬请谅解！
+                ★ 【清明上河园】依托《清明上河图》1:1复刻，真实还原宋代建筑风貌和百姓生活场景，每年数十场实景演出轮番上演，带您领略繁华热闹的汴京生活！
+                <w:br/>
+                ★ 【龙门石窟】中国四大石窟之一，拥有超10万尊佛像，是了解中国古代石刻艺术的绝佳之地！
+                <w:br/>
+                ★ 【嵩山少林寺】AAAAA景区，天下名刹，观少林武术表演，领略中华武术的源远流长！
+                <w:br/>
+                ★ 【少林武术表演】一次对中华民族文化瑰宝的探索，每一招每一式都蕴含着禅武合一的理念！
+                <w:br/>
+                ★ 【雪落老君山】白雪覆盖金顶，云海翻涌，宛如“人间仙境”，一年仅见数日！
+                <w:br/>
+                ★ 【万仙山·郭亮村】被誉为“太行明珠”，地质奇观凿石而建的古村落令人叹为观止！
+                <w:br/>
+                ★ 【挂壁公路奇观】村民历时五年手工开凿出的“奇迹之路”，被誉为“世界第九大奇迹”！
+                <w:br/>
+                ★ 【三门峡地炕院】世界级文化遗产，4000年黄土下的智慧，被誉为“地平线下的古村落”
+                <w:br/>
+                ★ 【大宋武侠城】开封藏着一个武侠梦，沉浸式侠义江湖感受那波澜壮阔的江湖世界！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,393 +571,471 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-郑州-辉县
+                广州-运城-洛阳
                 <w:br/>
                 根据航班时间，前往广州机场集中，送团人将为您办理登机手续！
                 <w:br/>
-                抵达午餐后，车赴辉县（约2小时），游览国家地质公园，太行明珠—【万仙山、郭亮村】(游览约4小时)。由中华影视村郭亮村、清幽山乡南坪、人间仙境罗姐寨三个分景区组成，总面积64平方公里，海拔高达1672米。森林覆盖率达95%以上，空气清新，环境优美，是南太行风光的典型代表。通往郭亮村的路上便可见到令人惊叹的【绝壁长廊】车行其中，一边是石壁，一边是悬崖，惊险万分，重重险路，便可见到景色宜人的郭亮村，和那立于山顶的崖上人家，充满了浓郁的乡土风情，这里拍摄过《清凉寺的钟声》《倒霉大叔的婚事》《举起手来》等四十多部影视剧，被誉为“中国第一影视村
+                抵达午餐后，车赴洛阳（约2.5小时），游览世界文化遗产，中国最大的皇家石刻艺术宝库【龙门石窟】（参观约2小时），以伊河为界，分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期，是龙门精华的部分，包括奉先寺的卢舍那佛像和古阳洞中的“龙门二十品”。【赠送价值120元汉服夜游神都】：打卡洛阳三大网红地【洛邑古城】被称为中原渡口，是体验洛阳文化的绝佳之地。【丽景门】全国十大美食街之一。【应天门广场】第39届洛阳牡丹文化节开幕式举办地，“唐宫夜宴”实景拍摄地。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【万仙山、郭亮村】
+                景点：【龙门石窟】【洛邑古城】【丽景门】【应天门广场】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：淮山宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">辉县：五龙山大酒店、华隆丽都、美豪怡致、尚泉臻品或同级</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">洛阳：欣源景致、太学府酒店、丽朵酒店、万龙酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                辉县-洛阳
-[...1 lines deleted...]
-                早餐后，车赴洛阳（约2.5小时），游览世界文化遗产，中国最大的皇家石刻艺术宝库【龙门石窟】（参观约2小时），以伊河为界，分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期，是龙门精华的部分，包括奉先寺的卢舍那佛像和古阳洞中的“龙门二十品”。游览洛阳三大网红打卡地：【洛邑古城】被称为中原渡口，是体验洛阳文化的绝佳之地。【丽景门】全国十大美食街之一。【应天门广场】第39届洛阳牡丹文化节开幕式举办地，“唐宫夜宴”实景拍摄地。
+                洛阳-栾川-登封
+                <w:br/>
+                早餐后，车赴栾川（约1.5小时），参观国家AAAAA景区，八百里伏牛山主峰【老君山景区】（约5小时，景区内无法安排团餐，当天中餐自理，敬请谅解），老君山古号景室山。海拔2217米，山势雄伟，群峰竞秀，峰林洞涧，千姿百态。“天连五岳全雄晋，地接九州巍伏牛”。山顶道观历史悠久，道教文化源远流长，与武当山并称为“南北二顶”。【十里画屏】世界规模最大的花岗岩滑脱峰林地貌，这里既有山峰的刚，也有云雾的柔，让人惊心动魄，久久不能忘怀，是老君山的知名景观之一。【金顶道观群】走完十里画屏就到达金碧辉煌，大气磅薄的金顶，因其建成之时，金光耀目、恢宏无比，所以被称之为“金殿”。车赴登封（约2.5小时），晚餐后入住酒店！
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、老君山参观期间，大部分台阶，切记观景不走路，走路不观景！
+                <w:br/>
+                2、中灵大索道或者云景索道（两个索道交替运行）！
+                <w:br/>
+                峰林索道往返80元/人，游览根据自己的身体情况自由选择！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【龙门石窟】【洛邑古城】【丽景门】【应天门广场】
+                景点：【老君山景区】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">洛阳：欣源景致、凯里亚德、丽朵酒店、万龙酒店、开源瑞廷或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">登封：观嵩山、上汐酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛阳-栾川-洛阳
-[...9 lines deleted...]
-                3、峰林索道往返80元/人，游览根据自己的身体情况自由选择！
+                登封-开封
+                <w:br/>
+                早餐后，参观中国功夫的发源地和佛教禅宗祖庭【嵩山少林寺】（约2.5小时），在这里您可欣赏名扬中外的【少林武术表演】（每场约30分钟，因少林寺景区实行套票制，该表演如遇不可抗力因素或景区临时通知取消，无费用退还）感受少林武术的博大精深。参观千年古刹少林寺核心景区【少林常住院】聆听少林寺千年传奇故事，了解源远流长的禅宗文化，参观历代少林高僧舍利塔群【塔林】在导游的讲解中了解少林寺历代高僧鲜为人知轶事，游览【大宋武侠城】（约3小时），《神舟传奇》表演带您探索海上丝绸之路，领略大宋王朝的繁荣经济，《风雪山神庙》还原《水浒传》经典桥段，看各色风云人物，侠客行者纷纷汇聚江湖，感受武侠江湖的爱恨情仇。晚宿开封！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【老君山景区】【龙凤山古镇】
+                景点：【嵩山少林寺】【大宋武侠城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：媚娘宫廷宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">洛阳：润华酒店、丽朵酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">开封：陌上轻雅、霖升酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛阳-登封-许昌
-[...1 lines deleted...]
-                早餐后，参观中国功夫的发源地和佛教禅宗祖庭【嵩山少林寺】（约3小时），在这里您可欣赏名扬中外的【少林武术表演】（每场约30分钟，因少林寺景区实行套票制，该表演如遇不可抗力因素或景区临时通知取消，无费用退还）感受少林武术的博大精深。参观千年古刹少林寺核心景区【少林常住院】聆听少林寺千年传奇故事，了解源远流长的禅宗文化，参观历代少林高僧舍利塔群【塔林】在导游的讲解中了解少林寺历代高僧鲜为人知轶事，车赴许昌（约1.5小时），自由逛【胖东来天使城】体验当地特色商业文化，胖东来是许昌著名的商业综合体，以其优质的服务和丰富的商品闻名，更是当地市民日常生活的缩影。在这里，您可以感受到高效的服务理念、整洁的环境以及浓厚的人文气息，是一次深入了解现代中国商业文化的绝佳机会（约2小时，免责声明：胖东来非旅行社安排的购物点，而是作为当地知名的文化商业地标推荐，突出其文化价值而非购物属性。游客可根据自身需求选择是否购买商品，旅行社不承担任何强制购物责任，敬请谅解），游览 AAAAA 景区【曹魏古都】（游览约 1.5 小时），闻听三国事，每欲到许昌。曹魏古城是投资 70 亿打造三国文化旅游项目，以护城河为界，分为核心区和协调区两大区域，总体形成"一轴一环六区"的功能分区。
+                开封-辉县
+                <w:br/>
+                早餐后，畅游有“东方迪斯尼”之称的【清明上河园】（约4小时）以北宋画家张择端绘制的巨幅画卷《清明上河图》为蓝本，再现东京开封的繁华景象的大型民俗风情游主题公园，体验“一朝步入画卷，一日梦回千年”。
+                <w:br/>
+                清园精华表演时刻：1、9：00 包拯迎宾 2、9:05 盘鼓 3、9；15 踩高跷 4、9:20 包公巡河 5、
+                <w:br/>
+                9:50 民间绝活 6 、10:10 气功喷火 8、10:35 王员外招亲 9、11；00 枪挑小梁王 10、11:25 斗鸡等等（如遇雨雪天气，节目会停演，具体以景区公告为准），游览【开封小宋城】（约1小时），胜似千年的东京夜市，里面亭台楼榭，雕梁画栋，小桥流水，无论外面狂风暴雨这里依然四季如春，午餐在此自费品尝鲤鱼焙面、有吵八宝饭、第一楼灌汤包、萧记烩面等等豫菜代表美食。车赴辉县（约2小时），晚餐后入住酒店！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【嵩山少林寺】【胖东来天使城】
+                景点：【清明上河园】【开封小宋城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">许昌：H酒店、途客中国、智诚天悦酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">辉县：华隆丽都、美豪怡致、尚泉臻品或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                许昌-开封-广州
-[...7 lines deleted...]
-                游览【开封小宋城】（约1小时），胜似千年的东京夜市，里面亭台楼榭，雕梁画栋，小桥流水，无论外面狂风暴雨这里依然四季如春，午餐在此自费品尝鲤鱼焙面、有吵八宝饭、第一楼灌汤包、萧记烩面等等豫菜代表美食。根据航班时间，送团乘机返广州结束愉快旅程！
+                辉县-万仙山-运城
+                <w:br/>
+                早餐后，车赴辉县（约2小时），游览国家地质公园，太行明珠—【万仙山、郭亮村】(游览约4小时)。由中华影视村郭亮村、清幽山乡南坪、人间仙境罗姐寨三个分景区组成，总面积64平方公里，海拔高达1672米。森林覆盖率达95%以上，空气清新，环境优美，是南太行风光的典型代表。通往郭亮村的路上便可见到令人惊叹的【绝壁长廊】车行其中，一边是石壁，一边是悬崖，惊险万分，重重险路，便可见到景色宜人的郭亮村，和那立于山顶的崖上人家，充满了浓郁的乡土风情，这里拍摄过《清凉寺的钟声》《倒霉大叔的婚事》《举起手来》等四十多部影视剧，被誉为“中国第一影视村”。车赴运城（约4.5小时），前往【黄河夜市】（约1.5小时），开启“运城citywalk”，在此自费品尝运城美食，开启烟火人间的味觉狂欢。
+                <w:br/>
+                交通：汽车
+                <w:br/>
+                景点：【万仙山、郭亮村】【黄河夜市】
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">运城：美豪怡致、美巢雅韵或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                运城-广州
+                <w:br/>
+                酒店早餐后，送团前往机场，途径【运城盐湖】（乘旅游大巴环湖一周，约20分钟），这里是世界三大硫酸钠型内陆盐湖之一。由于其盐含量类似中东的“死海”，人在水中可以漂浮不沉，故被誉为“中国死海”。根据航班时间送团乘机返广州，结束愉快旅程！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
-                景点：【清明上河园】【开封小宋城】
+                景点：【运城盐湖】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1019,51 +1103,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：含往返机票经济舱（机票一经开出，不得更改、不得签转、不得退票）
                 <w:br/>
                 2.住宿：全程入住豪华标准双人间。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准；小孩不占床半价早餐，超高自理！
                 <w:br/>
-                3.用餐：含4早5正，正餐餐标30元/人/正！行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
+                3.用餐：含5早6正，正餐餐标30元/人/正！行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.门票：含所列景点第一道大门票，不含景区交通！
                 <w:br/>
                 备注：长者价（60周岁以上成年人）已减免老年门票优惠（需持中国大陆二代居民身份证），当地无老年门票优惠退还，敬请知悉！
                 <w:br/>
                 5.导游：当地持证专业中文导游！
                 <w:br/>
                 6.交通：河南当地旅游空调大巴，9-55座旅游车，根据人数安排车型。
                 <w:br/>
                 7.儿童：半价餐、占车位、导游服务费、 含半价早餐，不占床，不含门票,超高需补门票差价。
                 <w:br/>
                 8.其他：每天每人赠送一瓶矿泉水。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1254,163 +1338,159 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">必消景区交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                山水景观必消环保车费用【必消215元/人】（当地现付给导游）
-[...1 lines deleted...]
-                万仙山景区换乘车50+龙门石窟往返20+老君山第一索道130+少林寺返程15=215元
+                山水景观必消环保车费用【必消225元/人】（当地现付给导游）
+                <w:br/>
+                万仙山景区换乘车50+龙门石窟往返20+老君山第一索道130+少林寺往返25=225元
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 215.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 225.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">自愿消费景交</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...3 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">老君山二索峰林索道80     万仙山丹分沟小火车30     少林寺耳麦20            龙门石窟耳麦20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 160.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 170.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1748,51 +1828,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-13</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>