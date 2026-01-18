--- v0 (2025-12-13)
+++ v1 (2026-01-18)
@@ -1040,52 +1040,50 @@
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：报名时确定的往返动车二等座；
                 <w:br/>
                 2、用餐：全程含3早1正，海鲜餐：30元/人，10人一桌，视客人人数安排增减菜品，团队不足10人时，导游将按照餐标进行退费，自行吃小吃；不用不退；；
                 <w:br/>
                 3、用车：区间空调旅游车（注意：因地域限制，用车皆为套车，有可能会出现人等车的现象均属正常，望您谅解）；
                 <w:br/>
                 4、门票：行程所列景点首道门票。以上景点的游览时间仅供参考（不含园中园门票）；
                 <w:br/>
                 5、住宿：入住厦门2晚当地网评4钻，鼓浪屿1晚客栈（每成人每晚一个床位）。具体酒店名称以出团通知书为准。行程中的酒店不提供自然单间，若出现单男单女，需补房差； 
                 <w:br/>
                 参考酒店：
                 <w:br/>
                 厦门：柏纳(湖里大道店)、亨龙花园(东渡店)、格林东方、柏曼如是、金悦、森海丽景、金宝或同标准酒店；
                 <w:br/>
                 鼓浪屿：海屿之恋，名屿之恋，阳光壹佰，日光海岸，海角之恋，十里海岸或同标准客栈；
-                <w:br/>
-                升级2晚亚朵品牌连锁酒店：+160元/人，补房差：480元/人
                 <w:br/>
                 酒店不可指定，具体住宿方案以实际安排为准。
                 <w:br/>
                 6、导游：金牌执证导游，全部经过岗前服务培训的服务型导游；
                 <w:br/>
                 7.儿童包含：
                 <w:br/>
                 1.中童（6-14岁以内,1.2-1.4M）：不含床位，不含早；已含正餐、半价动车票，含门票，车位，导服；
                 <w:br/>
                 2.小童（6岁以下,1.2M以下,）：不含床位，动车票，早餐，门票；含儿童半价正餐，车位，导服；
                 <w:br/>
                 3.儿童超高，请当地自补门票和早餐费用；
                 <w:br/>
                 8、注意事项：用餐餐厅或景点周边游开放性商场，鼓浪屿有开放性店铺和景点中有开放性的店铺均不属于购物店。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1575,51 +1573,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>