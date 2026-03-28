--- v1 (2026-01-18)
+++ v2 (2026-03-28)
@@ -1573,51 +1573,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>