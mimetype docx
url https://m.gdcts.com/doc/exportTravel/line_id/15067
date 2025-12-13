--- v0 (2025-10-12)
+++ v1 (2025-12-13)
@@ -343,116 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州南-南昌西G632/13:33-18:09或其他车次
+                去程：广州东-南昌G3070/10:30-15:11或其他车次
                 <w:br/>
                 回程：南昌-广州东：G3081/16:07-21:10或其他车次
                 <w:br/>
                 参考车次，最终以落实为准
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 夜宿网红仙村:2024年江西最in网红打卡点，耗资26亿打造完成“绝壁神话“，特别安排入住一晚望仙谷仙宿，沉浸式体验望仙谷的夜色。 
+                ★ 夜宿网红仙村：江西最in网红打卡点，耗资26亿打造完成“绝壁神话“，特别安排入住一晚望仙谷仙宿，沉浸式体验望仙谷的夜色。 
                 <w:br/>
                 ★ 夜宿绝佳仙村【葛仙村】，登灵宝仙山，特别安排入住一晚景区内酒店，赏唯美灯光秀。
                 <w:br/>
                 ★ 登大美仙山—三清山 ，赏“奇峰怪石、古树名花、流泉飞瀑、云海雾涛”。
                 <w:br/>
-                ★ 冬天的篁岭沉静清和，当树木上挂着冰条，屋顶晒杆上铺着厚厚积雪，俨然一副篁岭晒雪图，整个村庄宛如童话世界般晶莹剔透。
-[...1 lines deleted...]
-                ★ 地道美食：【婺源徽州宴】、【三清山生态宴】、【葛仙村养生宴】、【望仙谷生态宴】
+                ★ 访晒秋人家-婺源篁岭，看徽派民居，最美晒秋，山居村落，粉墙黛瓦。
+                <w:br/>
+                ★ 两大赠送：南昌万寿宫历史文化街区+上饶信江书院。
+                <w:br/>
+                ★ 地道美食：【婺源徽州宴】、【三清山生态宴】、【葛仙村养生宴】、【广信风味餐】
                 <w:br/>
                 ★ 优选住宿：南昌、三清山脚升级当地超豪华酒店，葛仙村、望仙谷入住景区内；
                 <w:br/>
-                ★三清山长者门票优惠：65周岁以上可享受门票优惠120元/人；60-64周岁享受门票优惠60元/人；（需提供有效老人优惠证件，若证件无效，需补相应差价）；
-[...1 lines deleted...]
-                ★纯净旅游：全程纯玩0购物，旅程更舒适。
+                ★ 长者门票优惠：65周岁以上可享受门票优惠120元/人；60-64周岁享受门票优惠60元/人；（需提供有效老人优惠证件，若证件无效，需补相应差价）；
+                <w:br/>
+                ★ 美好时光回忆：赠送望仙谷航拍，无人机镜头带你穿越‘’仙侠秘境‘’，解锁你的云端旅行清单！
+                <w:br/>
+                ★ 纯净旅游：广东散拼，全程纯玩0购物，旅程更舒适。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,51 +575,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州南-南昌西
                 <w:br/>
-                广州南/广州东/广州白云乘坐中午或下午的高铁前往南昌（参考车次G632/13:33-18:09或其他车次，车程时间约4小时36分钟) 。抵达后游览【万寿宫历史文化街区】（游览约1.5小时，赠送景点，不去不退）以"历史街区•城市记忆"为主题，围绕"民族、民俗、民间"的规划主线，通过保留完整的历史街巷肌理，建设传统赣派建筑风格，并配套建设临街商业建筑和会馆建筑。全新改造内容包括重建铁柱万寿宫，并保存街区建筑结构形态与历史价值的基础上，将街区打造成融汇历史宗教、文化艺术、旅游观光、民俗聚会、休闲购物、餐饮娱乐为一体的南昌特色老街。晚餐自理，游后入住酒店。
+                广州东/广州白云乘坐上午或者下午的高铁前往南昌（参考车次G3070/10:30-15:11或其他车次，车程时间约4小时41分钟) 。抵达后游览【万寿宫历史文化街区】（游览约1.5小时，赠送景点，不去不退）以"历史街区•城市记忆"为主题，围绕"民族、民俗、民间"的规划主线，通过保留完整的历史街巷肌理，建设传统赣派建筑风格，并配套建设临街商业建筑和会馆建筑。全新改造内容包括重建铁柱万寿宫，并保存街区建筑结构形态与历史价值的基础上，将街区打造成融汇历史宗教、文化艺术、旅游观光、民俗聚会、休闲购物、餐饮娱乐为一体的南昌特色老街。晚餐自理，游后入住酒店。
                 <w:br/>
                 *1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。 
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 交通：高铁/汽车
                 <w:br/>
                 景点：【万寿宫历史文化街区】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -852,51 +856,51 @@
                 晚上：崖壁灯光真秀：在自然中演出，融合了实景崖壁、灯光秀演、真⼈演艺、互动体验等内容。古建筑⼤观秀：借助全息投影、声效互动等科技⼿段，让游客在观演中体验古建筑的美。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【葛仙山】【望仙谷】
                 <w:br/>
                 自费项：葛仙山往返缆车130元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：望仙谷生态宴   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">望仙谷仙宿</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -909,74 +913,76 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 望仙谷-南昌-广州东
                 <w:br/>
-                上午：睡到自然醒，早餐后在景区内自由活动。
-[...1 lines deleted...]
-                下午：车赴南昌（约3.5小时车程），乘坐高铁返回广州，结束愉快的旅程。
+                上午：早餐后，乘车前往上饶【信江书院】（赠送景点，不去不退，逢周一闭馆，游览时间约40分钟）江西四大古书院之一，内有钟灵台、春风亭、一榻轩、夕秀亭、日新书屋、亦乐堂等十余处古色古香的古建筑。在书院的东北部亦乐堂旧址上，建国后修建了"上饶专区革命烈士纪念碑"和黄道烈士墓"。
+                <w:br/>
+                下午：车赴南昌（约3.5小时车程），乘坐高铁返回广州东（参考车次：G3081/16:05-21:09或其他车次），结束愉快的旅程！
                 <w:br/>
                 交通：汽车/高铁
                 <w:br/>
+                景点：【信江书院】
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：广信风味餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1021,75 +1027,79 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.交通：广州南-南昌西，南昌-广州东 往返高铁二等票；
+                1.1.大交通：广州东/广州白云-南昌西，南昌-广州东 往返高铁二等票；
                 <w:br/>
                 （根据铁路局2020年最新通知,所有高铁票或火车票一经票点出票，都需要持客人身份证原件方可退票或者改签，由此带来不便，敬请谅解）
                 <w:br/>
                 （注意：由铁路票务系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！ ）
                 <w:br/>
-                2. 住宿：南昌入住当地豪华酒店、望仙谷指定入住一晚望仙谷仙宿、葛仙村入住仙村客驿酒店或同级、三清山脚升级入住超豪华酒店；安排双人标间；酒店住宿若出现单男单女，客人须与其它同性客人同住，若不能服从旅行社安排或旅行社无法安排的，客人须当地补房差入住双人标间。
+                2. 住宿：南昌入住当地超豪华酒店、望仙谷指定入住一晚望仙谷仙宿、葛仙村入住仙村客驿酒店或同级、三清山脚升级入住超豪华酒店；安排双人标间；酒店住宿若出现单男单女，客人须与其它同性客人同住，若不能服从旅行社安排或旅行社无法安排的，客人须当地补房差入住双人标间。（补房差加800元/人，不占床减400元/人）
                 <w:br/>
                 3. 用餐：含4早4正(酒店房费含早餐)，特色餐35元/人，（小孩餐费减半，不用不退）；正餐八菜一汤不含酒水；此为团队用餐，若游客放弃用餐，恕不另行退费，请游客人谅解。人数增减时，菜量相应增减，但维持餐标不变，不含酒水。
                 <w:br/>
                 4. 门票：望仙谷大门票（赠送景点，不去不退）、三清山大门票、篁岭大门票（赠送景点不去不退）；葛仙山门票（赠送景点，不去不退）；
                 <w:br/>
-                5. 导游：当地优秀专业导服。
-[...1 lines deleted...]
-                6. 用车：当地旅游空调车（保证一人一个正座）；此线路因山路较多且地理环境较特殊大巴只适
+                5. 当地优秀专业导服。
+                <w:br/>
+                6. 当地旅游空调车（保证一人一个正座）；此线路因山路较多且地理环境较特殊大巴只适
                 <w:br/>
                 用底盘高国产旅游车，不便之处，敬请谅解。
                 <w:br/>
                 7.此团为散客团。
                 <w:br/>
-                8、门票优惠：65周岁以上可享受报团优惠120元/人；60-64周岁享受报团优惠60元/人；（需提供有效老人优惠证件，若证件无效，需补相应差价）
-[...3 lines deleted...]
-                1.4米以上儿童按大人收费。(按实际年龄退回高铁差价）
+                8、门票优惠：65周岁以上可享受门票优惠120元/人；60-64周岁享受门票优惠60元/人；（需提供有效老人优惠证件，若证件无效，需补相应差价）
+                <w:br/>
+                9、儿童安排：
+                <w:br/>
+                6岁以下按小童收费（含早餐；含正餐；占车位导服；不含往返高铁票，若需则自理；不含小孩床位；不含小孩景区大门票，产生自理）；
+                <w:br/>
+                6岁（含）～且未满14岁按中童收费（含早餐；含正餐；占车位导服；含儿童往返高铁票；不含小孩床位；含景点半价大门票，超高自理）；
+                <w:br/>
+                14岁（含）以上按大人收费；
                 <w:br/>
                 根据国铁集团通知，2023年1月1日起实行新的儿童票优惠政策，以后不按身高划定而以年龄划定优惠政策，具体优惠政策如下：6岁以下儿童免费，6岁（含）～且未满14岁儿童半价，14岁（含）以上购买成人票，购买儿童票实行实名制，儿童没有身份证，需提供户口本。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1514,51 +1524,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：南昌新旅程国际旅行社有限公司，许可证号：L-JX00859，质检电话：020-83371233。此团20人成团，为保证游客如期出发，我社将与其他旅行社共同委托南昌新旅程国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由南昌新旅程国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：江西新旅程国际旅行社有限公司，许可证号：L-JX00859，质检电话：020-83371233。此团20人成团，为保证游客如期出发，我社将与其他旅行社共同委托江西新旅程国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由南昌新旅程国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票高铁票出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末站城市最终确定。客人对航班及出入港口有特别要求的，请于报名时向我社前台同事 说明，并将要求写在报名表上，否则我社视客人已清楚旅行社以上安排，同意并接受旅行社安排。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整由当地导游与游客签名确认。
                 <w:br/>
                 3、高铁票均为系统随机出票，故无法指定连坐或指定同一车厢，敬请见谅。
                 <w:br/>
                 4、团队均提前 7 天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含 改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客 人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 5、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、 天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩 短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退还。
                 <w:br/>
                 6、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃 游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人 擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游 客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一 切行为责任游客自负。
                 <w:br/>
                 7、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性 原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须 知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会 造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 8、江西地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列酒店标准的同类型酒店。
                 <w:br/>
                 9、购物：江西地区旅游发展较为成熟，包括部分景区，公园，博物馆，纪念馆，展览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本 社无关，敬请注意。
                 <w:br/>
                 10、行程服务项目特别约定及说明：
                 <w:br/>
                 A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做 一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
                 2）心血管疾病患者，如严重高血压、心功能不全、心肌缺氧、心肌梗塞等病人；
                 <w:br/>
@@ -1622,134 +1632,50 @@
                 <w:br/>
                 为丰富旅游者的娱乐活动，旅行社在不影响正常旅程行程安排的前提下，提供自费景点（娱乐）项目供旅游者自行选择参加与否。根据《旅游法》第35条规定“旅行社安排另行付费旅游项目需是应旅游者要求或经双协商一致且不影响其他旅行社的行程安排”，在本次旅行过程中，旅行社应旅游者要求并经双方协商一致，由旅行社安排旅游者自愿参加自费旅游项目，双方确认签署本协议，具体约定如下：
                 <w:br/>
                 1.江西有深厚的文化底蕴，以下推荐的自费项目都是各地的精华所在。您可以在自由活动期间，根据自己的喜好，自愿选择自费项目，相信自费活动会带给您不同的体验；
                 <w:br/>
                 2.所有自费项目绝不强迫，在旅游者自愿选择自费项目的情况下，如达到自费项目对应的成行人数，且在时间、天气等因素允许的前提下，旅行社予以安排。如因行程安排、天气、景区临时关闭等原因导致无法安排，请您理解；
                 <w:br/>
                 3.自费项目参加与否，由旅游者根据自身需要和个人意志，自愿、自主决定，旅行社全程绝不强制参加自费项目。如旅游者不参加自费项目，将根据行程安排的内容进行活动，具体集中时间与地点请与当地导游协商而定，旅行社不会售卖此自费项目表以外的任何其他项目；
                 <w:br/>
                 4.自费项目为统一标价，简要内容参见以上的自费项目表，请游客根据团队情况和行程安排自愿选择参加，特别注意：如有线路、价格差异，以实际景区挂牌线路、价格为准；
                 <w:br/>
                 5.请在选择自费项目之前慎重考虑，一旦确认参加并付费后，导游将会进行预订，预定后将无法退还费用。
                 <w:br/>
                 备注：
                 <w:br/>
                    《自费旅游项目补充协议书》为旅游合同不可分割之部分，旅行社将严格按照行程执行。在不减少任何景点的前提下，导游可根据实际情况做顺序之调整，该调整不视为违约。当发生不可抗力、危及旅游者人身、财产安全，或者非旅行社责任造成的意外情形导致的景点、交通、住宿地点的临时变动、修改或更换，以及旅行社不得不调整或者变更旅游合同其他约定时，本公司会在事前向旅游者作出说明；确因客观情况无法在事前说明的，亦会在事后作出说明。因不可抗拒的客观原因（如天灾、战争、罢工等）和旅行社人为不可控因素（如航空公司航班延误或取消、铁路车次取消延误等）导致的一切超出费用（如在外食、宿及交通费、国家航空运价调整等）我公司有权追加差价。
                 <w:br/>
                     我已阅读并充分理解以上所有内容，并愿意在友好、平等、自愿的情况下确认：旅行社已就上述行程中自由活动期间可以推荐的自费项目及相关内容、价格和风险对我进行了全面的告知、提醒。我经慎重考虑后，自愿参加上述自费项目，旅行社并无强迫。　
                 <w:br/>
                     本人及本人代表以上所列参团的全体同行人，对以上条款内容已完全了解和认同，现予以签字确认。
                 <w:br/>
                 <w:br/>
                                                           游客签字:            旅行社签字：
                 <w:br/>
                                                           日期：                日期：
-              </w:t>
-[...82 lines deleted...]
-                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1790,51 +1716,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-13</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>