--- v0 (2025-10-04)
+++ v1 (2025-12-13)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20250219S3</w:t>
+              <w:t xml:space="preserve">WZ-20251112S3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -2004,51 +2004,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>