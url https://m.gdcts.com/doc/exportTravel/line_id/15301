--- v3 (2026-02-12)
+++ v4 (2026-03-30)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20251112S3</w:t>
+              <w:t xml:space="preserve">WZ-20260318SCJ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -342,116 +342,111 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">（仅供参考，航班时间以出团通知为准。） 未含燃油税，报名现场收取！</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【优选行程】科学设计行程、张弛有度，拒绝走马观花式游览；
-[...7 lines deleted...]
-                ★【四川景点】乐山大佛、都江堰、大熊猫谷、宽窄巷子、锦里古街；
+                ★【产品特色】广东成团，同声同气、精致轻奢团，拒绝全国拼团；
+                <w:br/>
+                ★【优选行程】科学设计行程、张弛有度，拒绝走马观花式游览； 
+                <w:br/>
+                ★【便捷交通】直飞航班，乐游成都、重庆两地，尽享川渝美景；
+                <w:br/>
+                ★【重庆景点】磁器口、李子坝、鹅岭二厂、鹅岭栈桥、洪崖洞、解放碑等； 
+                <w:br/>
+                ★【四川景点】乐山大佛、都江堰、熊猫谷、宽窄巷子、锦里古街；
                 <w:br/>
                 ★【舌尖美食】品成都小吃，吃重庆麻辣火锅，美食享不尽；
                 <w:br/>
-                ★【精心挑选】成渝两地精心安排精选酒店舒适无忧；
+                ★【精心挑选】成渝两地精心安排酒店舒适无忧；
+                <w:br/>
+                ★【纯玩尊享】真纯玩到底，全程0购物0擦边0车销0餐购0套路；宽松赏景
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -570,272 +565,283 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州--重庆（参考航班：）
                 <w:br/>
-                广州乘机至重庆江北机场（飞行约2小时）抵达重庆。后乘车前往【山城步道】只能步行的城市小道，与多数城市的小街巷不同，山城步道有很多的上下坡的台阶，也就是当地人说的“梯坎”， 步道地处渝中半岛南向坡面，由北向南，依次经过市中山医院、抗建堂、菩提金刚塔、法国仁爱堂旧址、悬空栈道等，全长1748米，紧凑地串联了一 系列传统街区和历史文化遗迹，又被称为重庆的“建筑博物馆”。
-[...3 lines deleted...]
-                游览参观【洪崖洞民俗风貌区】以最具巴渝传统建筑特色的“吊脚楼”风貌为主体，依山就势，沿江而建，游吊脚群楼、观洪崖滴翠、逛山城老街、赏巴渝文化。后前往西部第一街【解放碑好吃街】堪称是吃货的天堂,各种特色重庆小吃,可谓品种多, 自由品山城美食后乘车返回酒店入住。
+                广州乘机至重庆江北机场（飞行约2小时）抵达重庆。乘车前往【山城步道】只能步行的城市小道，与多数城市的小街巷不同，山城步道有很多的上下坡的台阶，也就是当地人说的“梯坎”， 步道地处渝中半岛南向坡面，由北向南，依次经过市中山医院、抗建堂、菩提金刚塔、法国仁爱堂旧址、悬空栈道等，全长1748米，紧凑地串联了一 系列传统街区和历史文化遗迹，又被称为重庆的“建筑博物馆”。
+                <w:br/>
+                完毕后前往【魁星楼】又名魁星阁《少年的你》拍摄地，片中天桥与底层道路成为网红打卡点，也是目前“吞吃轻轨”通过错位张嘴角度拍摄的打卡点；
+                <w:br/>
+                前往西部第一街【解放碑好吃街】堪称是吃货的天堂,各种特色重庆小吃,可谓品种多, 自由品山城美食后乘车返回酒店入住。
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1. 在不减少景点情况下，重庆市区以及全程景点我社可根据实际情况，调整景点游览的先后顺序，请知悉。
                 <w:br/>
                 2. 重庆至成都往返的动车段，动车上无导游。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">重庆君巢米拉酒/雅斯特酒店/丽硕菲酒店/德菲酒店/财富酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">重庆君巢米拉酒店/橙际酒店/伴山子语酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 重庆市区景点一日游
                 <w:br/>
-                酒店享用早餐。前往【渣滓洞】(不含电瓶车20元/人，非必须乘坐自愿选择)，全国重点文物保护单位，位于重庆市歌乐山麓。渣滓洞原为人工开采的小煤窖，1920年由资本家程尔昌所建，因产出的煤中含煤矸石多，被称为渣滓洞, 1943年军统局将此改为监狱。此地曾居住过“小萝卜头”和他们一家人；前往【磁器口古镇】国家AAAA级景区，中国历史文化名街，重庆市重点保护传统街，重庆“新巴渝十二景”， 一条石板路，千年磁器口，是重庆古城的缩影和象征，被赞誉为“小重庆”。完毕后乘车前往【李子坝轻轨穿楼观景台】观赏其他城市绝对没有的特色景观——轻轨。
-[...4 lines deleted...]
-                （温馨提示：在不减少景点情况下，重庆市区以及全程景点我社可根据实际情况，调整景点游览的先后顺序，请知悉。）
+                酒店享用早餐。前往【渣滓洞】(不含电瓶车20元/人，非必须乘坐自愿选择)，全国重点文物保护单位，位于重庆市歌乐山麓。渣滓洞原为人工开采的小煤窖，1920年由资本家程尔昌所建，因产出的煤中含煤矸石多，被称为渣滓洞, 1943年军统局将此改为监狱。此地曾居住过“小萝卜头”和他们一家人。
+                <w:br/>
+                前往【磁器口古镇】国家AAAA级景区，中国历史文化名街，重庆市重点保护传统街，重庆“新巴渝十二景”， 一条石板路，千年磁器口，是重庆古城的缩影和象征，被赞誉为“小重庆”。
+                <w:br/>
+                完毕后乘车前往【李子坝轻轨穿楼观景台】观赏其他城市绝对没有的特色景观——轻轨穿墙。
+                <w:br/>
+                前往【鹅岭二厂】鹅岭二厂它的前身却是中华民国中央银行的印钞厂，也算是出身于名门显贵，但随着解放战争的序幕，而转型变成了印刷厂，现演变成文创公园。
+                <w:br/>
+                结束后前往【鹅岭栈桥】被比喻为崖线飘带；沿山岩蜿蜒，如轻盈缎带绕青山悬浮于崖壁，全长460米，宽3米，最大架空高度28米；
+                <w:br/>
+                结束后参观【洪崖洞民俗风貌区】以最具巴渝传统建筑特色的“吊脚楼”风貌为主体，依山就势，沿江而建，游吊脚群楼、观洪崖滴翠、逛山城老街、赏巴渝文化，后乘车返回酒店。
+                <w:br/>
+                <w:br/>
+                （温馨提示：在不减少景点情况下，重庆市区以及全程景点我社可根据实际情况，调整游览的先后顺序，请知悉。）
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【渣滓洞】
                 <w:br/>
                 自费项：【渣滓洞】电瓶车20元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">重庆君巢米拉酒/雅斯特酒店/丽硕菲酒店/德菲酒店/财富酒店 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">重庆君巢米拉酒店/橙际酒店/伴山子语酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 重庆-成都-乐山（143公里正常行车约1.5小时）-宽窄巷子
                 <w:br/>
-                早餐后前往重庆动车站，乘动车前往成都，抵达后经成乐高速抵达乐山，乘船观赏【乐山大佛】（必消套餐含：乐山大佛船票），乐山大佛像高71米，比号称世界的阿富汗米昂大佛（高53米）高出18米，是名副其实的，素有“佛是一座山，山是一座佛”之称，观千年古刹凌云阁及三江汇合处，感受其临江而坐的雄伟壮观，大佛脚踩三江（岷江、青衣江、大渡河）汇流处，远眺睡佛；全身长达4000余米。佛头、佛身、佛足由乌尤山、凌云山和东岩联襟而成。完毕后返回成都，前往游览【宽窄巷子】（游览约1小时），宽窄巷子是一张有着悠久历史成都名片，在这里您能触摸到历史在这里留下的痕迹，也能体味到咱们成都原滋原味的休闲生活方式。入住酒店。
+                早餐后前往重庆动车站，乘动车前往成都，抵达后经成乐高速抵达乐山，乘船观赏【乐山大佛】（必消套餐含：乐山大佛船票），乐山大佛像高71米，比号称世界的阿富汗米昂大佛（高53米）高出18米，是名副其实的，素有“佛是一座山，山是一座佛”之称，观千年古刹凌云阁及三江汇合处，感受其临江而坐的雄伟壮观，大佛脚踩三江（岷江、青衣江、大渡河）汇流处，远眺睡佛；全身长达4000余米。佛头、佛身、佛足由乌尤山、凌云山和东岩联襟而成。
+                <w:br/>
+                完毕后返回成都，前往游览【宽窄巷子】（游览约1小时），宽窄巷子是一张有着悠久历史成都名片，在这里您能触摸到历史在这里留下的痕迹，也能体味到咱们成都原滋原味的休闲生活方式。入住酒店。
                 <w:br/>
                 <w:br/>
                 温馨提示：船游乐山大佛如因江面起雾/枯水/洪水以及船票限购等不可抗拒因素不能乘坐，则改上山游览乐山大佛，费用不增不减，同意报名即认可此调整方案。
                 <w:br/>
                 交通：动车/汽车
                 <w:br/>
                 景点：【乐山大佛】
                 <w:br/>
                 自费项：必消套餐：乐山大佛船票
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途中餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">瑞廷西郊雅爵酒店/春天酒店/丽呈酒店酒店/雪芽酒店/锦江都城酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">瑞廷雅爵酒店/春天酒店/丽呈酒店酒店/礼悦酒店   或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -873,91 +879,93 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途中餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都瑞廷西郊雅爵酒店/春天酒店/丽呈酒店酒店/雪芽酒店/锦江都城酒店或 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都瑞廷雅爵酒店/春天酒店/丽呈酒店酒店/礼悦酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都--重庆--广州（参考航班：）
                 <w:br/>
-                酒店享用早餐。乘动车返回重庆。游览【弹子石老街】坐落于有“重庆外滩”美誉的南滨路。老街前后长1公里，高低九级坡地共约80米高差，一路爬坡上坎，穿梭于川东风格的街巷院坝，沿途可观星罗棋布的吊脚楼商肆。这里是重庆唯一能同时“观两江”、“看三桥”、“览三地标”的地方。景区依山临水，集深厚历史底蕴、观光、休闲、娱乐、购物于一体。参观完毕后，完毕后乘车前往机场（飞行2小时）抵达广州，结束行程。
+                酒店享用早餐。乘动车返回重庆。游览【弹子石老街】坐落于有“重庆外滩”美誉的南滨路。老街前后长1公里，高低九级坡地共约80米高差，一路爬坡上坎，穿梭于川东风格的街巷院坝，沿途可观星罗棋布的吊脚楼商肆。这里是重庆唯一能同时“观两江”、“看三桥”、“览三地标”的地方。景区依山临水，集深厚历史底蕴、观光、休闲、娱乐、购物于一体。参观完毕后。
+                <w:br/>
+                完毕后乘车前往机场（飞行2小时）抵达广州，结束行程。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、此团是综合打包价，所有项目不用不退费，无任何门票优惠，敬请谅解；
                 <w:br/>
                 2、以上行程安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下， 我社有权调整游览顺序，敬请谅解。
                 <w:br/>
                 交通：动车/汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1036,53 +1044,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含双程特惠经济舱机票（未含航空保险）。重庆-成都，动车或者高铁二等座位(看情况安排动车或者高铁,不接受指定和连座（动车上无导游）。
                 <w:br/>
                 2、用车：当地空调旅游车（9-45座，根据实际人数调整，一人一座）。
                 <w:br/>
                 3、导游：优秀地陪讲解服务（不派全陪）。在保证不减少景点的情况下，我社有权调整景点游览先后顺序。
                 <w:br/>
-                4、门票：[必消套餐包含：乐山船票+都江堰门票+耳麦+电瓶车+观光车+熊猫谷门票+车导全程综合服务费 ]。不含：渣滓洞电瓶车20元/人(非必须乘坐,自愿选择)。赠送项目如因特殊原因不能成行，不做退款，其中园中园门票需客人自理。
-[...1 lines deleted...]
-                5、小童（2-未满12周岁）：只含早餐、车位、不占床位，不含正餐、；含往返机票、必销儿童优惠票。小孩也不享受赠送景点。
+                4、门票：[必消套餐包含：乐山船票+都江堰门票+耳麦+电瓶车+观光车+大熊猫门票+车导全程综合服务费 ]。不含：渣滓洞电瓶车20元/人(非必须乘坐,自愿选择)。赠送项目如因特殊原因不能成行，不做退款，其中园中园门票需客人自理。
+                <w:br/>
+                5、小童（2-未满12周岁）：只含早餐、车位、不占床位，含半价正餐；含往返机票、必销儿童优惠票。小孩也不享受赠送景点。
                 <w:br/>
                 6、住宿：入住当地酒店（未挂星）；标准双人间；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解。
                 <w:br/>
                 7、用餐：含4早3正，餐标30元/人（房费含早不用不退），八菜一汤，十人一桌（若不足10人，根据实际人数决定菜品数量），全程不用不退餐。
                 <w:br/>
                 8、购物点：无。 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1620,51 +1628,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">必须消费套餐</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 此行程含必须消费项目，费用落地后请游客现付给当地导游，报名即认可此协议！
                 <w:br/>
-                1、必须消费套餐398元/成人：乐山船票+都江堰门票+耳麦+电瓶车+观光车+熊猫谷门票+车导全程综合服务费
+                1、必须消费套餐398元/成人：乐山船票+都江堰门票+耳麦+电瓶车+观光车+大熊猫门票+车导全程综合服务费；
                 <w:br/>
                 2、必消小孩收费：1.2-1.5米200元/人（含门票半票），1.2米以下120元/人（不含门票）。当地交导游。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1730,51 +1738,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、此团16人起行。为保证游客可如期出发，我社将与其他旅行社共同组团（广东拼团），如客人不接受拼团出发，请报名时以书面形式注明。如遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前 7天通知游客，游客可根据自身情况改线或改期， 如不能更改出游计划，我社将全额退还已交团费。
+                1、此团10人起行。为保证游客可如期出发，我社将与其他旅行社共同组团（广东拼团），如客人不接受拼团出发，请报名时以书面形式注明。如遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前 7天通知游客，游客可根据自身情况改线或改期， 如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 【当地接待社：成都万众国际旅行社有限责任公司，许可证号：L－SC-A00252，质监电话：020-83371233】。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据天气原因或实际情况行程游玩顺序。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名，且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前 15天或以上订购酒店、车辆、门票等，如客人报名后退团（含改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际损失费用（ 火车票、门票、酒店、车费损失等），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、四川、重庆地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 10、购物：四川、重庆地区旅游发展较为成熟，包括部分景区，公园，博物馆，纪念馆，展 览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 11、行程服务项目特别约定及说明：
                 <w:br/>
                 A).为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
@@ -2004,51 +2012,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-30</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>