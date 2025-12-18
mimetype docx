--- v0 (2025-10-03)
+++ v1 (2025-12-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【韶关至尊体验·连住2晚顶级禅境经律论温泉酒店】韶关3天丨森呼吸·禅生活·无限次浸泡珍稀“氡”温泉丨夜游火树银花禅谷行程单</w:t>
+        <w:t xml:space="preserve">【韶关经律论温泉】韶关3天丨醉美禅意温泉小镇·泡罗汉谷珍稀“氡”温泉行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20241231SP80031444</w:t>
+              <w:t xml:space="preserve">TX-20251025SP80031444</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,121 +343,129 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：
-[...10 lines deleted...]
-                <w:br/>
+                上车点：
+                <w:br/>
+                8:00纪念堂地铁站C出口
+                <w:br/>
+                8:45花都云山路体育馆北门（花果山地铁站A2出口）
+                <w:br/>
+                下车点：原上车点下车
+                <w:br/>
+                花都原上车点下车
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
-                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                行程特色：
+                <w:br/>
                 连住2晚巨资打造·醉美禅意温泉小镇
                 <w:br/>
                 韶关经律论温泉酒店 约50㎡主楼客房
                 <w:br/>
                 无限次浸泡罗汉谷珍稀含“氡”养生温泉
                 <w:br/>
                 畅游天然大氧吧 国家AAAA级景区--天禅谷
                 <w:br/>
-                观“世界之最”--自在天翡翠玉观音圣像享用2早酒店自助早餐
+                观“世界之最”--自在天翡翠玉观音圣像
+                <w:br/>
+                享用2早酒店自助早餐 
+                <w:br/>
+                10人同时报名赠送4小时棋牌室体验活动(一团1台麻将，因棋牌室数量有限，先报先得)
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -574,53 +582,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集中地--经律论文化小镇--韶关经律论温泉酒店
-[...1 lines deleted...]
-                出发地出发，沿路接齐各位贵宾后出发，乘车前往历史文化名城—韶关（车程约3.5小时）。抵达后午餐自理，随后前往【韶关经律论文化小镇】小镇占地面积16.8万平方公里，计划投资23亿，一期项目已投入17亿，建筑面积达10万平方米，主要有自在楼，自在天，温泉馆，温泉中心，经律论国际酒店，禅宗文化交流中心，森林驿站七大单体项目。这里是禅修，度假，温泉，养生，人文旅游的不二之选。入住【韶关经律论温泉酒店】位于广东省韶关市曲江区小坑国家森林公园内。酒店 以“森呼吸•禅生活•健康行”为核心体验，提供健康管理、温泉养生、休闲度假为一体的旅居服务。酒店建有各类客房400余间套，踏进酒店大堂之中，可亲身体会传统的中国文化与现代的强烈碰撞，让您静享久违的平和，暂离都市的喧嚣。约18:00晚餐自理。自由浸泡温泉，酒店拥有岭南地区罕有的医养级氡温泉：68个大小、功能不一的温泉泡池分布其中，并配有室内温泉恒温泳池、室内大型温泉水疗池、健身房、干蒸、湿蒸房等配套。（温泉区域参考开放时间：09:00-22:00）
+                第一天：集中地--经律论文化小镇--韶关经律论温泉酒店 午餐晚餐：自理                                      住：韶关经律论温泉酒店
+                <w:br/>
+                出发地出发，沿路接齐各位贵宾后出发，乘车前往历史文化名城—韶关（车程约3.5小时）。
+                <w:br/>
+                抵达后午餐自理，随后前往【韶关经律论文化小镇】小镇占地面积16.8万平方公里，计划投资23亿，一期项目已投入17亿，建筑面积达10万平方米，主要有自在楼，自在天，温泉馆，温泉中心，经律论国际酒店，禅宗文化交流中心，森林驿站七大单体项目。这里是禅修，度假，温泉，养生，人文旅游的不二之选。
+                <w:br/>
+                入住【韶关经律论温泉酒店】位于广东省韶关市曲江区小坑国家森林公园内。酒店 以“森呼吸•禅生活•健康行”为核心体验，提供健康管理、温泉养生、休闲度假为一体的旅居服务。酒店建有各类客房400余间套，踏进酒店大堂之中，可亲身体会传统的中国文化与现代的强烈碰撞，让您静享久违的平和，暂离都市的喧嚣。
+                <w:br/>
+                约18:00晚餐自理。
+                <w:br/>
+                自由浸泡温泉，酒店拥有岭南地区罕有的医养级氡温泉：68个大小、功能不一的温泉泡池分布其中，并配有室内温泉恒温泳池、室内大型温泉水疗池、健身房、干蒸、湿蒸房等配套。（温泉区域参考开放时间：09:00-22:00）
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 到达城市：韶关市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -653,53 +669,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店早餐--天禅谷景区--自由活动--韶关经律论温泉酒店
-[...1 lines deleted...]
-                享受一个在大自然的美妙呼唤，不被闹钟吵醒的早上。自行前往酒店餐厅享用自助早餐，早餐后自由活动，可继续参观温泉小镇，也可继续享用酒店内提供的设施。酒店拥有国家AAAA级旅游景区【天禅谷景区】，设有：自在天翡翠艺术博物馆、祈福广场/彩虹天梯/孔雀园、圆满山道/许愿台登山步道、万株玫瑰园、勇敢者之旅森林穿越登山体验、十二生肖广场、儿童乐园等网红打卡点，让入住宾客尽享世外桃源生活。【自在天翡翠玉观音】（世界上最大的翡翠观音造像）翡翠玉观音产自缅甸山区，原石重110吨，由山区大象拖出来，经陆路三年半送至北京，由四十位国家级顶尖雕刻工艺大师用心雕刻十年完成，边雕刻边设计。（海通和尚组织雕刻乐山大佛之后团队后裔所雕刻，历时10年，抛光用了1年半，近20年时间）雕刻成高5.3米，宽3.8，厚2.2米，重88吨，价值87亿美金的世界最大的玉观音。自在天从立意着手，通过现代建筑的风格，以钢和玻璃幕墙相结合，形成中国佛禅文化中含苞待放的莲花造型，充分展现观自在菩萨怀着一颗纯洁的慈悲心，也是世界上最大的翡翠观音造像，展现了中国高超的玉雕水平，无与伦比，堪称盛世宝尊。【许愿台】位于酒店大堂后面，一路之上按照佛家内涵分布着多尊金童玉女像，因地形营造登山阶梯460 级。【十二生肖广场】面积近500 平方米，周边伫立十二生肖，全面承载展示生肖文化，具有重要的礼天、祈福功能。此外，坛心位置设有“天心石”，是仿造北京天坛回音壁的声学传音原理而建的，游人站在这块石头上面虽小声说话，却能显得声音十分洪亮。晚餐自理，自由浸泡温泉，酒店拥有岭南地区罕有的医养级氡温泉：68个大小、功能不一的温泉泡池分布其中，并配有室内温泉恒温泳池、室内大型温泉水疗池、健身房、干蒸、湿蒸房等配套。（温泉区域参考开放时间：09:00-22:00）
+                第二天：酒店早餐--天禅谷景区--自由活动--韶关经律论温泉酒店 含：早餐    午餐：自理     晚餐：自理                住：韶关经律论温泉酒店
+                <w:br/>
+                享受一个在大自然的美妙呼唤，不被闹钟吵醒的早上。自行前往酒店餐厅享用自助早餐，早餐后自由活动，可继续参观温泉小镇，也可继续享用酒店内提供的设施。
+                <w:br/>
+                酒店拥有国家AAAA级旅游景区【天禅谷景区】，设有：自在天翡翠艺术博物馆、祈福广场/彩虹天梯/孔雀园、圆满山道/许愿台登山步道、万株玫瑰园、勇敢者之旅森林穿越登山体验、十二生肖广场、儿童乐园等网红打卡点，让入住宾客尽享世外桃源生活。【自在天翡翠玉观音】（世界上最大的翡翠观音造像）翡翠玉观音产自缅甸山区，原石重110吨，由山区大象拖出来，经陆路三年半送至北京，由四十位国家级顶尖雕刻工艺大师用心雕刻十年完成，边雕刻边设计。（海通和尚组织雕刻乐山大佛之后团队后裔所雕刻，历时10年，抛光用了1年半，近20年时间）雕刻成高5.3米，宽3.8，厚2.2米，重88吨，价值87亿美金的世界最大的玉观音。自在天从立意着手，通过现代建筑的风格，以钢和玻璃幕墙相结合，形成中国佛禅文化中含苞待放的莲花造型，充分展现观自在菩萨怀着一颗纯洁的慈悲心，也是世界上最大的翡翠观音造像，展现了中国高超的玉雕水平，无与伦比，堪称盛世宝尊。【许愿台】位于酒店大堂后面，一路之上按照佛家内涵分布着多尊金童玉女像，因地形营造登山阶梯460 级。【十二生肖广场】面积近500 平方米，周边伫立十二生肖，全面承载展示生肖文化，具有重要的礼天、祈福功能。此外，坛心位置设有“天心石”，是仿造北京天坛回音壁的声学传音原理而建的，游人站在这块石头上面虽小声说话，却能显得声音十分洪亮。
+                <w:br/>
+                晚餐自理，自由浸泡温泉，酒店拥有岭南地区罕有的医养级氡温泉：68个大小、功能不一的温泉泡池分布其中，并配有室内温泉恒温泳池、室内大型温泉水疗池、健身房、干蒸、湿蒸房等配套。（温泉区域参考开放时间：09:00-22:00）
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 到达城市：韶关市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -732,53 +752,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店早餐--自由活动--返程
-[...1 lines deleted...]
-                享受一个在大自然的美妙呼唤，不被闹钟吵醒的早上。自行前往酒店餐厅享用自助早餐，早餐后自由活动，可继续参观温泉小镇，也可继续享用酒店内提供的设施。客人可自行参观经律论后花园【小坑国家森林公园】拥有野生植物1600多种，其中属国家重点保护的有33种。公园内有一座四百多公顷的龙湖，形如月牙，水平如镜，可以划船和垂钓。这里的气温保持在20摄氏度左右，夏天最高温度也只有25度摄氏左右。约11：30统一退房，随后自理午餐启程返回温馨的家，结束愉快的旅程。【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                第三天：酒店早餐--自由活动--返程 含：早餐    午餐：自理
+                <w:br/>
+                享受一个在大自然的美妙呼唤，不被闹钟吵醒的早上。自行前往酒店餐厅享用自助早餐，早餐后自由活动，可继续参观温泉小镇，也可继续享用酒店内提供的设施。
+                <w:br/>
+                客人可自行参观经律论后花园【小坑国家森林公园】拥有野生植物1600多种，其中属国家重点保护的有33种。公园内有一座四百多公顷的龙湖，形如月牙，水平如镜，可以划船和垂钓。这里的气温保持在20摄氏度左右，夏天最高温度也只有25度摄氏左右。
+                <w:br/>
+                约14：30-16：00在酒店门口集中（因交通管制或路况或接送其他酒店的客人或其他原因，回程时间请以工作人员实际通知为准）后乘车返回广州温馨的家，结束旅程！！！
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -848,103 +874,113 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
                 2、用餐：含2早餐（均为酒店包含套餐，不用均无费用退）（行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）；
                 <w:br/>
-                3、门票：行程所含景点首道大门票（园内园景点门票自理）；4、住宿：韶关经律论温泉酒店 主楼双床房/大床房，随机安排（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）；5、服务：含优秀导游服务；6、购物：无。
+                3、门票：行程所含景点首道大门票（园内园景点门票自理）；
+                <w:br/>
+                4、住宿：韶关经律论温泉酒店 主楼双床房/大床房，随机安排（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）；
+                <w:br/>
+                5、服务：含优秀导游服务；
+                <w:br/>
+                6、购物：无。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中一切个人消费自理。
                 <w:br/>
-                 2、强烈建议游客自行购买旅游意外保险。
+                2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
                 3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动））
+                <w:br/>
+                请注意：此线路直通车经律论/丰源/汝城等酒店直通车拼车出发。
+                <w:br/>
+                旅行社会根据情况与经律论/丰源/汝城等酒店直通车线路拼车出发。届时会按顺路原则先后接送客人到酒店办理入住。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -972,74 +1008,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1178,51 +1281,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>