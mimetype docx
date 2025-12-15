--- v0 (2025-10-04)
+++ v1 (2025-12-15)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【全景•乐享海陆空】海南双飞4天 | 南山文化苑 | 天涯海角 | 游艇出海 | 直升飞机体验 | 海花岛行程单</w:t>
+        <w:t xml:space="preserve">【全景•乐享海陆空】海南双飞5天 | 南山文化苑 | 天涯海角 | 游艇出海 | 直升飞机体验 | 海花岛行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">FG-20250901-G1</w:t>
+              <w:t xml:space="preserve">FG-20251101-G1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -345,51 +345,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 去程参考起飞时间：广州飞博鳌 20:00-23:59之间起飞
                 <w:br/>
-                回程参考起飞时间：博鳌飞广州 23:00-23:59之间起飞
+                回程参考起飞时间：博鳌飞广州 05:00-10:00之间起飞
                 <w:br/>
                 不能指定，具体航次以实际出票为准，敬请悉知，谢谢！（15KG免费托运行李/程）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -753,190 +753,256 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚
                 <w:br/>
                 早餐后出发，游国家5A级海天一色的【天涯海角】（游览时间120分钟）有情人终成眷属的浪漫开端，南天一柱天荒地老不变的爱情圣地 。景区海湾沙滩上大小百块石耸立，"天涯石"、"海角石"、"日月石"和"南天一柱"突兀其间，沙滩上大小百块磊石耸立，上有众多石刻。清代雍正年间崖州州守程哲所书，勒石镌字"海判南天"，这是天涯海角最早的石刻
                 <w:br/>
-                体验最时尚、最流行、高逼格网红打卡项目—【豪华直升机低空飞行】（小圈飞行，起落约40-50秒）让您360度上帝视觉俯览三亚极美海景。乘直升机感受平稳开阔的全新视野，换个视角玩转浪漫三亚，沿海岸线低空飞行，穿梭于海天一色的美景，俯瞰三亚私享空中观景之旅。
-[...25 lines deleted...]
-                注意：患有心脏病，高血压，糖尿病，哮喘病，中耳炎，癫痫病，孕妇及各心血管疾病，55岁以上老人（含55岁不赠送摩托艇票）不宜参加水上运动，如有隐瞒自身实际情况，后果自负。游艇所含内容为打包销售，具体项目开放视当天商家安排，各别项目暂停服务、没有体验到的或因天气海浪原因提前返航的不作任何退费，请谅解。
+                体验最时尚、最流行、高逼格网红打卡项目—【豪华直升机低空飞行】（小圈飞行，起落约50秒）让您360度上帝视觉俯览三亚极美海景。乘直升机感受平稳开阔的全新视野，换个视角玩转浪漫三亚，沿海岸线低空飞行，穿梭于海天一色的美景，俯瞰三亚私享空中观景之旅。
+                <w:br/>
+                体验【豪华游艇激情出海】（约3小时）出海路线：码头出发→远眺鹿头情人山→小青州→凤凰岛→情人湾→远眺第一大道椰梦长廊→三亚角→帆船港附近海域抛锚娱乐→返回码头
+                <w:br/>
+                包含项目：
+                <w:br/>
+                1.激情开场：免费体验1分钟摩托艇，感受海上飞驰的刺激！
+                <w:br/>
+                2.休闲海钓：提供鱼饵、渔具，钓到的鱼直接带走，收获满满成就感！
+                <w:br/>
+                3.童趣无限：海上魔毯、香蕉船、蹦蹦床等无动力充气玩具，大人小孩都能放肆嗨！
+                <w:br/>
+                4.视听盛宴：网红船DJ电音舞会派对，跟着节奏摇摆；欣赏海上勇士踏浪、海天飞龙表演，震撼眼球！
+                <w:br/>
+                5.能量补给：免费提供饮料、时令水果、糖果、小零嘴自助供应，随时补充！
+                <w:br/>
+                温馨提示：患有心脏病，高血压，糖尿病，哮喘病，中耳炎，癫痫病，孕妇及各心血管疾病，55岁以上老人（含55岁不赠送摩托艇票）不宜参加水上运动，如有隐瞒自身实际情况，后果自负。游艇所含内容为打包销售，具体项目开放视当天商家安排，各别项目暂停服务、没有体验到的或因天气海浪原因提前返航的不作任何退费，请谅解。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：【天涯海角】、【游艇出海】和【直升机低空飞行体验】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚黎客国际/氢森国际/雅布伦/顺龙/禅意/海洋探索世界会议培训中心/宝盛/黄河京都/非繁城品/君锦滨海/容锦海悦/大东海新城或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚黎客国际/氢森国际/雅布伦/顺龙/禅意/海洋探索世界会议培训中心/宝盛/黄河京都/非繁城品/君锦滨海/容锦海悦/大东海新城/禅意或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                三亚-博鳌-广州（飞行时间约90分钟）
+                三亚-博鳌-
                 <w:br/>
                 早餐后出发，游览国家5A景区【南山文化旅游区】（游览时间约180分钟）在这里既能欣赏山海自然美景，还可拜访众多佛教名胜、参观举世闻名的“南山海上观音”，获得佛教文化带来的心灵荡涤，体味回归自然本真的乐趣；领略佛教造像艺术的璀璨，景区内遍布气势恢宏的佛教建筑，108 米高的南山海上观音庄严壮观，三十三观音堂、南山寺内都不乏形态各异、精雕细琢的佛教圣像。
                 <w:br/>
                 游览中国首家民族文化型5A级景区【槟榔谷黎苗文化旅游区】（赠送景区电瓶车，游览时间约150分钟）景区内展示了十项国家级非物质文化遗产，其中“黎族传统纺染织绣技艺”被联合国教科文组织列入非物质文化遗产急需保护名录。槟榔谷还是海南黎、苗族传统“三月三”及“七夕嬉水节”的主要活动举办地之一，文化魅力十足，是海南民族文化的“活化石”。（温馨提示：槟榔谷景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点）
                 <w:br/>
-                晚餐后前往博鳌机场乘机返广州，结束愉快行程。（回程参考起飞时间：海博鳌飞广州 23:00-23:59之间起飞，不能指定，具体航次以实际出票为准）旅行社视实际情况有权调整行程、游玩顺序及进出港口，不影响行程原定标准。
+                交通：旅游车
+                <w:br/>
+                景点：【南山佛教文化苑】和【槟榔谷黎苗文化旅游区】
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：团餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">无</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                博鳌-广州（飞行时间约90分钟）
+                <w:br/>
+                早餐打包，前往博鳌机场乘机返广州，结束愉快行程。（回程参考起飞时间：海博鳌飞广州 05:00-10:00之间起飞，不能指定，具体航次以实际出票为准）旅行社视实际情况有权调整行程、游玩顺序及进出港口，不影响行程原定标准。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、温馨提示：免税店不列入旅游购物店范畴。景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，其自带的商店非旅行社指定的购物场所，旅游者在此购物为个人自主行为；景区内、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，旅游者在此购物为个人自主行为。旅游者在以上所列场所因购物产生的纠纷与本社无关
                 <w:br/>
-                交通：旅游车
-[...1 lines deleted...]
-                景点：【南山佛教文化苑】和【槟榔谷黎苗文化旅游区】
+                交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：团餐   </w:t>
+              <w:t xml:space="preserve">早餐：早餐打包     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">结束行程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -985,51 +1051,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票。进出港口、航班时间等以航司出票为准。（团队机票将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经开出，不得更改、不得签转、不得退票。）
                 <w:br/>
                 2、住宿：入住行程中参考酒店的标准双人间。每成人每晚一个床位，若出现单男单女，客人需补单房差入住双标间。注意：如遇酒店房满或政府征用等情形，旅行社会另外安排其他标准同等级的酒店。
                 <w:br/>
-                3、用餐：含4正3早（酒店房含早，不用不退）。正餐标准30/人/餐（儿童半价）。10-12人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
+                3、用餐：含4正4早（酒店房含早，不用不退）。正餐标准30/人/餐（儿童半价）。10-12人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：5-55座空调旅游车，按实际人数用车，保证一人一正座。
                 <w:br/>
                 5、导游：当地普通话导游服务。（备注：8人以下（含8人）司机兼向导带团，根据人数安排用车，当地退餐费或协商用餐。）
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、小童：2岁-12岁（不含）以下：含往返机票，含车位、半价正餐、早餐。不占床位、不含门票。
                 <w:br/>
                 2岁（不含）以下婴儿：只含往返机票，其他均不含。
                 <w:br/>
                 8、购物点：全程参观0个购物店。注：免税店非旅游购物店。温馨提示：里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1915,51 +1981,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>