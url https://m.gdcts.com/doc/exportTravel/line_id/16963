--- v0 (2025-10-26)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【好玩四川•成都往返】四川成都双飞5天丨休闲成都丨探秘三星堆博物馆丨峨眉山金顶丨乐山大佛丨都江堰水利工程丨走进熊猫谷丨黄龙溪古镇丨锦里古街行程单</w:t>
+        <w:t xml:space="preserve">【好玩四川•成都往返】四川成都双飞5天丨休闲成都丨探秘三星堆博物馆丨峨眉山金顶丨乐山大佛丨都江堰水利工程丨熊猫基地丨黄龙溪古镇丨锦里古街行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20250728D6</w:t>
+              <w:t xml:space="preserve">WZ-20251225HWSC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -342,115 +342,111 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...7 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">含往返航班，实际航班时间以出团通知为准。（不含燃油税，报名现场收）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【产品特色】广东成团，纯玩之旅，不进店无车销；
+                ★【便利交通】广州直飞成都，不经停，直达目的地，省时省力；
                 <w:br/>
                 ★【优选行程】科学设计行程，张弛有度，拒绝走马观花式游览；
                 <w:br/>
-                ★【精选景点】三星堆+峨眉山+乐山大佛+都江堰水利工程 +熊猫谷；
-[...5 lines deleted...]
-                ★【舌尖美食】跷脚牛肉+乐山甜皮鸭+峨眉农家菜；
+                ★【精选景点】三星堆+峨眉山+乐山大佛+都江堰水利工程+大熊猫基地；
+                <w:br/>
+                ★【网红打卡】逛宽窄巷子、锦里古街、太古里体验成都的慢生活和麻辣美食；
+                <w:br/>
+                ★【精心挑选】全程安排入住网评4钻精选酒店，让您旅途无忧；
+                <w:br/>
+                ★【舌尖美食】精心安排：跷脚牛肉+乐山甜皮鸭+峨眉农家菜； 
+                <w:br/>
+                ★【闲适之美】走进天府第一古镇黄龙溪古镇 沉浸式感受成都市井休闲生活；
+                <w:br/>
+                ★【纯玩尊享】真纯玩、全程0购物、0擦边0车销0餐购0套路；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -569,94 +565,91 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州--成都 (参考航班：    )
                 <w:br/>
-                广州白云机场乘机前往天府之国成都，后前往【东郊记忆】被称为“中国的伦敦西区”， 园区保留了苏式红砖厂房、烟囱、水塔等工业元素。占地面积205亩，它不仅是工业遗存保护和文化创意相结合的新型旅游景区，也是一个集合了音乐、美术、戏剧、摄影等文化形态的多元文化园区。
-[...4 lines deleted...]
-                （温馨提示：在不减少景点情况下，市区以及全程景点我社可根据实际情况，调整景点游览的先后顺序，请知悉。）
+                广州白云机场乘机前往天府之国成都，后前往【太古里】打卡IFS“爬墙熊猫”，它拥有独特的建筑风格和历史韵味，以极其现代的手法演绎传统建筑风格，与散落其间的六栋保留院落和建筑，及历史性的街道交相辉映、相得益彰，后前往川西民俗街【锦里一条街】老街、府第、民居、商铺、万年台坐落其间，青瓦错落有致，青石板路蜿蜒前行，让人恍若时空倒流。川茶、川菜、川戏和蜀锦等古蜀文化如清风扑面而来。后返回酒店入住。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
+                景点：【锦里一条街】
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都春天酒店/明宇丽呈/雅爵酒店/智选假日/雪芽酒店/美居酒店/礼悦酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都瑞廷雅爵酒店/春天酒店/臻悦酒店/馨乐庭酒店/礼悦酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -681,310 +674,313 @@
                 参观完毕后，乘车前往峨眉山入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：黄龙溪古镇、乐山大佛
                 <w:br/>
                 自费项：【乐山大佛】电瓶车往返15元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途餐厅30元/人     晚餐：峨眉山翘脚牛肉30元/人   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">峨眉念庐酒店/余枫丽呈酒店/意境酒店/美居酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途餐厅     晚餐：峨眉山翘脚牛肉   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">峨维也纳酒店/熊猫王子/澜庭悦景酒店   或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 峨眉山（金顶）---成都（173公里2.5小时）
                 <w:br/>
-                早餐后，前往峨眉山，停车场换乘环保车进入【峨眉山景区】（含门票；不含观光车90元、游览5—6小时）（车程约2小时），抵达雷洞坪停车场后,步行1、5公里抵达接引殿，（峨眉山灵猴比较多，请一定不要逗猴，以免发生抓伤事故），乘缆车抵达【金顶景区】（不含上下缆车费用120元）参观【金殿】、【银殿】、【铜殿】、四面普贤菩萨像、朝拜金顶普贤圣像，在中国最高的汉传佛教朝拜中心礼佛许愿，游览【舍身崖】等景点，天气气象允许的话，看云海，远眺贡嘎雪山，游览完毕之后乘观光车返回峨眉山脚。乘车返回成都入住酒店休息。
+                早餐后，前往峨眉山，停车场换乘环保车进入【峨眉山景区】（含门票；不含观光车90元+耳麦15元、游览5—6小时）（车程约2小时），抵达雷洞坪停车场后,步行1、5公里抵达接引殿，（峨眉山灵猴比较多，请一定不要逗猴，以免发生抓伤事故），乘缆车抵达【金顶景区】（不含上下缆车费用120元）参观【金殿】、【银殿】、【铜殿】、四面普贤菩萨像、朝拜金顶普贤圣像，在中国最高的汉传佛教朝拜中心礼佛许愿，游览【舍身崖】等景点，天气气象允许的话，看云海，远眺贡嘎雪山，游览完毕之后乘观光车返回峨眉山脚。乘车返回成都入住酒店休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：峨眉山景区
                 <w:br/>
-                自费项：峨眉山景区观光车90元+上下缆车费用120元
+                自费项：峨眉山景区观光车90元+耳麦15元+上下缆车费用120元
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：农家菜30元/人     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">成都春天酒店/明宇丽呈/雅爵酒店/智选假日/雪芽酒店/美居酒店/礼悦酒店 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：农家菜     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">成都瑞廷雅爵酒店/春天酒店/臻悦酒店/馨乐庭酒店/礼悦酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                成都---熊猫谷---都江堰水利工程---成都
-[...5 lines deleted...]
-                游览【宽窄巷子】（游览约1小时），宽窄巷子是一张有着悠久历史成都名片，在这里您能触摸到历史在这里留下的痕迹，也能体味到咱们成都最原滋原味的休闲生活方式游览，参观完毕后入住酒店。
+                成都---大熊猫基地---三星堆---成都
+                <w:br/>
+                早餐后，前往【大熊猫繁育基地】（含门票，自理电瓶车30元/人非必需乘坐），地处成都市北郊斧头山 距市区10公里。常年饲养有大熊猫、小熊猫、黑颈鹤、白鹳、白天鹅、黑天鹅、雁、鸳鸯及孔雀等动物。现在的基地，翠竹葱茏，绿树成荫，鸟语花香，空气清新，自然山野风光和优美人工景观巧妙融合，各种珍稀濒危动物在其中悠然自得地生息繁衍。
+                <w:br/>
+                下午游览【三星堆博物馆】（含门票，不含：讲解耳麦30元自理自愿）由于其古域内三个起伏相连的三个黄土堆而得名，有“三星伴月”之美名，被评为国家AAAA级旅游景区，集文物收藏保护、学术研究和社会教育多种功能于一体，采用现代科学手段实施管理，集中收藏和展示三星堆遗址及遗址内一、二号商代祭祀坑出土的青铜器、玉石器、金器以及陶器、骨器等千余件珍贵文物，完毕后乘车返回成都入住酒店。
+                <w:br/>
+                <w:br/>
+                特别说明：因三星堆每日限流，如未约到票则改游【武侯祠】，我社将全力抢票，争取让游客参观三星堆。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：熊猫谷、都江堰水利工程
-[...1 lines deleted...]
-                自费项：都江堰水利工程电瓶车10元+观光车15元/人
+                景点：【大熊猫基地】、【三星堆博物馆】
+                <w:br/>
+                自费项：【大熊猫繁育基地】电瓶车30元/人、【三星堆博物馆】讲解耳麦30元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途餐厅30元/人     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">成都春天酒店/明宇丽呈/雅爵酒店/智选假日/雪芽酒店/美居酒店/礼悦酒店 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途餐厅     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">成都瑞廷雅爵酒店/春天酒店/臻悦酒店/馨乐庭酒店/礼悦酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                成都---三星堆博物馆（60公里约1小时）---广州 （参考航班： ）
-[...3 lines deleted...]
-                后前往【三星堆博物馆】（含门票，不含讲解耳麦30元自理自愿）由于其古域内三个起伏相连的三个黄土堆而得名，有“三星伴月”之美名，被评为国家AAAA级旅游景区，集文物收藏保护、学术研究和社会教育多种功能于一体，采用现代科学手段实施管理，集中收藏和展示三星堆遗址及遗址内一、二号商代祭祀坑出土的青铜器、玉石器、金器以及陶器、骨器等千余件珍贵文物；（特别说明：因三星堆每日限流，如未约到票则改游【金沙遗址博物馆】，我社将全力抢票，争取让游客参观三星堆。）
+                成都---都江堰（60公里约1小时）---广州 （参考航班： ）
+                <w:br/>
+                早上酒店出发，乘车前往都江堰，参观【都江堰水利工程】（含门票和讲解耳麦；不含：观光车15元/人非必需乘坐，游览约2小时），被称为“独奇千古”的“镇川之宝”。 建于公元前三世纪，是中国战国时期秦国蜀郡太守李冰及其子率众修建的一座大型水利工程，是全世界至今为止，年代最久、唯一留存、以无坝引水为特征的宏大水利工程，地震后都江堰的主题建筑并没有损毁，远观在地震中被震塌的祭祀李冰父子的二王庙，安澜索桥观鱼嘴分水堤、飞沙堰泄洪坝、宝瓶口引水口，进离堆公园观碑亭、离堆、伏龙观、堰功道瞻仰李冰父子塑像。
+                <w:br/>
+                完毕后返回成都后游览【宽窄巷子】（游览约1小时），宽窄巷子是一张有着悠久历史成都名片，在这里您能触摸到历史在这里留下的痕迹，也能体味到咱们成都最原滋原味的休闲生活方式，
                 <w:br/>
                 完毕后乘车前往成都机场（飞行约2小时）返回广州。结束行程！  
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、此团是打包特价团，所有项目不用不退费，无任何门票优惠，敬请谅解；
                 <w:br/>
                 2、以上行程安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下， 我社有权调整游览顺序，敬请谅解。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
-                自费项：【三星堆博物馆】讲解耳麦30元自理自愿
+                景点：【都江堰水利工程】
+                <w:br/>
+                自费项：【都江堰水利工程】观光车15元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途中餐30元/人     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途中餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1101,51 +1097,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。 
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。 
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。 
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
-                6、不含：峨眉山观光车90元/人、金顶缆车120元/人、都江堰电瓶车和观光车25元/人、三星堆讲解耳麦30元/人、乐山电瓶车往返15元（自愿）、【峨眉山歌舞表演】180-260元/人。
+                6、不含：峨眉山观光车90元（必须）、金顶缆车120元（必须）、峨眉山耳麦15元（自愿）；都江堰观光车15元（自愿）；三星堆讲解耳麦30元（自愿）、乐山电瓶车往返15元（自愿）、熊猫基地电瓶车30元（自愿） 、【峨眉山歌舞表演】180-260元/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1244,173 +1240,173 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">峨眉山观光车+金顶缆车</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">峨眉山观光车90元/人、金顶缆车120元/人（必须消费）</w:t>
+              <w:t xml:space="preserve">峨眉山观光车+金顶缆车+耳麦</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">峨眉山观光车90元/人、金顶缆车120元/人（必须消费）、峨眉山耳麦15元/人（自愿）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 210.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 225.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">都江堰电瓶车和观光车</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">都江堰电瓶车10元和观光车25元/人（自愿消费）</w:t>
+              <w:t xml:space="preserve">都江堰观光车15元/人（自愿消费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 25.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 15.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">【峨眉山歌舞表演】</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1652,51 +1648,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：成都万众国际旅行社有限责任公司，许可证号：L－SC-A00252，联系电话：020-83371233。此团 10 人起行，为保证游客如期出发，我社将与其他旅行社共同委托成都万众国际旅行社有限责任公司组织出发（全国拼团），如客人不接受拼团出发，请报名时以书面形式注明。此团由成都万众国际旅行社有限责任公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。 
+                1、本产品供应商为：成都万众国际旅行社有限责任公司，许可证号：L－SC-A00252，联系电话：020-83371233。此团 10 人起行，为保证游客如期出发，我社将与其他旅行社共同委托成都万众国际旅行社有限责任公司组织出发（广东拼团），如客人不接受拼团出发，请报名时以书面形式注明。此团由成都万众国际旅行社有限责任公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。 
                 <w:br/>
                 （如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前 7天通知游客，游客可根据自身情况改线或改期， 如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据天气原因或实际情况行程游玩顺序。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名，且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前 15天或以上订购酒店、车辆、门票等，如客人报名后退团（含改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际损失费用（ 火车票、门票、酒店、车费损失等），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、四川地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 10、购物：四川地区旅游发展较为成熟，包括部分景区，公园，博物馆，纪念馆，展 览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 11、行程服务项目特别约定及说明：
                 <w:br/>
                 A).为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
@@ -1957,51 +1953,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>