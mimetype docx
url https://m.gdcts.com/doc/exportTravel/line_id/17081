--- v0 (2025-10-25)
+++ v1 (2026-03-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【川西大环线】四川成都双飞7天丨四姑娘山丨丹巴丨墨石公园丨稻城亚丁丨新都桥行程单</w:t>
+        <w:t xml:space="preserve">【川西大环线】四川成都双飞7天丨四姑娘山丨丹巴丨墨石公园丨稻城亚丁丨新都桥丨木格措行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20250218N2</w:t>
+              <w:t xml:space="preserve">WZ-20260304N2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -388,57 +388,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【尊享座驾】满12人以上，行程升级2+1陆地头等舱保姆车；
+                ★【尊享座驾】满13人以上，行程升级2+1陆地头等舱保姆车；
                 <w:br/>
                 ★【精选景点】四姑娘山|墨石公园|稻城亚丁|木格措；
                 <w:br/>
                 ★【独家升级】稻城供氧房1晚+1晚藏地式酒店；
                 <w:br/>
-                ★【暖心赠送】高原土陶藏鸡宴|旅游三宝|便携式氧气；
+                ★【暖心赠送】高原土陶藏鸡宴|旅游三宝|便携式氧气|撒隆达祈福活动；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -614,93 +614,95 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都凯宾酒店（武侯祠店）、慕思威尔酒店、艺家风格酒店、东芮龙熙酒店、城市便捷酒店、锦程大酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都凯宾酒店（武侯祠店）、慕思威尔酒店、艺家风格酒店、东芮龙熙酒店、城市便捷酒店、锦程大酒店 或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都—映秀（70km）—日隆镇（150km）—丹巴 （118km）
                 <w:br/>
                 早上 06：30 左右集合出发（成都三环内免费小车接人到集合地，接人时间会比集合时间提前，具体接人时间和地点，在出团前1天18:00-21:30我社小车师傅通知，请客人保持电话畅通！可能您是先到集合地点需要等候其他游客，敬请理解、如超过这个时段未接到旅行社接人师傅电话，请务必及时联系报名处）
                 <w:br/>
-                从成都出发经都江堰，沿都汶高速抵达映秀，而后又经卧龙自然保护区，经巴朗山抵达四姑娘山镇。游览【双桥沟】(不含观光车 70 元  /人，费用自理，游览时间约 4小时)（双桥沟全程 34 公里；乘观光车游玩，在景点有车站，需到站上下车，每辆观光车上均有讲解导游,因每位游客在每个景点停留的时间不一样，很容易走散，故在景区内导游不可能陪到每一位游客，请各位游客理解！）双桥沟沟内主要以雪峰、牧场、草地、森林等为主，是四姑娘山最美丽的一条沟。漫步沟内，可体验到真正的牧区风光。主要景点有阴阳谷、猎人峰、日月宝镜和五色山沙棘林道、牛棚子、牛心山等景点等。.游览完双桥沟前往丹巴县入住休息。
+                从成都出发经都江堰，沿都汶高速抵达映秀，而后又经卧龙自然保护区，经巴朗山抵达四姑娘山镇。游览【双桥沟】(不含观光车 70 元  /人，费用自理，游览时间约 4小时)（双桥沟全程 34 公里；乘观光车游玩，在景点有车站，需到站上下车，每辆观光车上均有讲解导游,因每位游客在每个景点停留的时间不一样，很容易走散，故在景区内导游不可能陪到每一位游客，请各位游客理解！）双桥沟沟内主要以雪峰、牧场、草地、森林等为主，是四姑娘山最美丽的一条沟。漫步沟内，可体验到真正的牧区风光。主要景点有阴阳谷、猎人峰、日月宝镜和五色山沙棘林道、牛棚子、牛心山等景点等。
+                <w:br/>
+                .游览完双桥沟前往丹巴县入住休息。
                 <w:br/>
                 <w:br/>
                 【温馨小提示】：
                 <w:br/>
                 注：如遇旺季四姑娘山双桥沟景区无票情况，我社有权调整游览长坪沟景区，门票已含，观光车20元/人已含。景区置换，无费用差价可退，敬请理解！
                 <w:br/>
                 1、藏区水电供应不足，可能会出现水温不稳定，或者出现停电的情况。
                 <w:br/>
                 2、行程沿途会有旅游车加水或供游客上厕所方便的路边站点，类似站点下车后属于自由活动时间，自由活动期间请随身携带贵重物品，自行负责人身及财产安全。大部分为山路，如您要晕车，请务必携带晕车药。旅游旺季车辆增多，有可能会堵车，导致抵达酒店入住的时间较晚，敬请理解。
                 <w:br/>
                 3、因沿途景区属于高原地区，为避免高原反应，客人在出团前可提前服用红景天胶囊（或口服液）等药物预防高原反应！行程中如有身体不适，请告知司机。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【双桥沟】
                 <w:br/>
                 自费项：双桥沟观光车 70 元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -852,185 +854,187 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                香格里拉镇—亚丁景区（40km约1小时）—香格里拉镇
+                稻城—亚丁景区（40km约1小时）—香格里拉镇
                 <w:br/>
                 早餐后乘车从酒店出发，进入香格里拉镇亚丁景区，游览5A级旅游景区—【稻城亚丁风景区】（门票已含，游览时间约7-8小时），换乘亚丁景区观光车（车程约1小时，不含观光车费用：120元/人，须客人自理），翻越牛郎神山（海拔4760米），远眺仙乃日神山。经亚丁村、扎灌崩（亚丁村至观光车终点扎灌崩约15分钟），徒步20分钟抵达【冲古寺】（藏语意为填湖造寺，海拔3900米），由草地、森林、小溪和嘛呢堆组成的天然冲古草坪，这里就是电影《从你全世界路过》中茅十八求婚的取景地。朝观神山【仙乃日】（意为观世音菩萨，海拔6032米）。
                 <w:br/>
                 <w:br/>
                 长线游览：
                 <w:br/>
                 从冲古寺乘坐电瓶车（约6.5公里，往返70元，单程40元，费用自理）或者步行（步行3个小时），到达【洛绒牛场】，远观【夏诺多吉】（意为金刚手菩萨，海拔5958米），【央迈勇】（意为文殊菩萨，海拔5958米），站在央迈勇神峰下，转身向后瞧去，由群山环绕着的宽阔峡谷间，森林、草地、溪流和睦地各守一方，这气势莽莽的自然景观，让人流连忘返。然后可步行或者自费骑马(约3小时，骑马单程305元/人，费用自理）洛绒牛场至舍身崖，其余路段需游客自行徒步到牛奶海、五色海区域。洛绒牛场至牛奶海单程5.5km，其中洛绒牛场至舍生崖路段单程为3km，舍身崖至牛奶海单程为2.5km，牛奶海至五色海300m。到达【牛奶海】。因牛奶海和五色海海拔高，客人务必根据自身实际情况选择自费骑马前往游览.。
                 <w:br/>
                 <w:br/>
                 短线游览：
                 <w:br/>
                 沿【冲古寺】而上（往返约3公里步行约2小时）欣赏沿途的美景，远眺【仙乃日神山】（海拔6032米），来到美如仙境般的【珍珠海】，（藏语中称珍珠海译为“卓玛拉措”密林中的珍珠海如一颗镶嵌在莲花宝座上的绿宝石，碧波荡漾。雪山和树木的倒映在碧绿的珍珠海中，组成一幅仙境般的图画）。让神山圣水与心共鸣，尽情沉醉在梦幻之地，然后一步一步地远离最后的香格里拉——亚丁。 入住香格里拉镇。
                 <w:br/>
                 <w:br/>
                 【免费升级一晚藏地准五精选优质住宿，包含地暖空调使用，以及免费赠送《亚丁密码》大型浸没式冒险秀赠送服务，不使用不退费，不做等价交换，如遇特殊情况无法赠送或自愿放弃等，我社置换同等级酒店使用，敬请谅解。】
                 <w:br/>
                 <w:br/>
                 【注意】：免费赠送《亚丁密码》晚会：因冬季天气原因，于每年4月25日至10月25日期间赠送。其余时间无赠送晚会。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1：如欲朝拜五色海，牛奶海，因海拔在5000米左右，对身体素质要求非常高，人行道和马道混杂，存在安全隐患，请游客量力而行，如须前往，费用与安全自理与旅行社无关。
                 <w:br/>
                 2：亚丁景区贡嘎措至牛奶海、五色海区域海拔为4200-4700米，因海拔高、受冰雪天气影响及生态修复需要，该区域于2024年7月13日起实施封闭，禁止游客进入，由此带来的不便敬请谅解，
                 <w:br/>
                 <w:br/>
                 小提示：
                 <w:br/>
                 【温馨提示】： 
                 <w:br/>
                 1. 如欲朝拜五色海，牛奶海：因海拔在5000米左右，对身体素质要求非常高，不建议前往，人行道和马道混杂，存在安全隐患，请游客量力而行，如须前往，费用与安全自理与旅行社无关。旅行社及导游不统一建议游客前往该区域游览，若游客自行前往牛奶海、五色海游玩，敬请根据自身体力量力而行，并签订景区告知书；络绒牛场—五色海、牛奶海：此路段海拔高，道路崎岖，客人必须根据自身实际情况选择是否前往游览。若身体不适执意前往者所造成的一切后果由游客自行承担，旅行社已尽到提醒告知义务，景区内马匹较少，在旺季时会有租不到马匹的情况，请提前知晓！
                 <w:br/>
                 （1）这天全天在景区内游玩，亚丁景区门票已包含，景区内没有餐厅，中餐请各自备好干粮和水，景区中洛绒牛场有盒饭50元/份。
                 <w:br/>
                 (2)景区里徒步，电瓶车，骑马，运动强度较大，是对“身体在地狱，眼睛在天堂”的诠释。【冬季五色海，牛奶海会因天气原因可能关停不能游览】
                 <w:br/>
                 (3)骑马时一定要注意安全。冲古寺（海拔3980m）到洛绒牛场（海拔4180m）可徒步或乘坐电瓶车往返70元/人单程40元/人（可选择徒步）（客人自愿自主消费）。在亚丁景区游玩时一定要注意安全，不管是骑马还是徒步，并保管好自己的贵重物品，以防遗失.
                 <w:br/>
                 (4)亚丁景区因每位游客在每个景点停留的时间不一样，很容易走散，故在景区内导游不可能陪到每一位游客，请各位游客理解！牛奶海,五色海因强度太大,请根据身体状况选择是否前往。若身体不适执意前往者所造成的一切后果由游客自行承担，旅行社已尽到提醒告知义务，景区内马匹较少，在旺季时会有租不到马匹的情况，请提前知晓！
                 <w:br/>
                 (5)因旅游景区餐馆、酒店、景区、休息区、洗手间、观景台等沿途都会有接触很多非旅行社工作人员的情况和机会；同时这类场所有很多售卖商品的流动摊贩，而且本身这类场所就有很多配套的商店，他们的工作人员会有向游客兜售商品的情况。而在旅游期间旅行社导游或工作人员也无法24小时跟随每一位游客；因此特别提醒游客自己保持安全意识。同时这类场所也非旅行社组织的任何购物场所或活动，也非赔付保障范围；游客如自行在此类场所参与的任何行为，只能由游客自行负责。
                 <w:br/>
                 亚丁景区主要游玩景点分为A长线：牛奶海+五色海；B短线：珍珠海；由于游客各自身体条件和游览兴趣不同，所以旅行社无法保证满足每个游客兼顾可以观光景区内所有景点；游客需根据自身情况和兴趣安排好合理的游览路线；自身体力无法前往的景点均视为自动放弃；敬请理解；
                 <w:br/>
                 2.亚丁景区观光车120元自理（必须消费项目）、冲古寺—络绒牛场：电瓶车往返80元，单程50元（可选择徒步，自愿自主消费）；络绒牛场—五色海、牛奶海：骑马参考价为305元/匹/人，骑马至舍身崖+徒步往返时间约4小时；（自愿自主消费）
                 <w:br/>
                 马帮由当地人经营，诺绒牛场到舍身崖附近单程参考费用为305元/匹/人，游客自愿自主消费，若因费用和服务水平有争议和投诉，旅行社无责。请在消费前明确清楚费用服务细节。骑马时请戴手套，需注意安全，必须由马夫牵马方能骑行，且景区内马匹较少，在旺季时会有租不到马匹的情况，请客人理解；
                 <w:br/>
-                3.亚丁景区内用餐没有安排，景区内没有餐厅，请客人中餐请各自备好干粮和水，景区中洛绒牛场有盒饭40元/份。
+                3.亚丁景区内用餐没有安排，景区内没有餐厅，请客人中餐请各自备好干粮和水。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【稻城亚丁风景区】
                 <w:br/>
                 自费项：亚丁观光车120元/人，电瓶车80元，骑马300-500元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：团队用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">香格里拉镇万豪大酒店、绿野亚丁大酒店、圣洁贵宾楼、云墨艺术酒店、莲花府邸酒店、风马瑶酒店、贡嘎精品大酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">香格里拉镇万豪大酒店、绿野亚丁大酒店、圣洁贵宾楼、云墨艺术酒店、莲花府邸酒店、风马瑶酒店、贡嘎精品大酒店 或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 香格里拉镇—稻城（77km）—雅江（285km）—新都桥/雅江（80km）
                 <w:br/>
-                早餐之后一步步离开最后的香格里拉--亚丁，沿途欣赏赤土河谷迷人风光、世外桃源般藏式村落，【康巴民俗文化村】赠送体验特色藏式美食-【国家级阿西土陶藏香鸡宴】（赠送项目，不用不退费：藏区或餐厅内有当地居民店面卖土特产中药材、藏银等手工艺品，由景区设立，与旅行社无关，请客人理智消费，谨慎购买，自愿行为。），优选当地野生散养的藏香鸡、配以当地各种时令野生菌，藏包子，青稞饼，青稞酒，无限量时蔬，体验藏族抓糌粑、打酥油等原生态生活体验。欣赏【万亩青杨林】(青杨林为季节性景点,每年9-10月才能看到)等；后至桑堆镇观【红草地】（注：红草地为季节性景观，只有在每年的9月底到10月初才能看到此处的草原呈红色），翻越海子山后抵达（车观）丁真家乡理塘行赏大好河山、游如花海绽放、观地方农牧特色，精致体验藏区文旅精髓。
-[...1 lines deleted...]
-                午餐后经理塘、雅江后驻足【天路十八弯观景台】从半山腰俯瞰震撼的曲线之美；到达新都桥/雅江入住酒店。
+                早餐之后一步步离开最后的香格里拉--亚丁，沿途欣赏赤土河谷迷人风光、世外桃源般藏式村落，【康巴民俗文化村】赠送体验特色藏式美食-【国家级阿西土陶藏香鸡宴】（赠送项目，不用不退费：藏区或餐厅内有当地居民店面卖土特产中药材、藏银等手工艺品，由景区设立，与旅行社无关，请客人理智消费，谨慎购买，自愿行为。），优选当地野生散养的藏香鸡、配以当地各种时令野生菌，藏包子，青稞饼，青稞酒，无限量时蔬，体验藏族抓糌粑、打酥油等原生态生活体验。
+                <w:br/>
+                欣赏【万亩青杨林】(青杨林为季节性景点,每年9-10月才能看到)等；后至桑堆镇观【红草地】（注：红草地为季节性景观，只有在每年的9月底到10月初才能看到此处的草原呈红色），翻越海子山后抵达（车观）丁真家乡理塘行赏大好河山、游如花海绽放、观地方农牧特色，精致体验藏区文旅精髓。
+                <w:br/>
+                午餐后经理塘、雅江后驻足【天路十八弯观景台】从半山腰俯瞰震撼的曲线之美，到达新都桥/雅江入住酒店。
                 <w:br/>
                 <w:br/>
                 注意：如遇旺季或政府征用酒店，此天住宿改为雅江县。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、藏区或餐厅内有当地居民店面卖土特产中药材、藏银等手工艺品，由景区设立，与旅行社无关，请客人理智消费，谨慎购买，自愿行为。
                 <w:br/>
                 2、特色藏式美食-【阿西土陶藏鸡宴】为赠送项目，如因天气、堵车、交通管制等特殊原因不能前往，或者游客自愿放弃等主观原因，造成赠送项目没有参加的，没有任何退费，亦不换等价项目。
                 <w:br/>
                 3、红草地为季节性景点，只有在每年的9月底至10月初才能观看。
                 <w:br/>
                 4、沿途景区景点、餐厅、厕所、加水点、高原缓冲区内设有小卖部、超市、旅游纪念品、手工艺土特产等贩卖摊点，不属于我社加购物店范围，非我社控制，请不要误解。
                 <w:br/>
                 5、特别备注：特色藏式美食- 冬季11月1日关停，开放时间4月1日，关停期间将改为桌餐。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1136,51 +1140,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都凯宾酒店（武侯祠店）、慕思威尔酒店、艺家风格酒店、东芮龙熙酒店、城市便捷酒店、锦程大酒店 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都凯宾酒店（武侯祠店）、慕思威尔酒店、艺家风格酒店、东芮龙熙酒店、城市便捷酒店、锦程大酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1309,51 +1313,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含广州至成都往返经济舱机票，含燃油税。
                 <w:br/>
                 2、用车：行程中间五天升级保姆车（陆地头等舱2+1），保证一人一座，12人（含）以下升级VIP小团（12座-17座车型，不是保姆车）。关于保姆车小提示：保姆车型由于按照国家车辆安全规定的要求设计，车辆最后一排座椅和安全门座椅无法调整座椅后仰和无USB接口，望游客尽请谅解。
                 <w:br/>
                 3、导游：全程优秀导游服务，12人（含）以下无导游、司机兼领队；在保证不减少景点的情况下，我社有权调整景点游览先后顺序。
                 <w:br/>
                 4、门票：含双桥沟门票，亚丁景区门票，墨石公园（赠），木格措景区（赠），(赠送门票，不退不改，不做等价交换)；【备注：门票优惠已经打包在团费内，无优免优退】；不含必须消费：双桥沟景区观光车70/人，墨石公园观光车20/人，亚丁景区观光车120 /人，木格措景区观光车90元/人
                 <w:br/>
                 不含自愿消费：塔公草原清洁费35/人、亚丁电瓶车往返70元/人，单程40/人、亚丁景区骑马305元/人、备注：骑马单程305元/人运营路段：洛绒牛场至舍身崖，单程3.5公里；木格措景区（药池泡脚35元/人)、木格措景区游船（游船往返66元/人，游船运营时间：4-10月份）
                 <w:br/>
                 （备注：所有景区观光车都为必须消费项目，其余游客自愿消费）
                 <w:br/>
-                5、小童（2-12岁以下）：不占床位，不含门票，含半餐；【含往返机票。（小童如超高费用自理）】.
+                5、小童（2-11岁以下）：不占床位，不含门票，含半餐；【含往返机票。（小童如超高费用自理）】.
                 <w:br/>
                 6、住宿：全程入住精选酒店，未挂星；标准双人间；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解。
                 <w:br/>
                 7、用餐：7正6早，餐标25元/人（房费含早不用不退），八菜一汤，十人一桌（若不足10人，根据实际人数决定菜品数量），全程不用不退餐。【所有赠送附带服务以及产品若客人不用或因特殊情况无法赠送，不做等值置换，费用不退】，酒水自理，人数减少酌减菜量，酒店住宿均用晚含早。少数民族地区沿线餐质较差，请游客提前做好心理准备。
                 <w:br/>
                 8、赠送项目：墨石公园门票、便携式氧气、旅游三宝（赠送项目，不用费用不退）。
                 <w:br/>
                 9、购物点：纯玩。温馨提示： 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1946,51 +1950,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 90.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">塔公清洁费</w:t>
+              <w:t xml:space="preserve">塔公草原 清洁费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">（自愿选择）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
@@ -2373,51 +2377,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>