--- v1 (2026-03-07)
+++ v2 (2026-03-28)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20260304N2</w:t>
+              <w:t xml:space="preserve">WZ-20260326N2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -2377,51 +2377,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>