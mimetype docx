--- v0 (2026-02-26)
+++ v1 (2026-03-18)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20260127SP68210678</w:t>
+              <w:t xml:space="preserve">TX-20260313SP10318187</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -349,51 +349,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点： 
                 <w:br/>
                 09:00 番禺广场地铁站E出口
                 <w:br/>
                 09:45 纪念堂地铁c出口
                 <w:br/>
-                10:00 杨箕地铁E1出口
+                10:00 天河城南门（体育西地铁C出口对面中国银行）
                 <w:br/>
                 下车点：番禺广场+纪念堂c出口
                 <w:br/>
                 具体出发时间、地点以导游通知安排为准。
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -404,52 +404,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：
-                <w:br/>
                 宿：全新开业云顶温泉威士忌酒店
                 <w:br/>
                 泡：72℃纯天然“美人汤”硅酸氟特色温泉
                 <w:br/>
                 享：无限次房间泡池+公共区172个特色温泉泡池
                 <w:br/>
                 叹：畅游超大温泉水泳池，水寨乐园，玛雅水寨+干湿蒸房
                 <w:br/>
                 品：丰富自助早餐、加订海鲜自助晚餐双人+260元/间/晚（单人168元）
                 <w:br/>
                 赠送第一天自助午餐【简餐】
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -612,51 +610,51 @@
                 娱乐设施参考价格（请自行前台预定，参考价格，具体价格以酒店前台价格为准）：
                 <w:br/>
                 棋牌室：*10:00-18:00按照70元/2小时起，超过按照30元/时收费，18:00后按50元/时收费；*18:00后开房120元/2小时起，超过按照50元/时收费。免费赠送茶水。
                 <w:br/>
                 KTV：小房（6-8人）588元、中房（8-10人）688-1088元、大房（12-16人）1288元；房费含果盘、纸巾、小食、啤酒。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：酒店海鲜自助晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：赠送第一天自助午餐【简餐】     晚餐：酒店海鲜自助晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">龙门云顶温泉威士忌酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -677,50 +675,52 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 云顶温泉威士忌酒店—广州（参加3天团的游客第二天全天自由活动）
                 <w:br/>
                 08：00在酒店睡到自然醒，酒店享用自助早餐
                 <w:br/>
                 12：00 午餐（自理）
                 <w:br/>
                 14：30 集合，后统一集中乘车返回广州温馨的家，结束旅程！
                 <w:br/>
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1138,51 +1138,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>