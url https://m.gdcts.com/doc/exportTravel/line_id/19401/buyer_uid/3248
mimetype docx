--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -29,51 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【爆款•趣游海花岛】海南海口三亚双飞5天｜海花岛｜西岛｜亚特兰蒂斯水族馆｜天涯海角｜直升机体验｜入住1晚海花岛金立国际大酒店行程单</w:t>
+        <w:t xml:space="preserve">【爆款•潮玩海陆空】海南海口三亚双飞5天｜海花岛｜游艇出海｜亚特兰蒂斯水族馆｜天涯海角｜直升机体验｜南山文化旅游区行程单</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">广东自组成团 不超22人精品团</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">XYMJ-20250527-GD2</w:t>
+              <w:t xml:space="preserve">XYMJ-20251201-GD2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,124 +357,122 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州-海口AQ1023/09:45-11:15
-[...1 lines deleted...]
-                回程：海口-广州AQ1024/12:15-13:35；最终航班信息以实际出票为准。
+                去程：广州-海口AQ1023/09:45-11:30（或06:35-07:55）
+                <w:br/>
+                回程：海口-广州AQ1024/12:50-14:10（或09:50-11:30）；最终航班信息以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★  品质保障：优选白天正点航班，广东自组成团，满6人成团铁发；
-[...11 lines deleted...]
-                三亚亚特兰蒂斯水族馆--邂逅86000尾海洋精灵，探秘失落的文明世界
+                ★  品质保障：广东自组成团 不超22人精品团
+                <w:br/>
+                ★  甄选睡眠：全程精选品质舒适酒店，1晚入住海花岛海景民宿
+                <w:br/>
+                ★  玩转经典：
+                <w:br/>
+                5A南山文化旅游区--礼拜108米海上观音，解锁游玩新姿势“求缘求财求暴富”
+                <w:br/>
+                5A大小洞天--琼崖800年山水第一名胜，新晋网红婚拍圣地，“三亚小巴厘岛”
+                <w:br/>
+                5A天涯海角--海南明信片，邂逅浪漫新天涯，“爱与浪漫”与你同在
+                <w:br/>
+                ★  网红打卡：三亚亚特兰蒂斯水族馆--邂逅86000尾海洋精灵，探秘失落的文明世界
                 <w:br/>
                 小众人少景美-万宁日月湾，沙滩漫步/冲浪/海边骑行均可满足
                 <w:br/>
                 超值赠送价值198元/人【直升机飞行体验】--低空俯瞰三亚美景，刷爆PY圈
                 <w:br/>
-                千年火山岩海岸--龙门激浪，观“惊涛拍浪、卷起千堆雪”醉美画卷
-[...1 lines deleted...]
-                三亚椰梦长廊--观云卷云舒、粉色夕阳
+                豪华游艇出海体验--惬意海上时光，体验休闲海钓/皮划艇/香蕉船/海上蹦蹦床/海上浮毯等，还有升级赠送“游艇品海鲜餐”，玩的开心吃的尽兴
+                <w:br/>
+                海花岛--畅玩不限时，自由打卡婚礼庄园、风情美食街、双子沙滩、梦幻灯光秀.....
                 <w:br/>
                 ★  地道海南：海口骑楼老街--赏历史，品海口地道美食小吃
-                <w:br/>
-                兴隆咖啡文化园--走进兴隆农场，感受“从清晨到深夜”的喝咖啡文化传统
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -577,472 +589,489 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-海口（飞行时间约70分钟）
-[...1 lines deleted...]
-                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的海口（参考航班：广州-海口AQ1023/09:45-11:15，具体航班时间以实际出票为准，九元航空含15kg行李额）。
+                广州-海口（飞行时间约70分钟）-儋州（车程约2.5小时）
+                <w:br/>
+                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的海口（参考航班：广州-海口AQ1023/09:45-11:30，具体航班时间以实际出票为准，九元航空含15kg行李额）。
                 <w:br/>
                 欢迎抵达美丽的椰城—海口，欢迎来到这片充满阳光与活力的土地！我们即将探索的不仅是景点，更是属于我们的精彩故事！从碧海蓝天到热带雨林，从日出到星空，每一刻都值得被记录，每一秒都充满可能。
                 <w:br/>
-                温馨提示：
-[...3 lines deleted...]
-                2、当天入住酒店需自行交纳住店押金，退房时如房间无任何损坏等问题酒店会全额退还费用
+                抵达后导游接团，赠送前往【海口骑楼老街】（时间不少于60分钟），这里是海口一处最具特色的街道，街道两旁的历史建筑最古老的建于南宋，至今已有700多年历史，步行街上分布了很多当地特色小吃的店铺，在这里可以品美食，赏历史。今日午餐不含，可根据个人口味在小吃街尽情寻觅美食。
+                <w:br/>
+                下午前往游览【中国海花岛1号岛】，汇聚数百位国内外建筑大师，斥资千亿重构世界文化旅游版图。项目总占地面积约8平方公里，拥有得天独厚的地理优势与生态环境，汇聚了全球28大热门旅游业态，倾力打造集主题乐园、度假酒店、购物美食、会议会展、滨海娱乐、文化演艺等于一体的一站式国际化度假目的地。
+                <w:br/>
+                海花岛游览项目打卡攻略：
+                <w:br/>
+                打卡点1-风情街（免费）：明清风情、徽州风情、东南亚、岭南、地中海、德国黑森林、日本京都、荷兰8个不同风情街）除此之外有民俗表演，不出国门就能逛遍世界；
+                <w:br/>
+                打卡点2-海花岛婚礼庄园（免费）：集欧式、灰调玻璃、粉色系9栋不同风格教堂，于晚上8点和9点有梦幻璀璨灯光秀；
+                <w:br/>
+                打卡点3-观光小火车（费用不含）：坐上观光小火车，沿途欣赏环海艺术小镇的风景，开启一场偶像奇遇记；
+                <w:br/>
+                打卡点4-博物馆群（装置艺术馆世纪浪潮-未来触觉单元（2号馆）免费参观，其他馆区收费）：拥有八座现代化单体建筑，内容将涵盖艺术、人文、自然、科技等领域；
+                <w:br/>
+                收费园区参考：观光小火车、珍奇植物园、博物馆群、双子沙滩、海洋乐园、五国温泉城、电影城等（可根据自身需求自行选择游玩，费用现场自理，消费资源原则，非必消项目）
+                <w:br/>
+                温馨提示：海花岛岛上项目部分为免费开放，部分景区收费，如需游玩请当地自理门票等费用；
+                <w:br/>
+                今晚晚餐不含，可自行前往美食街搜罗美食。
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
-                3、航班时间参考：广州-海口AQ1023/09:45-11:15（换季后AQ1023/09:45-11:30），含15kg行李额，最终航班以实际出票为准。
+                3、航班时间参考：广州-海口AQ1023/09:45-11:30（（或06:35-07:55）），含15kg行李额，最终航班以实际出票为准。
                 <w:br/>
                 4、65岁以上长者请签署免责协议且须有成人家属陪同，70岁以上请提供健康证明且须有成人家属陪同；出于安全考虑，暂不接受70岁以上长者单独出行，敬请谅解。
                 <w:br/>
-                交通：动车+轮渡船+接站一趟
+                交通：飞机+旅游车
+                <w:br/>
+                景点：海口骑楼老街、海花岛
+                <w:br/>
+                自费项：海花岛岛上自费园区项目，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海口指定酒店：海口万信至格/宜尚酒店（原奥嘉阳光）/崇华/兴湖半岛（日月店）/京航酒店/海口爱丽酒店/海口宇海温泉宾馆(骑楼老街日月广场免税店)或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">儋州指定酒店：海花岛2号/3号岛民宿（参考花澜）/岛下：岚康海景大酒店(原福安泰隆）或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海口-儋州（车程约2.5小时）
-[...34 lines deleted...]
-                2）、如因酒店接待大型会议满房或政务接待等不可抗力因素导致无双床房，则直接安排大床房；如遇大床房也满房情况下，则安排备选酒店，参考：儋州银滩假日酒店（原哈瓦那假日）（岛下）或免费升级海花岛欧堡酒店
+                儋州-三亚（车程约3小时）
+                <w:br/>
+                早餐后，前往三亚（车程约3小时），游览祈福圣地【南山文化旅游区】（游览时间不少于180分钟，不含电瓶车非必乘），南山文化旅游区是海南省依托南山独特的山海天然形胜和丰富的历史文化渊源开发建设的佛教文化展示园区，园区景点众多，佛学氛围浓厚，其中最为有名的便是伫立于金刚洲上【海上观音像】，圣像高108米，是世界最大的观音像。像体为观音的一体三尊，分别呈持珠、持莲、持箧的造型。圣像脚踏莲花宝座，面容慈悲庄严，令人不由崇敬之情。除了南海观音相外，园内更展出有国宝级的金玉佛像和专门的佛教文化交流中心，让您在南海之滨了解海南独特的佛教文化；造访【长寿谷】，在百寿谷里找寻潜藏的“寿”字，感受浓厚的长寿文化气息。
+                <w:br/>
+                   下午游览【大小洞天】（游览时间不少于120分钟，不含电瓶车非必乘），走入大小洞天，映入眼帘的是一个巴厘岛式的天空之境，在这里拍照，石雕和人像倒映在水面上。在门口附近，有布满白鸽的蓝色房子以及造型别致的鸟巢与心型编织藤蔓，每一种都能拍出美美的照片，留下属于这里的大海回忆。走入大小洞天的岩洞中，感受岩洞的清凉，有一种面朝大海的美妙。通往景区的尽头，有一片颇为特别的沙滩，密布着礁石，透过蔚蓝的海水，俯瞰沙滩，更成为一幅颜色丰富的画卷。来到景区标志景点灯塔，守候和指明方向是灯塔的意义，这里也成为了情人们最钟情的景点。
+                <w:br/>
+                游览完毕前往三亚酒店办理入住，今晚晚餐不含，可自行前往三亚夜市搜罗当地特色美食。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：临高角、龙门激浪、海花岛’
-[...1 lines deleted...]
-                自费项：海花岛收费园区项目，价格以景区当天挂牌价为准，非必消，自愿选择消费原则；
+                景点：南山文化旅游区、大小洞天
+                <w:br/>
+                自费项：南山/大小洞天电瓶车等费用不含，非必消，自愿选择消费原则；
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">儋州指定酒店：海花岛金立国际大酒店，备选酒店（岛外）：儋州碧桂园哈瓦那假日酒店/儋州维也纳酒店或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店：如家精选酒店(三亚湾壹号店)/和颐至格酒店(三亚市政府情人桥店)/康福瑞橡树庄园酒店(三亚湾椰梦长廊店)/三亚湾美多M精品酒店/三亚湾晟月海景酒店/三亚湾智选假日酒店或不低于以上标准3钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                儋州-三亚（车程约3小时）
-[...15 lines deleted...]
-                赠送【天涯书局浪漫下午茶一份】（如放弃不体验费用不退），藏着诗与远方，浪漫的海边书店，慢品悠闲时光
+                三亚一地
+                <w:br/>
+                早餐后，乘车前往游艇码头，开启今日【豪华游艇出海观光之旅】（约4小时，必消150元/人升级二/三楼尊享VIP套餐），炫酷的游艇体验，参与感爆棚的海上狂欢，带您体验海岛热带风情不一样的海上狂欢嘉年华。
+                <w:br/>
+                沿途欣赏：海天盛筵(世界顶级游艇)-海观鹿回头景区-凤凰岛-小青州-妈祖庙-东西岛海域-情人湾-三亚角公共海域
+                <w:br/>
+                重点‼赠送项目：免费冲淡、海钓 、皮划艇 ，香蕉船 ， 海上蹦蹦床，海上浮毯 （赠送项目都是无动力的海上乐园项目，赠送项目如放弃体验/个人身体原因/船方取消/不可抗因素等导致无法体验，均无费用可退）
+                <w:br/>
+                ✅全程供应酒水饮料 果盘 
+                <w:br/>
+                ✅海鲜餐↔开餐时间12：30左右（精选4种鲜到掉眉的时令海鲜，搭配炒菜、凉菜、荤素菜式，兼顾鲜爽与醇厚，菜品丰富度拉满！足足不少于8道！让你一口鲜醇、一口满足，吃得尽兴又舒心～）
+                <w:br/>
+                费用不含（船上自费项目推荐，消费自愿原则）：
+                <w:br/>
+                1、探索海洋奥秘之一:880元/位（一对一探索员陪同30分钟、游泳半面镜、激情哪吒体验3-5分钟、激情皮卡丘体验3-5分钟、激情杰尼龟体验3-5分钟、泳衣泳裤毛巾、20张照相、视频3-5分钟、 增探索时间10分钟）。
+                <w:br/>
+                2、探索海洋奥秘之二：580元/位（一对一探索员陪同20分钟至30分钟、游泳半面镜、激情皮卡丘体验2-3分钟、激情杰尼龟体验2-3分钟、泳衣泳裤毛巾、10张照相、视频2-3分钟 ）。
+                <w:br/>
+                3、探索海洋奥秘之三：380元/位（一对一探索员陪同10分钟至15分钟、游泳半面镜、泳衣泳裤毛巾、 照相8—10张照相）。
+                <w:br/>
+                预定须知：
+                <w:br/>
+                （1）本项目所有活动均在游船上进行，不靠岸、不登岛。
+                <w:br/>
+                （2）凡因个人及身体原因中途离开游船即属于个人自愿结束行程。
+                <w:br/>
+                （3）离开游船产生非行程内交通费用（无论远近）600元/船。
+                <w:br/>
+                （4）凡海钓时损坏鱼杆的，押金不退还。
+                <w:br/>
+                （5）您所参加的是海上项目，如有晕船的不宜参加且自备晕船药。
+                <w:br/>
+                （6）三亚阳光充沛，请您带上太阳镜、遮阳伞，防晒霜，矿泉水等。
+                <w:br/>
+                （7）有中耳炎、癫痫病、心脏病、高血压、孕妇、酗酒者及60以上老人不宜参加海上项目。
+                <w:br/>
+                （8）本项目明码标价，没有隐形消费，不强迫消费。
+                <w:br/>
+                （9）香蕉船、皮划艇、蹦蹦床、海上魔毯这些都属于无动力。
+                <w:br/>
+                （10）所有出海人员需携带有效证件原件。
+                <w:br/>
+                下午前往游览国家5A景区【天涯海角】（时间不少于120分钟），这里碧海、青山、白沙、巨磊、礁盘浑然一体，宛若七彩交融的丹青画屏；椰林、波涛、渔帆、鸥燕、云层辉映点衬，形成南国特有的椰风海韵。海湾沙滩上大小百块石耸立，“天涯”、“海角”和“南天一柱”巨石突兀其间，昂首天外，峥嵘壮观。在这里，望着碧波澄澈的波涛，观古老摩崖石刻，与相爱之人互相诉说自己的情意，执子之手，与子偕老。
                 <w:br/>
                 傍晚途径【三亚湾椰梦长廊】（车观），全长20公里，是环三亚湾修建的一条著名的海滨风景大道，有“亚洲第一大道”之称，是以热带海洋风光，中国传统文化、南国民族风情为特点的国际一流避寒和休闲度假胜地。傍晚时分游览椰梦长廊是最具情调的事情。 “三亚湾日落”、
                 <w:br/>
                 “滨海植物景观”、“海月广场”、“豪华酒店及高级别墅区”、“三亚湾夜景”等都是您可以捕捉的镜头。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：天涯海角、西岛、椰梦长廊
-[...1 lines deleted...]
-                自费项：天涯海角、西岛电瓶车/园中园项目不含，消费自愿原则
+                景点：游艇出海、天涯海角、椰梦长廊’
+                <w:br/>
+                自费项：游艇出海必消150元/人升级二/三楼尊享VIP套餐 ；海上娱乐项目/天涯海角园区项目费用均不含，消费自愿原则
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：游艇海鲜餐，赠送项目如放弃不用费用不退     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店：海棠湾长悦酒店，备选：雅布伦健康疗养酒店/三亚湾智选假日酒店/君锦滨海酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店：如家精选酒店(三亚湾壹号店)/和颐至格酒店(三亚市政府情人桥店)/康福瑞橡树庄园酒店(三亚湾椰梦长廊店)/三亚湾美多M精品酒店/三亚湾晟月海景酒店/三亚湾智选假日酒店或不低于以上标准3钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-海口（车程约3.5小时）
                 <w:br/>
-                早餐后，赠送体验【直升机飞行体验1圈】（飞行基地以实际安排为准，赠送项目如放弃不体验费用不退），体验酷炫的低空飞行，感受冲上云霄的自由感觉，低空俯瞰三亚美景。
+                早餐后，参观【三亚亚龙湾国际玫瑰谷】（不含电瓶车30元/人，时间不少于120分钟）位于三亚市亚龙湾国际旅游度假区内，总占地2755亩，是以"玫瑰之约，浪漫三亚"为主题，以农田、水库、山林的原生态为主体，以五彩缤纷的玫瑰花为载体，集玫瑰种植、玫瑰文化展示、旅游休闲度假于一体的玫瑰谷。（温馨提示：景区内自设有商场等购物场所，此非我司安排购物店，请知悉）
+                <w:br/>
+                而后赠送体验【直升机飞行体验1圈】（飞行基地以实际安排为准，赠送项目如放弃不体验费用不退），体验酷炫的低空飞行，俯瞰三亚美景。
                 <w:br/>
                 直升机预定限制须知：
                 <w:br/>
                 1.孕妇及65岁以上老人、高血压、心脏病患者、孕妇、体重100ＫG以上不宜登机；
                 <w:br/>
                 2.航线无儿童价，大小同价；
                 <w:br/>
                 3.本着坐满起飞及配载平衡的原则，公司有权力对乘客进行拼组、重新分组等协调搭配，乘客应当予以配合。
                 <w:br/>
-                而后游览【亚特兰蒂斯.失落的空间水族馆】（游览时间不少于90分钟）；游客们可以与86000多只海洋生活近距离接触；这里有超过280种海洋生物；16.5米长的观景通道，厚达65米，是中国最大的观景板之一；大使环礁湖内有超过13500吨海水；专为白鲸建造的冷水恒温展示池。
-[...5 lines deleted...]
-                游览完毕后返回海口，晚上赠送【海口骑楼老街】（时间不少于60分钟），这里是海口一处最具特色的街道，街道两旁的历史建筑最古老的建于南宋，至今已有700多年历史，步行街上分布了很多当地特色小吃的店铺，在这里可以品美食，赏历史。当天晚餐不含，可根据个人口味在小吃街尽情寻觅美食。
+                午餐后游览【亚特兰蒂斯.失落的空间水族馆】（游览时间不少于90分钟）；游客们可以与86000多只海洋生活近距离接触；这里有超过280种海洋生物；16.5米长的观景通道，厚达65米，是中国最大的观景板之一；大使环礁湖内有超过13500吨海水；专为白鲸建造的冷水恒温展示池。
+                <w:br/>
+                下午游览【日月湾】（游览时间不少于60分钟），这里是一个天然的海湾，区域内有长约16公里的海岸线、碧蓝的海水和细白的美丽沙滩，是一个非常适合度假和旅游的好地方。此外，在万宁日月湾你还可以观赏到壮观的日出和日落景象。而日落后日月湾又是另一番狂欢，在餐吧酒馆买上一瓶啤酒，游走在日月湾的椰林公路上，与往来旅客干杯，不管你是谁，也不管你从哪来，此时此刻我们只想自由，为这星辰大海干杯庆祝！
+                <w:br/>
+                游览完毕后返回海口，结束全部旅程。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：直升机、亚特水族馆、日月湾、兴隆咖啡文化园、海口骑楼老街
+                景点：玫瑰谷、直升机、亚特兰蒂斯水族馆、日月湾
+                <w:br/>
+                自费项：玫瑰谷电瓶车30元/人不含，报名时请现付报名点
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海口参考酒店：海口万信至格/宜尚酒店（原奥嘉阳光）/崇华/兴湖半岛（日月店）/京航酒店/海口爱丽酒店/海口宇海温泉宾馆(骑楼老街日月广场免税店)或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">海口参考酒店：海口宇海温泉宾馆/温庭酒店（海口高铁东站店）/海口椰岛之星酒店（椰海大道美兰机场店）/卓秀大酒店（海口高铁东站师范大学店）/北辰大酒店/良智汇品酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 海口-广州（飞行约70分钟）
                 <w:br/>
                 早餐后自由活动，而后根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定
                 <w:br/>
                 3、因团队价格为打包优惠价格，持军官证、记者证、老年证、导游证等证件以及60岁及以上的游客，不做任何减免和优惠且费用不退；
                 <w:br/>
-                4、航班参考：海口-广州AQ1024/12:15-13:35（换季后AQ1024/12:50-14:10）；含15kg行李额；最终航班信息以实际出票为准。
+                4、航班参考：海口-广州AQ1024/12:50-14:10（或09:50-11:30）；含15kg行李额；最终航班信息以实际出票为准。
                 <w:br/>
                 5、海南景区均自设有购物商场（如天涯海角等），此非我司额外增加的购物店，消费遵循自愿原则，请知悉。
                 <w:br/>
                 交通：飞机+送机一趟
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用不退     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1114,65 +1143,65 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州—海口往返程机票经济舱、机场建设费、燃油税（不含临时上调的机场税费）；
                 <w:br/>
                 如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
-                2、住宿：全程当地高档标准酒店双人间，1晚升级入住海花岛金立国际大酒店；不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；海花岛酒店无法加床，单人请补单房差；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。
+                2、住宿：全程当地高档标准酒店双人间；不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；海花岛酒店无法加床，单人请补单房差；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
-                3、用餐：含4早3正，早餐酒店含，不用费用不退；正餐餐标30元/正，围桌8-10菜1汤，8-10人1桌，人数增减时，菜量相应增减，但维持餐标不变。团餐用餐如放弃不用，费用不退；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
+                3、用餐：含4早3正，早餐酒店含，不用费用不退；正餐餐标30元/正，其中1正特色餐：游艇海鲜餐（打包赠送项目，如放弃不用费用不退），其他正餐围桌8-10菜1汤，8-10人1桌，人数增减时，菜量相应增减，但维持餐标不变。团餐用餐如放弃不用，费用不退；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：海南省全程空调旅游车5-50座，保证每人一正座，根据实际人数安排用车；
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，如8人以下安排导游兼司机服务。无全陪领队
                 <w:br/>
-                6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外），行程中包含的“西岛”景区因工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待。如坚持上岛，需签署景区规定的免责证明。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
+                6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外），行程中包含的“游艇出海”景区因工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待。如坚持出海，需签署景区规定的免责证明。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
-                7、儿童2-12岁：1.2米以下含往返机票、旅游车位费、免费早餐、正餐、亚特幼儿票，不占床不含超高费用（早餐/门票等）、超高费用敬请自理。
+                7、儿童2-12岁：1.2米以下含往返机票、旅游车位费、正餐、亚特幼儿票，不占床不含超高费用（早餐/门票等）、超高费用敬请自理。
                 <w:br/>
                 2岁以下婴儿费用自理；
                 <w:br/>
                 8、购物点：无
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1196,316 +1225,56 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、单人出行出发前需补足房差；三人出行如不补房差则尽量安排三人间，无三人间则安排加床（多数为钢丝床）。海花岛无法加床，单人请补单房差。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、航空公司临时增加的燃油附加费。
                 <w:br/>
                 6、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 7、12岁以下儿童不占床，不含超高费用（早餐/门票）。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。2 岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
-                9、娱乐项目：导游会推荐晚间自费项目，自愿参加，如参加后回团后不办理退任何费用，不参加晚间自费的客人送回酒店。（自费表仅供参考，以导游实际推荐项目为准）；海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
+                9、娱乐项目：海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
+                <w:br/>
+                10、【必消项目】：150元/人升级二/三楼尊享VIP套餐+玫瑰谷电瓶车30元/人=180元/人，报名时请收取；
+                <w:br/>
+                11、60岁以下成人需补南山门票120元/人
               </w:t>
-            </w:r>
-[...262 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 268.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1534,51 +1303,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 6人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 如报名人数不足10成人时无法成团，或遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前5天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票 出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末 站城市最终确定。客人对航班及出入港口有特别要求的，请于报名时向我社前台同事 说明，并将要求写在报名表上，否则我社视客人已清楚旅行社以上安排，同意并接受 旅行社安排。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整 由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的 情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选 用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名， 且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前5天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含 改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际 损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客 人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行 程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、 天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩 短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退 还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃 游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人 擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游 客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一 切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性 原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅 游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须 知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会 造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造 成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、海口/三亚 地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 10、购物：三亚地区旅游发展较为成熟，包括大部分景区，公园，博物馆，纪念馆，展览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 11、行程服务项目特别约定及说明： A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做 一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
@@ -1591,131 +1360,97 @@
                 5）精神病患者，如癫痫及各种精神病人；
                 <w:br/>
                 6）严重贫血病患者，如血红蛋白量水平在 50 克/升以下的病人；
                 <w:br/>
                 7）大中型手术的恢复期病患者；
                 <w:br/>
                 8）孕妇及行动不便者。
                 <w:br/>
                 B.未满 18 周岁及老年旅游者预订提示：
                 <w:br/>
                 1）未满 18 周岁的旅游者请由家属陪同参团，因服务能力所限，无法接待 18 周岁以 下旅游者单独报名出游，敬请谅解。
                 <w:br/>
                 2）70-75 周岁人群需提交三甲医院的体检报告且有65 岁以下家属陪同，需签署免责并购买对应的旅游意外保险方可出游。
                 <w:br/>
                 3）因服务能力所限，无法接待 75 周岁及以上、台胞及持护照客人报名出游，敬请谅解。
                 <w:br/>
                 12、失信人特别通知及提示：失信人意为“失信被执行人”，由国家最高人民法院发布。失信人不得乘坐飞机、火车卧铺、高铁及动车。请游客报团前一定要自行查询好是否为失信人！如游客属于失信人而报团时没有向旅行社提前说明，报名后旅行社为保留客人机票位置向航空公司支付了机票定金（或全款），失信人的机票费用将全额损失，只能退税，产生的所有损失由客人自行承担！国家最高人民法院失信人查询网站如下下： http://shixin.court.gov.cn/，客人报团前可到该网站进行查询！因客人失信人身份产生的实际损失（机票、房费、车费、导服费用等等）需要由客人承担。
                 <w:br/>
                 13、由于广州白云机场及西安机场受天气原因及航空（线）管制影响较大，如遇预订航班延误或取消，按航空公司及机场地勤人员安排航班为准，旅行社无法指定航班改签或递补。实际游玩行程安排以航空公司安排航班相应调整，如部分景点无法游玩或住宿相应调整，没差价退还，敬请留意。
                 <w:br/>
                 14、根据机票实名制和火车票实名制的有关规定，如游客所提供资料与有效登机证件资料不符，重出机票或火车票费用由客人自理，建议游客报名时提供所有参团人身份证复印件给销售人员用于作为有效登机资料购买机票，请游客携带有效的身份证件原件出游。
                 <w:br/>
                 15、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出， 否则无法给予处理。
                 <w:br/>
                 16、请游客（报名人及报名人代表之参团的全体同行人）请游客报名时认真阅读此行 程每一点，一经报名，双方签字或盖章之日起，即表明合同及行程签订人及同行人已 认真阅读此行程并同意相关约定条款，同意其作为《广东省国内旅游组团合同》、《报名表及补充约定》之附件。
-                <w:br/>
-[...32 lines deleted...]
-                日期： 日期：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此线路会推荐晚间自费项目（景区园中园项目除外）；此线路为广东自组成团，无全陪领队，低于6人不成团，提前5天通知可选择改期或升级其他产品
+                1、此线路为广东自组成团，无全陪领队，低于10人不成团，提前5天通知可选择改期或升级其他产品。
                 <w:br/>
                 2、如遇部分景点临时维修、庆典等客观因素限制确实无法安排的，本社将根据实际情况和游客友好协商并进行调整或等值交换，敬请各位贵宾理解与配合；
                 <w:br/>
                 4、游客在海南旅游期间，为了方便游客游览，在不减少景点的情况下，可根据当地的实际情况，将景点顺序进行调整；景区后括号内备注游玩时间为从抵达景区开始到离开景区为止；
                 <w:br/>
                 5、行程中所列酒店标准为行业内评定标准，如果因展会、酒店满额等因素，我公司会依当时情况调整行程中表明的备选酒店，但是不会安排行程中未涉及到的酒店，更不会影响游客的行程安排；
                 <w:br/>
                 6、如遇天气、战争、罢工、地震等人力不可抗力无法游览，我社将按照旅行社协议，退还未游览景点门票费用或和游客友好协商进行调整或等值交换（但赠送项目费用不予退还），额外增加的费用由客人自理；
                 <w:br/>
                 7、持教师证、军官证、学生证、老年证等参加团队不享受优惠票政策。同时报价为旅行社约定的最低人数的优惠团队价，如果人数未达到，报价将会上涨，故团队客人随团期间不得享受团队及网上订购双重优惠，如使用网上订购优惠票，请将团队优惠差额补齐；自费项目均无优惠政策！
                 <w:br/>
                 8、旅游期间，因客人解除合同的，扣除必要费用后余款退还，当地旅游交通费不退；船票、火车票等公共交通费用根据相关规定扣除损失后退还剩余费用，旅行社代订的机票是团体优惠票（不签转、不退票），因旅游者原因不能乘机的，机票款不退。赠送项目不退费用。旅游者解除合同离团后，旅行社不承担旅游者的安全责任。
                 <w:br/>
                 9、投诉受理，以游客交回的《团队质量反馈表》（一式二份）为依据，请您秉着公平、公正、实事求是的原则填写《团队质量反馈表》；
                 <w:br/>
                 10、安全提示：旅游活动期间我社提醒游客务必注意:人身及财产安全，自由活动期间游客应注意自身安全，在海南旅游期间，我社不安排游客下海游泳。如游客私自下海游泳，所产生的一切后果由游客自行承担。在海南旅游期间，个人贵重物品由游客本人自行妥善保管，如若出现被偷、被抢、遗失事件，我社协助游客寻找或报案等相应的补救措施，但不承担赔偿和相关的责任！
                 <w:br/>
                 11、海南旅游车为滚动发班，均按每人一正座提前调车，如需加大车型，须补多出的车位差价（26座以下的车型均无行李箱）；抵达海南前48小时内取消合同的游客（如因航班延误无法抵达等），需向我社交已经产生的旅游车位费300元/人及合同约定的其它已产生费用；
                 <w:br/>
                 12、蜈支洲岛、分界洲岛、西岛、南湾猴岛“旺季”期间每天上岛人数有所限制，团队上岛需排队等候，因等待而延误岛上游览时间，游客需谅解并配合。因以上景区管理原因导致的投诉，旅行社无法承担责任。“旺季”期间，不愿排队等候上岛的团队，全团客人需提前一天决定并签字同意，蜈支州岛可与“西岛”或“分界洲岛” 景区2选1互换，行程当天抵达蜈支洲岛后方提出与其他景点互换的，游客需现场增补司机车费方可实施。否则旅行社只能按成本退还客人。
                 <w:br/>
                 13、行程外活动的安排: 为满足旅游者多样化需求，在行程时间安排允许、参加人数足够，且不影响其他旅游者行程安排的情况下，旅行社可根据旅游者实际需要，安排附件中所列活动。旅游者根据自身需要和个人喜好，自主、自愿参加附件中所列活动，对此签署的附件配合参与。
                 <w:br/>
                 14、客人在海南签署的团队行程变更确认表及意见单为合同附件，具有同样的法律效力。
                 <w:br/>
@@ -1814,51 +1549,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2002,79 +1737,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>