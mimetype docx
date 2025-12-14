--- v0 (2025-10-25)
+++ v1 (2025-12-14)
@@ -602,91 +602,91 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
                 于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，春节期间建议提前3小时抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店。
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：如早机抵达客人自由活动，全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、换季后航班参考：广州-三亚Q1111/19:20-20:55、AQ1113//07:05-09:00，如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 6、出于安全考虑建议2人起订；65岁以上长者请签署免责协议且须有成人家属陪同，70岁以上请提供健康证明且须有成人家属陪同；如单人出行预定须知：报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话。
                 <w:br/>
                 7、D1-D3晚两款住宿标准随心选，参考如下（选择住宿版本，非指定酒店），不同住宿版本价格不同，存在拼团出发：
                 <w:br/>
-                网评四钻近海版：君然温泉酒店/椰蓝湾/戴斯精选温德姆/大东海君亭酒店/君锦滨海酒店或不低于以上标准酒店；
+                网评四钻近海版：君锦滨海B栋/大东海君亭酒店/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准酒店；
                 <w:br/>
                 网评五钻海景版：丽禾华美达广场酒店.豪华海景房，备选:天通.豪华海景房/君澜三亚湾迎宾馆.豪华海景房/三亚胜意海景度假酒店.180度无敌海景房/三亚四季海庭酒店.游艇海景房/半山半岛帆船港.豪华海景房
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君然温泉酒店/椰蓝湾/戴斯精选温德姆/大东海君亭酒店/君锦滨海酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君锦滨海B栋/大东海君亭酒店/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -730,51 +730,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君然温泉酒店/椰蓝湾/戴斯精选温德姆/大东海君亭酒店/君锦滨海酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君锦滨海B栋/大东海君亭酒店/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -852,51 +852,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：雨林自助餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君然温泉酒店/椰蓝湾/戴斯精选温德姆/大东海君亭酒店/君锦滨海酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君锦滨海B栋/大东海君亭酒店/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1011,51 +1011,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-广州（飞行时间约70分钟）
                 <w:br/>
                 ◎  早餐后，今日全天自由活动。你可以在酒店享受惬意好时光，也可以去大街小巷寻访当地美食。
                 <w:br/>
                 ◎  12点前记得退房哦，退房后15点前还可入园一次（刷脸，以酒店实际规定时间为准）；
                 <w:br/>
                 ◎  晚上根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定
                 <w:br/>
                 3、因团队价格为打包优惠价格，持军官证、记者证、老年证、导游证等证件以及60岁及以上的游客，不做任何减免和优惠且费用不退；
                 <w:br/>
-                4、航班参考：三亚-广州AQ1112/22:30-00:20+1、AQ1114/10:00-11:20，如九元航空AQ仅含15kg行李额，不得指定航班，最终以实际出票为准。
+                4、航班参考：三亚-广州AQ1112/22:30-00:20+1、AQ1114/09:50-11:20，如九元航空AQ仅含15kg行李额，不得指定航班，最终以实际出票为准。
                 <w:br/>
                 5、今日只含送机一趟，不含车/餐/导游服务
                 <w:br/>
                 6、外籍护照参团需加收200元/人，请知悉。
                 <w:br/>
                 交通：送机一趟+飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：X   </w:t>
@@ -1531,51 +1531,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>