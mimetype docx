--- v1 (2025-12-14)
+++ v2 (2026-01-18)
@@ -1285,51 +1285,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 6人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：广州民间假期国际旅行社有限公司，许可证号：L-GD-103425，质监电话：020-19966271941）。此团 6人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州民间假期国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州民间假期国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 如报名人数不足8成人时无法成团，或遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前5天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票 出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末 站城市最终确定。客人对航班及出入港口有特别要求的，请于报名时向我社前台同事 说明，并将要求写在报名表上，否则我社视客人已清楚旅行社以上安排，同意并接受 旅行社安排。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整 由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的 情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选 用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名， 且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前5天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含 改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际 损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客 人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行 程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、 天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩 短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退 还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃 游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人 擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游 客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一 切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性 原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅 游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须 知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会 造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造 成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、海口/三亚 地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 10、购物：三亚地区旅游发展较为成熟，包括大部分景区，公园，博物馆，纪念馆，展览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 11、行程服务项目特别约定及说明： A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做 一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
@@ -1531,51 +1531,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>