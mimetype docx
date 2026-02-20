--- v0 (2026-01-18)
+++ v1 (2026-02-20)
@@ -1601,51 +1601,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-20</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>