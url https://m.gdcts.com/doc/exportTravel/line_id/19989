--- v1 (2026-02-20)
+++ v2 (2026-03-25)
@@ -1107,243 +1107,130 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.广州--新加坡往返含税机票
+                1.广州--新加坡往返含税机票，含往返程20KG行李托运；
                 <w:br/>
                 2.行程中所列景点首道门票（非注明自费项目）。
                 <w:br/>
                 3.用车：保证1人1座，全程安排拼车。乐园游玩或自由活动期间不包含用车。回程送机请提前预约用车时间、接车地点。
                 <w:br/>
                 4.用餐：4早1正餐（餐标￥80），早餐及团队正餐不用不退，不用不退，敬请谅解！
                 <w:br/>
                 5.（1）无领队服务。
                 <w:br/>
-                （2）10人以上当地中文导游服务，10人以下司兼导（接驳期间或自由活动期间不含导游服务）。
-[...1 lines deleted...]
-                6.保险：赠送团队旅游意外险。
+                （2）10人以上安排当地中文导游服务（接驳期间或自由活动期间不含导游服务），10人以下安排中文司机服务（司机车上简单讲解，不带进景点）。
                 <w:br/>
                 备注：如游客自行参加的是高风险活动(包括但不限于水上水下、高速高空、山上活动或其他有风险的活动等) ，旅行社建议游客另行购买专项人身意外保险。
                 <w:br/>
-                7.签证：中国大陆护照免签（免签护照或自备签证无费用退）。
-[...1 lines deleted...]
-                8.全程行程所列星级酒店标准间（二人一间）。
+                6.签证：中国大陆护照免签（免签护照或自备签证无费用退）。
+                <w:br/>
+                7.全程行程所列星级酒店标准间（二人一间）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.航空公司燃油附加税临时升幅。
+                1.航空公司燃油附加税临时升幅、飞机餐。
                 <w:br/>
                 2.国内到广州机场往返交通。
                 <w:br/>
                 3.一切个人开支及人力不可抗力因素产生的额外费用。
                 <w:br/>
                 4.单人入住房差￥2200。
                 <w:br/>
                 5.自费项目以及景区内的小景点或交通车等额外费用。
                 <w:br/>
                 6.酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费需要自理。
                 <w:br/>
                 7.行程中包含的餐以外的餐食，需要自理。
                 <w:br/>
                 8.行程不含任何门票，如有需要，我司可代为预订。
               </w:t>
-            </w:r>
-[...109 lines deleted...]
-              <w:t xml:space="preserve">服务费</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1601,51 +1488,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1789,79 +1676,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="lineServer"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>