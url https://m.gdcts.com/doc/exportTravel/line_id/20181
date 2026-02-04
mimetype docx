--- v0 (2025-12-17)
+++ v1 (2026-02-04)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251104SP68210678</w:t>
+              <w:t xml:space="preserve">TX-20260128SP68210678</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,57 +343,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点： 
-[...5 lines deleted...]
-                下车点:纪念堂c出口
+                上车点：  
+                <w:br/>
+                09:00 番禺广场地铁站E出口
+                <w:br/>
+                09:45 纪念堂地铁c出口
+                <w:br/>
+                10:00 杨箕地铁E1出口
+                <w:br/>
+                下车点：番禺广场+纪念堂c出口
                 <w:br/>
                 具体出发时间、地点以导游通知安排为准。请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -573,169 +575,168 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—南昆山慕思嘉华温泉酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
+                第1天：广州—南昆山慕思嘉华温泉酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
                 <w:br/>
                 09:30/10:00 广州出发，沿途接齐各位贵宾后出发，抵达龙门后午餐自理，餐后集中上车按照顺路原则送客人到各自酒店入住（由于慕思嘉华酒店较远，人少的情况下安排接驳车接送），客人自行凭姓名及手机号码到酒店前台取房，入住后自由娱乐活动。（温泉旺季酒店入住时间14：00之后，自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
                 <w:br/>
                 【南昆山慕思嘉华温泉酒店】坐落于北纬23°的南昆山国家4A级景区山腰之度，一处世外桃源的家，也是现南昆山里一个藏于半山的旅游区。南昆山慕思嘉华温泉酒店由广东嘉华酒店集团管理，由酒店区、温泉养生区、独立美墅区、休闲娱乐区和特色商业区五大区域组成。酒店采用U形环抱式布局，对两个湖泊及周边生态最大限度的景观呈现。美泉谷基地内园林、山峦、森林、湖泊等景观层次丰富，结合南昆山特有的山水文化、人文风貌、优质温矿泉资源，群山青黛，湖面氤氯，薄雾缥缈，如临仙境。酒店每一处都精心定制和多维度体验设计，更有温暖如初的嘉华人，为宾客提供自然别致、舒适多彩、健康养生的绝佳体验。
                 <w:br/>
                 晚餐时间：18:00-21:00；温泉时间：09:00-23:00（仅供参考，以实际安排为准）
                 <w:br/>
                 双人套餐 /A款
                 <w:br/>
                 鸡骨草炖龙骨2位、蒜蓉粉丝蒸元贝4个、虫草花蒸胡须鸡/份、酸菜炒腩肉/份、上汤浸、蒜蓉炒/时蔬、芝士焗小米糕/半打、丝苗白饭/2份、水果拼盘
                 <w:br/>
                 双人套餐 /B款
                 <w:br/>
                 石橄榄炖鸡汤 2位、紫苏蒸山坑鱼、河虾仔、藕尖炒腩肉、酱肉碎蒸茄子、上汤浸/蒜蓉炒时蔬、香芒甜薄餐/半打、丝苗白饭/2份、水果拼盘、
                 <w:br/>
                 酒店晚餐按房安排，以上菜单仅供参考，以酒店当天实际安排为准。当天入住含晚客人达到40人以上则自动升级为自助晚餐，不作提前通知。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：酒店晚餐按房安排，以上菜单仅供参考，以酒店当天实际安排为准。当天入住含晚客人达到40人以上则自动升级为自助晚餐，不作提前通知。   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">南昆山慕思嘉华温泉酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                南昆山慕思嘉华温泉酒店—广州（参加3天团的游客第二天全天自由活动）
-[...1 lines deleted...]
-                08:00 睡到自然醒，享用早餐。
+                第2天：南昆山慕思嘉华温泉酒店—广州
+                <w:br/>
+                07:00-10:30睡到自然醒，享用早餐。
                 <w:br/>
                 12:00 午餐（自理）。
                 <w:br/>
                 约14:00 集合，后统一集中乘车返回广州温馨的家，结束旅程！
                 <w:br/>
-                <w:br/>
                 【时间提供参考，实际按当天通知为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -912,51 +913,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1049,50 +1050,117 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">报名材料</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">正确的名字/身份证号码/联系方式</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">保险信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                游客支付订单后旅行社发单给酒店作确认，如满房或有其他情况2个工作日内通知到游客；酒店一经确认，不改不退。
+                <w:br/>
+                晚餐菜单以酒店当天实际安排为准。当天入住含晚客人达到40人以上则自动升级为自助晚餐，不作提前通知。
+                <w:br/>
+                客人入住酒店必须凭二代身份证，住房押金约300元/间需自理！
+                <w:br/>
+                此线路不接受全单单订车位，敬请谅解！
+                <w:br/>
+                *14人同时报名免费升级7房别墅（均为1.2米双床房）,麻将任打,私家泡池任泡(周六不做升级)
+                <w:br/>
+                *16人同时报名免费升级8房别墅（5间1.2米双床房+3间1.8米大床房）,麻将任打,私家泡池任泡(周六不做升级)
+                <w:br/>
+                *升级泡池房加收200元/间/晚（无限放水）
+                <w:br/>
+                单订车位客人按照自身需求购买以下门票/餐券（旅行社不作代订，以园区实际价格为准）：
+                <w:br/>
+                1.5米以上：自助早餐98 元/次、自助晚餐238元/次，温泉次票128 元；
+                <w:br/>
+                1.2-1.5米：自助早餐68 元/次，自助晚餐98 元/次，温泉次票68 元；
+                <w:br/>
+                1.2 米以下：免费（每房仅限携带一位免费儿童，超出需付费）
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1132,51 +1200,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>