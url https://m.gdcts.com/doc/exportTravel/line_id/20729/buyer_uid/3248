--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -578,74 +578,87 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 纽约机场（JFK/LGA机场）接机
                 <w:br/>
                 接机信息：
                 <w:br/>
                 1. 参团当日免费接机机场：肯尼迪国际机场 JFK、拉瓜迪亚机场 LGA，参团当日免费接机时间：08:30:00-24:00（此时间为客人拿到行李后在取行李处和我司工作人员汇合时间，需要在机场等候临近航班的客人）。        
                 <w:br/>
                 2. 美国国内航班抵达后的程序是：下机→前往航班行李转盘→见到导游→导游安排您与其他团员共乘最近一班车辆离开机场。
                 <w:br/>
                 3. 国际航班抵达后的程序是：下机→护照检查→提取行李→海关检查→见到导游→导游安排您与其他团员共乘最近一班车辆离开机场。
                 <w:br/>
                 4. 参团贵宾如在上述时间外或需要专车接机服务费用为$160 /单程（涵盖第一第二人，第三人起每多一位加多10美元）。
                 <w:br/>
                 5. 如果您第一日无需机场接机，可选择如下参团地点，请在报名时备注：
                 <w:br/>
                 - 9:30-17:00 期间在法拉盛集合，地址：37-20 Prince St Flushing Suite 2E Flushing NY 11354。
                 <w:br/>
                 第一日行程仅供参考，具体安排以您的航班抵达时间为准。
                 <w:br/>
                 <w:br/>
-                参团当日免费接机/接送，未含服务费$12/每人。
+                参团当日免费接机/接送，未含服务费$15/每人。
                 <w:br/>
                 抵达纽约，国内航班在该航班行李提取处等候 （除JFK七号航站楼旅客在出口处等待外），国际航班在乘客出口处等候。
                 <w:br/>
                 <w:br/>
                 自费项目1：纽约早游
                 <w:br/>
                 • 限于JFK&amp;LGA机场在9:00前拿到行李见到导游的客人，可以选择自费参加纽约早游。
                 <w:br/>
                 • 早游行程安排：纽约市政厅&amp;布鲁克林大桥（约80分钟）→ 午餐（约45分钟，费用自理）→ 纽约唐人街&amp;小意大利&amp;曼哈顿大桥（约60分钟）→ 纽约SOHO潮流街区（约30分钟）
                 <w:br/>
                 备注：提前预定，1人成团，保证有位；团上预定，届时以车上是否有空位为准。
                 <w:br/>
                 <w:br/>
                 自费项目2：纽约夜游
                 <w:br/>
                 • 限于JFK&amp;LGA机场在16:30 前拿到行李见到导游的客人，可以选择参加物超所值的曼哈顿夜游。
                 <w:br/>
                 • 行程安排：百老汇大道&amp;时代广场（约45分钟）→ 第五大道&amp;洛克菲勒中心&amp;圣帕特里克教堂（约40分钟）→ 曼哈顿天际线夜景（约30分钟）
                 <w:br/>
                 备注：提前预定，1人成团，保证有位；团上预定，届时以车上是否有空位为准。
                 <w:br/>
                 <w:br/>
-                住宿说明：06/05/2025-06/10/2025、08/21/2025-09/15/2025 期间出发的班期，接机当天将入住The Heldrich Hotel &amp; Conference Center 或 Holiday Inn South Plainfield-Piscataway 或 Holiday Inn Newark International Airport 或 同级酒店，同时赠送每房前两位客人一张自由女神游船票和一张世贸中心观景台门票。
+                温馨说明：
+                <w:br/>
+                06/05/2026-06/07/2026、07/04/2026-07/05/2026、07/18/2026-07/19/2026、08/26/2026-09/13/2026 期间出发的班期，接机当天将入住Holiday Inn Newark International Airport 或 Courtyard by Marriott Basking Ridge 或 同级酒店，同时赠送每房前两位客人一张自由女神游船票和一张世贸中心观景台门票。
+                <w:br/>
+                <w:br/>
+                参团地点：
+                <w:br/>
+                无需接机，自行前往酒店办理入住； 
+                <w:br/>
+                法拉盛集合点；详细地址： 37-20 Prince St Flushing Suite 2E Flushing NY 11354； 集合时间为9:30–17:00
+                <w:br/>
+                接机：拉瓜迪亚机场 LGA(机场)；详细地址：East Elmhurst, NY 11371, United States； 免费接机时间：08:30-24:00（此时间为拿到行李后与工作人员汇合的时间）
+                <w:br/>
+                接机：肯尼迪国际机场 JFK(机场)；详细地址：Queens, NY 11430, United States； 免费接机时间：08:30-24:00（此时间为拿到行李后与工作人员汇合的时间）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -682,51 +695,51 @@
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 纽约市区游
                 <w:br/>
                 今天我们将穿过鳞次栉比的高楼大厦，细细品味纽约这座世界第一大城市的繁荣与沧桑。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
-                纽约金融财富之旅（必付项目，150分钟）→ 世贸中心观景台（自费，70分钟）→ 自由女神环岛游船（自费，60分钟）→ MOMA纽约现代艺术博物馆（自费，60分钟）
+                纽约金融财富之旅（必付项目，150分钟）→ 世贸中心观景台（自费，70分钟）→ 自由女神环岛游船（自费，60分钟）→ 翱翔纽约（自费，60分钟）
                 <w:br/>
                 <w:br/>
                 纽约金融财富之旅：
                 <w:br/>
                 第一站：英雄峡谷 → 伍尔沃斯大楼 → 柏路大楼（1899-1901年间世界最高的摩天大楼） → 波特大厦 → 圣保罗教堂 → 电报大楼
                 <w:br/>
                 第二站：公平大厦 → 三一教堂 → 联邦储蓄银行 → 联邦大厅 → 纽约证券交易所 → 特朗普大楼 → 德意志银行旧址（大通银行旧址）→ 华尔街铜牛 → 海关大楼 → 标准石油大楼 → 标准普尔大厦
                 <w:br/>
                 第三站：洛克菲勒中心（途经纽约钻石区、国际宝石大厦）
                 <w:br/>
                 第四站：普利策喷泉 → 大军团广场 → 广场饭店 → 时代广场 → 纳斯达克
                 <w:br/>
                 特别说明：
                 <w:br/>
                 1. 纽约金融财富之旅景点游览方式为车游+轻徒步，体力要求适中。
                 <w:br/>
                 2. 以上景点均为外观。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -735,104 +748,102 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Heldrich Hotel &amp; Conference Center或 同级</w:t>
+              <w:t xml:space="preserve">Holiday Inn Newark International Airport或 同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 纽约-费城-华盛顿特区
                 <w:br/>
                 今天，我们将驱车前往友爱之城-费城，参观独立历史公园，见证美国独立相关历史。随后前往美国的政治中心、首都华盛顿，白宫、国会均设在这里，它还拥有众多博物馆，是著名旅游胜地。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
-                纽约 → 费城 → 国家独立历史公园（约30分钟）→ 华盛顿特区 → 国会山庄+美国国家档案馆深度游（自费入内参观，约2小时，包含外观联邦最高法院和国会图书馆）→ 白宫（外观，约30分钟）→ 林肯纪念堂+越战纪念墙（约45分钟）→ 酒店
+                纽约 → 费城 → 国家独立历史公园（30分钟）→ 华盛顿特区 → 国会大厦+美国国家档案馆深度游（自费入内参观，2小时，包含外观联邦最高法院和国会图书馆）→ 白宫（外观，30分钟）→ 林肯纪念堂+越战纪念墙（45分钟）→ 酒店
                 <w:br/>
                 <w:br/>
                 特殊说明：
                 <w:br/>
-                如遇特殊情况无法进入国会，行程将以华盛顿特区深度游代替。
-[...2 lines deleted...]
-                华盛顿特区深度游行程安排：空军纪念碑（约20分钟，可以看到著名的五角大楼）→ 杰斐逊纪念堂（约20分钟）→ 二战纪念碑（约20分钟）
+                <w:br/>
+                1. 如遇特殊情况无法进入国会，行程将以华盛顿特区深度游代替。华盛顿特区深度游行程安排：空军纪念碑（20分钟，可以看到著名的五角大楼）→ 杰斐逊纪念堂（20分钟）→ 二战纪念碑（20分钟）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -869,147 +880,155 @@
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 康宁-尼亚加拉瀑布
                 <w:br/>
                 前往世界500强企业康宁的总部，参观全球最大的玻璃收藏博物馆，欣赏现场制作玻璃表演技术。午餐后，前往著名的沃特金斯峡谷。随后抵达尼亚加拉大瀑布，游览瀑布国家公园，眺望「美国瀑布」，「马蹄瀑布」及「新娘面纱瀑布」。水势一泻千里，雷霆万钧，亲身体验那份磅礡的气势，尤如万马奔腾。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
-                康宁玻璃中心（自费，约90分钟）→ 沃特金斯峡谷州立公园+五指湖（自费，约90分钟，沃特金斯州立公园关闭后关闭后行程将不再前往）→ 尼亚加拉瀑布夜景游（必付项目，约90分钟）
+                <w:br/>
+                康宁玻璃中心（自费，90分钟）→ 沃特金斯峡谷州立公园+五指湖（自费，90分钟，仅限沃特金斯峡谷州立公园开放期间前往）→ 尼亚加拉瀑布夜景游（必付项目，90分钟）
                 <w:br/>
                 <w:br/>
                 特别说明：
                 <w:br/>
-                1. 沃特金斯峡谷州立公园是夏天行程，在峡谷开放（一般是每年4-10月）后执行，实际入园日期请以官网披露为准。
+                1. 沃特金斯峡谷州立公园+五指湖是夏季行程，在州立公园开放（一般是每年5-10月）后前往，实际入园日期请以官网披露为准；公园关闭后，沃特金斯峡谷州立公园+五指湖将不再前往。
                 <w:br/>
                 2. 为了保障客人更好的旅行体验，保证客人当天可以观看到瀑布的烟火表演（该日无烟火表演除外）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sleep Inn Amherst 或 同级</w:t>
+              <w:t xml:space="preserve">Crowne Plaza Niagara Falls NY - Riverside by IHG 或 同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 尼亚加拉瀑布-波士顿
                 <w:br/>
                 今天我们将在瀑布进行一系列活动，在尼亚加拉瀑布从水上及陆地上两种视角了解大瀑布的前世今生。随后我们将驱车前往波士顿。
                 <w:br/>
                 <w:br/>
+                <w:br/>
+                <w:br/>
                 夏季行程安排（以雾中少女号观瀑船开启开始）：
                 <w:br/>
+                <w:br/>
                 尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡州立公园+风之洞+雾中少女号观瀑船）→ 波士顿
                 <w:br/>
                 <w:br/>
                 冬季行程安排（以雾中少女号观瀑船关闭开始）：
                 <w:br/>
+                <w:br/>
                 尼亚加拉瀑布经典游（自费，2.5小时，包含旋涡州立公园+风之洞+古堡州立公园）→ 波士顿
                 <w:br/>
                 <w:br/>
-                特别说明：雾中少女号观瀑船，4月底-10月对外开放（视河面冰冻情况而定），游船关闭后行程将不再前往该景点，具体关闭时间以景点实际通知为准。
+                特别说明：
+                <w:br/>
+                <w:br/>
+                1. 雾中少女号观瀑船，4月底-10月对外开放（视河面冰冻情况而定），游船关闭后行程将不再前往该景点，具体关闭时间以景点实际通知为准。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1046,54 +1065,71 @@
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 波士顿-纽约
                 <w:br/>
                 波士顿是一个历史悠久的城市，但同时也是最年轻的城市，这里的高端学府以及许多的第一次都使这座城市焕发新的生机。今天我们将开启第一之旅，感受波士顿浓浓的历史风味。并在昆西市场感受波士顿古老的文化遗产，购买纪念品与品尝地道美食。最后我们将回到纽约。
                 <w:br/>
                 <w:br/>
                 行程安排：
                 <w:br/>
+                <w:br/>
                 酒店出发 → 美国第一之旅（必付项目，3小时）→  昆西市场+波士顿龙虾餐（龙虾餐自费，70分钟）→ 波士顿送机 → 纽约送机
                 <w:br/>
                 <w:br/>
                 美国第一之旅：哈佛大学（1小时，包含校园官方导览）→ The Old State House（美国革命的诞生地，《独立宣言》首次发表的地方）→ 美国第一个地铁系统 → 美国第一个公共公园 → 美国第一座公共植物园 → 美国第一个公众投资的大型免费市立图书馆
+                <w:br/>
+                <w:br/>
+                离团地点：
+                <w:br/>
+                送机：肯尼迪国际机场 JFK(机场)；详细地址：Queens, NY 11430, United States； 请预定20:00 后起飞的航班。
+                <w:br/>
+                送机：拉瓜迪亚机场 LGA(机场)；详细地址：East Elmhurst, NY 11371, United States； 请预定19:00 后起飞的航班
+                <w:br/>
+                <w:br/>
+                波士顿罗根机场 BOS(机场)；详细地址：East Boston, MA 02128； 请预定14:00后起飞的航班。
+                <w:br/>
+                泽西市：Newport Plaza 于18街的出口，ACME超市边上；详细地址：125 Eighteenth St, Jersey City, NJ 07310； 此送站点需加收送站费用：$70 /单程（涵盖第一第二人，第三人起每多一位加多$10）。
+                <w:br/>
+                曼哈顿：唐人街 75 Chrystie St；详细地址：75 Chrystie St, New York, NY 10002 ； 
+                <w:br/>
+                法拉盛：敦城酒家；详细地址：133-30 39th Ave, Flushing, NY 11354；
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1883,51 +1919,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>