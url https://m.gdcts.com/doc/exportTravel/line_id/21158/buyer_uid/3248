--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -343,53 +343,81 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州--衢州   CZ6289   09:50-11:55
-[...1 lines deleted...]
-                回程：衢州--广州  CZ6290   12:45-14:45
+                0926日开始 航班换季  参考航班如下
+                <w:br/>
+                逢周一出发
+                <w:br/>
+                去程：CZ6289/07:50-09:50广州-衢州
+                <w:br/>
+                回程：CZ6290/11:00-12:55衢州-广州
+                <w:br/>
+                逢周三出发
+                <w:br/>
+                去程：CZ6289/08:15-10:05广州-衢州
+                <w:br/>
+                回程：CZ6290/10:50-13:00衢州-广州
+                <w:br/>
+                逢周五出发
+                <w:br/>
+                去程：CZ6289/08:20-10:05广州-衢州
+                <w:br/>
+                回程：CZ6290/10:50-12:50衢州-广州
+                <w:br/>
+                逢周六出发
+                <w:br/>
+                去程：CZ6289/08:15-11:05广州-衢州
+                <w:br/>
+                回程：CZ6290/11:05-13:10衢州-广州
+                <w:br/>
+                逢周日出发
+                <w:br/>
+                去程：CZ6289/08:15-10:05广州-衢州
+                <w:br/>
+                回程：CZ6290/10:50-12:50衢州-广州
                 <w:br/>
                 （具体航班时间以实际出票为准）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -577,53 +605,53 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-衢州孔庙-望仙谷
                 <w:br/>
-                于广州白云机场集合出发前往衢州（参考航班：CZ6289/09:50-11:55）抵达后导游接团
-[...1 lines deleted...]
-                游览：【衢州孔庙】全国仅存的两个孔氏家庙之一，素称南宗，为全国重点文物保护单位。整个古建筑群肃穆凝重，洋溢着浓郁的儒家文化氛围。据史料记载，北宋末年，金兵南侵，宋高宗赵构仓促南渡，建都于临安，孔子第48代裔孙孔端友，负着孔子和孔子夫人的楷木像，离开山东曲阜，南迁至此，后敕建孔氏家庙，为宗庙。
+                于广州白云机场集合出发前往衢州，抵达后导游接团
+                <w:br/>
+                游览：【水亭门】水亭门是衢州国家级儒学文化产业园核心区的重要组成部分 ，也是古城的中央休闲区和市政府倾力打造的5A级景区主景点 。水亭门历史文化街区以"儒学文化 "为背景，以"南孔朝圣地、中国水亭门 "为目标，街区包括休闲体验 、文创零售 、餐饮美食 、艺术空间 、美体养生 、VR科技 、国学书院 、酒店客栈等业态，成为"城市旅游、文创商业"的时尚聚集地。
                 <w:br/>
                 游览：抖音热门景区—清明上河图【仙境望仙谷】，游【青云桥】我们面前的这座桥叫青云桥，这是一座单拱钢结构大桥，跨度 35 米。大家一定会问，青云桥为什么是红色的？在青云桥这个位置，原来有一座木质的微拱桥，因为年份久远 已经毁坏了。微拱桥因为弧度小，走在上面好像走平地一样，不知 不觉中就来到了桥顶，有点“平步青云”的感觉，取这个好彩头， 就得名青云桥。【寻仙路】过了青云桥，再踏青云梯，从此鸿运当头。我们现在走的这条 栈道叫寻仙路，既有青石板路，也有峡谷栈道，顺应天然的地形， 曲折回转，蜿蜒在九牛峡谷之中。山里的步道从古至今用的都是这 种很粗糙的毛石，具有防滑的作用，这也是我们古代工匠智慧的体 现。栈道沿途鸟声啾啾，水声潺潺，四时之景也各有不同。【廊桥】沿河而建的这座建筑叫廊桥，是典型的江西风雨廊桥的形态， 桥体采用了抬梁式架构，在立柱上架梁，梁上又抬梁，层层叠落一 直到屋脊，各个梁头上再架上檩条同来承托屋椽，结构和工艺十分复杂。后入住酒店！后入住民宿！ 
                 <w:br/>
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。 
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -934,53 +962,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 屯溪-衢州-广州
                 <w:br/>
-                早餐后，乘车前往衢州
-[...1 lines deleted...]
-                游览：【水亭门】水亭门是衢州国家级儒学文化产业园核心区的重要组成部分 ，也是古城的中央休闲区和市政府倾力打造的5A级景区主景点 。水亭门历史文化街区以"儒学文化 "为背景，以"南孔朝圣地、中国水亭门 "为目标，街区包括休闲体验 、文创零售 、餐饮美食 、艺术空间 、美体养生 、VR科技 、国学书院 、酒店客栈等业态，成为"城市旅游、文创商业"的时尚聚集地。后乘车前往衢州机场，乘飞机返广州（参考航班：CZ6290/12:45-14:45），结束愉快旅程！
+                早餐后，乘车前往衢州，后乘车前往衢州机场，乘飞机返广州 ，结束愉快旅程！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1742,51 +1768,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>