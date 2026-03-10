--- v0 (2025-12-15)
+++ v1 (2026-03-10)
@@ -677,51 +677,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 深圳 -开罗
                 <w:br/>
-                抵达后接机，前往世界著名的埃及博物馆（入内参观约2小时），宏伟华丽的博物馆藏有63000多件文物，件件闪耀着古老文明的光彩，是世界博物馆之明珠。
+                达后接机，前往世界著名的埃及博物馆（入内参观约2小时），宏伟华丽的博物馆藏有63000多件文物，件件闪耀着古老文明的光彩，是世界博物馆之明珠。
                 <w:br/>
                 中午特别安排金字塔旁景观餐厅享用午餐。
                 <w:br/>
                 参观世界七大奇迹之一的吉萨金字塔群（约1个半小时）；包括胡夫金字塔 、哈芙拉金字塔 、以及神秘的狮身人面像（约30分钟），吉萨区的金字塔的伟大在于其外形建筑而举世闻名，及其坚贞的守护神狮身人面像，令您惊叹不已。
                 <w:br/>
                 当地餐厅享用中式晚餐，安排入住酒店休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -765,53 +765,53 @@
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开罗-亚历山大-开罗
                 <w:br/>
                 酒店早餐后，乘车赴【亚历山大】，参观罗马皇帝建起的仅剩一根的【庞贝之柱】（参观约45分钟）
                 <w:br/>
                 中午特别安排享用当地烤鱼餐
                 <w:br/>
-                前往【灯塔遗址】，欣赏地中海风景(外观约30分钟)，【外观亚历山大图书馆】。
-[...1 lines deleted...]
-                前往【参观凯特贝城堡】，海防堡是一座历史悠久的军事防御工事，其坚固的城墙和塔楼见证了海岸线上的风雨岁月。它以其雄伟的建筑风格和战略位置著称，俯瞰着波涛汹涌的大海，曾是保护海岸线安全的重要堡垒。如今，它不仅是历史的见证，也成为了游客探索海防历史的热门景点。（参观约1小时）”返回开罗，晚上特别安排特别安排当地餐厅享用特色鸽子餐。
+                前往【灯塔遗址】，欣赏地中海风景，参观【凯特贝城堡】，海防堡是一座历史悠久的军事防御工事，其坚固的城墙和塔楼见证了海岸线上的风雨岁月。它以其雄伟的建筑风格和战略位置著称，俯瞰着波涛汹涌的大海，曾是保护海岸线安全的重要堡垒。如今，它不仅是历史的见证，也成为了游客探索海防历史的热门景点。（参观约1小时）；外观【亚历山大图书馆】。
+                <w:br/>
+                返回开罗，晚上特别安排特别安排当地餐厅享用特色鸽子餐。
                 <w:br/>
                 晚餐后，送入酒店休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：烤鱼午餐     晚餐：当地鸽子餐   </w:t>
             </w:r>
           </w:p>
@@ -847,51 +847,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开罗
                 <w:br/>
-                酒店早餐后，前往参观世界最大的【大埃及博物馆】目前仅开放公共区域“大楼梯”等，其余展厅暂未开放，敬请谅解），博物馆的外观设计亮点在于其随时间而变幻光影的大型石制立面，并且建筑设有三条呈放射状的视觉轴线，以此呼应其背景中的三座金字塔，建筑主体紧邻著名的吉萨高地金字塔群。大埃及博物馆工程是“世界上重要的文化工程之一”。馆内开放的公共区域“大楼梯”，是大埃及博物馆内的一条重要走廊，其上陈列着数十件古埃及法老时期的巨型雕像及雕刻作品。（备注：如遇埃及大博物馆闭馆，则改为埃及文明博物馆参观）（入内参观约2小时）
+                酒店早餐后，前往参观世界最大的【大埃及博物馆】，博物馆的外观设计亮点在于其随时间而变幻光影的大型石制立面，并且建筑设有三条呈放射状的视觉轴线，以此呼应其背景中的三座金字塔，建筑主体紧邻著名的吉萨高地金字塔群。大埃及博物馆工程是“世界上重要的文化工程之一”。馆内开放的公共区域“大楼梯”，是大埃及博物馆内的一条重要走廊，其上陈列着数十件古埃及法老时期的巨型雕像及雕刻作品。（入内参观约2小时）
                 <w:br/>
                 中午特别安排前往艾资哈尔公园享受户外烤肉餐。
                 <w:br/>
                 参观萨拉丁城堡，位于开罗城东郊的穆盖塔姆山上，是12世纪时期萨拉丁为抗击十字军东征而建成。（游览时间：约1小时）。
                 <w:br/>
                 前往前往参观圣母玛丽亚教堂、伊斯兰教老城区、阿米尔清真寺(游览时间:约1小时)。
                 <w:br/>
                 前往开罗老城区游览，特别安排在街道旁古老的咖啡厅休息喝茶或咖啡点上点心下午茶，学习埃及棋，有兴趣的话可免费品尝阿拉伯水烟，品味繁荣的古开罗城。
                 <w:br/>
                 之后前往汗哈利利市场享受自由购物的乐趣。
                 <w:br/>
                 晚餐后，送入酒店休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -1463,51 +1463,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                .国际交通：国际间往返经济舱团体机票、机场税。 
+                1.国际交通：国际间往返经济舱团体机票、机场税。 
                 <w:br/>
                 2.住宿：行程中所列星级酒店的双人间。
                 <w:br/>
                 3.用车：境外旅游巴士及外籍司机；（根据团队人数，保证一人一座）;
                 <w:br/>
                 4.用餐： 行程中所列餐食，午晚餐为中式团队餐（10-12人一桌，餐标十菜一汤)或特色餐（以行程为准）。
                 <w:br/>
                 5.门票： 行程中所列景点的首道门票（不含景区内的二道门票及个人消费）。
                 <w:br/>
                 6.导游司机标准：全程中文领队，境外专业司机和中文导游或司机兼导游。
                 <w:br/>
                 7.旅行社责任险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1861,51 +1861,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>