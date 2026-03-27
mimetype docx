--- v0 (2025-10-24)
+++ v1 (2026-03-27)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">众行越野肯尼亚 10天7晚 | 安博塞利国家保护区 | 长颈鹿公园 | 马拉河区域 | 纳瓦沙湖 | 纳库鲁国家公园 |爱尔莎庄园 （广州CZ）行程单</w:t>
+        <w:t xml:space="preserve">众行越野疯狂马赛马拉肯尼亚 10天7晚 | 安博塞利国家保护区 | 长颈鹿公园 | 马拉河区域 | 纳瓦沙湖 | 纳库鲁国家公园 |爱尔莎庄园 （广州CZ）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -392,90 +392,101 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                2025年迭代新升级（2024年超过1000人出行）
-[...1 lines deleted...]
-                 赠送一次丛林safari 英式Beer time
+                #2026，迭代新升级
+                <w:br/>
+                 市场独家！马赛马拉荒野徒步！在马赛学者陪同下，亲临马赛之巅
+                <w:br/>
+                 零食随享，安排随车特色零食包
+                <w:br/>
+                 强势资源，3晚马赛马拉连住
+                <w:br/>
+                 2次全天马赛马拉游览，好玩更尽兴
+                <w:br/>
+                <w:br/>
+                #市场领先，好评延续
+                <w:br/>
+                 赠送一次丛林英式Beer time
                 <w:br/>
                  牛津学者讲非洲五霸视频课堂
                 <w:br/>
                  赠送国际插头、安排随车音响
                 <w:br/>
                  越野车不超过6客一台车
                 <w:br/>
                  特别创新升级印度洋龙虾餐
                 <w:br/>
                  赠送价值95美金 纳瓦沙游船+爱尔莎庄园下午茶
                 <w:br/>
                 <w:br/>
-                必选理由：
-[...1 lines deleted...]
-                 坚持2次入园马赛马拉+入内纳库鲁
+                #必选理由：
+                <w:br/>
+                 坚持2次入园马赛马拉，2次入园更尽兴
                 <w:br/>
                  全程精选特色酒店，全年超千人入住反馈
                 <w:br/>
                  赠送日落香槟+篝火晚会
                 <w:br/>
                  特别赠送长颈鹿公园
                 <w:br/>
                 <w:br/>
-                五大园区一网打尽：
+                #五大园区一网打尽：
                 <w:br/>
                  马赛马拉国家野生动物保护区
                 <w:br/>
                  船游鸟类天堂纳瓦沙湖
                 <w:br/>
                  安博塞利 大象生活天堂，仰望非洲第一高峰，乞力马扎罗山
                 <w:br/>
                  长颈鹿公园：喂养罗斯柴尔德长颈鹿
                 <w:br/>
-                 纳库鲁  黑白犀牛
-[...2 lines deleted...]
-                精选航线：广州往返乘坐中国南方航空班机前往内罗毕（经停长沙），+500可申请全国联运。
+                 爱尔莎庄园，聆听人与自然的和谐故事
+                <w:br/>
+                <w:br/>
+                精选航线：广州起止往返内罗毕，+500可申请全国联运。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -832,150 +843,153 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                内罗毕-途径东非大裂谷-马赛马拉国家保护区（车约5小时）
-[...3 lines deleted...]
-                下午：【马赛马拉国家野生动物保护区】动物追踪（游览2小时）位于肯尼亚西南部与坦桑尼亚交界地区，与坦桑尼亚塞伦盖蒂动物保护区相连。该保护区始建于1961年，面积达1800平方公里。保护区内动物繁多，数量庞大，约有95种哺乳动物和450种鸟类，是世界上最好的野生动物保护区之一。（角马过河的奇观受到自然因素影响，旅行社无法保证一定能观看到，也不接受此类投诉，敬请谅解）入住酒店休息。
+                内罗毕-途径东非大裂谷-埃尔门泰塔酒店-船游纳瓦沙（车约4小时）-爱尔莎庄园下午茶-酒店
+                <w:br/>
+                上午：早餐后，驱车前往埃尔门泰塔酒店。
+                <w:br/>
+                途径东非大裂谷 这条长度相当于地球周长1/6的大裂谷，气势宏伟，景色壮观，是世界上最大的裂谷带，有人形象地将其称为“地球表皮上的一条大伤痕”；这条长度相当于地球周长1/6的大裂谷，气势宏伟，景色壮观。在此停留并拍照留念（约20分钟）。
+                <w:br/>
+                下午：特别安排乘船游览东非大裂谷最美湖泊【纳瓦沙湖】。纳瓦沙湖是东非大裂谷中海拔最高的一个湖，安卧在裂谷中心，海拔却有1890米。她的阴晴与枯荣，壮丽和柔美吸引着一批又一批的游客，纳瓦沙湖也是观赏各类野生鸟类极佳的地点之一。（野生鸟类的观赏受到自然因素影响，旅行社无法保证一定能观看到）
+                <w:br/>
+                前往【爱尔莎庄园】参观。爱尔莎庄园是肯尼亚奈瓦沙湖畔的自然保护教育中心与历史地标，因《生而自由》（Born Free）中小狮子爱尔莎的真实故事而闻名，也是乔治・亚当森与乔伊・亚当森夫妇的故居与保护区。在这里，我们享用英式下午茶。
+                <w:br/>
+                后返回酒店休息。
                 <w:br/>
                 <w:br/>
                 推荐自选项目：
                 <w:br/>
-                1.马赛村参观游览
+                1、游览星月岛徒步约1小时（星月岛属于纳瓦莎地名，并非岛屿）
+                <w:br/>
+                纳瓦沙湖徒步
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">入住马赛马拉当地特色酒店MARA CHUI LODGE/ Mara aa lodge 或同级酒店</w:t>
+              <w:t xml:space="preserve">入住埃尔门泰塔湖湖滨特色酒店Jacaranda Lake Elementaita Lodge或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                马赛马拉国家保护区-beertime（赠送酒店日落香槟）
-[...7 lines deleted...]
-                入住酒店休息。
+                埃尔门泰塔酒店-马赛马拉国家保护区-荒野徒步（马赛最高峰）
+                <w:br/>
+                上午：早餐后，驱车前往【马赛马拉国家野生动物保护区】。保护区内有约 95 种哺乳动物和 450 种鸟类，是地球上大型野生哺乳动物集中的栖息地，常见的动物有狮子、大象、野牛、羚羊、斑马、长颈鹿等，也是众多食肉动物的家园。入住酒店，后自由活动。
+                <w:br/>
+                下午：独家安排【马赛马拉荒野徒步】。从酒店出发，前往马赛马拉大草原最高峰（Mount lenganishu (Megwara)。在马赛向导的陪同下，进行自然探索徒步活动，沿途马赛向导将带您领略东非草原的独特魅力。（赠送项目，如因天气或当地政策变化无法安排，费用不退）
+                <w:br/>
                 <w:br/>
                 推荐自选项目：
                 <w:br/>
-                1.热气球
-[...1 lines deleted...]
-                2.马拉河徒步
+                1.马赛村参观游览
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：打包午餐盒     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1007,255 +1021,263 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                马赛马拉国家保护区-船游纳瓦沙（车约4小时）-爱尔莎庄园下午茶-埃尔门泰塔酒店
-[...6 lines deleted...]
-                <w:br/>
+                马赛马拉
+                <w:br/>
+                全天：酒店早餐后，携带午餐打包盒+享受Beer Time。
+                <w:br/>
+                前往【马拉河区域】继续动物追踪（约从8点-15点）。位于肯尼亚西南部与坦桑尼亚交界地区，与坦桑尼亚塞伦盖蒂动物保护区相连。该保护区始建于1961年，面积达1800平方公里。保护区内动物繁多，数量庞大，约有95种哺乳动物和450种鸟类，是世界上最好的野生动物保护区之一。（角马过河的奇观受到自然因素影响，旅行社无法保证一定能观看到，也不接受此类投诉，敬请谅解）
+                <w:br/>
+                17点左右安排马赛马拉日落香槟SUN DOWNER.加 篝火晚会.（如果天气不允许则无法安排，赠送项目不用不退）
+                <w:br/>
+                入住酒店休息。
                 <w:br/>
                 推荐自选项目：
                 <w:br/>
-                游览星月岛徒步约1小时（星月岛属于纳瓦莎地名，并非岛屿）
+                1.热气球
+                <w:br/>
+                2.马拉河徒步
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">入住埃尔门泰塔湖湖滨特色酒店Jacaranda Lake Elementaita Lodge或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：打包午餐     晚餐：酒店晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">入住马赛马拉当地特色酒店Mara Chui Lodge/ Mara AA Lodge 或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                埃尔门泰塔酒店-纳库鲁（车约1.5小时）-埃尔门泰塔酒店
-[...4 lines deleted...]
-                <w:br/>
+                马赛马拉
+                <w:br/>
+                全天：酒店早餐后，携带午餐打包盒前往马赛马拉进行游览。（全天游览约从8点-15点）
+                <w:br/>
+                前往【马拉河区域】继续动物追踪。位于肯尼亚西南部与坦桑尼亚交界地区，与坦桑尼亚塞伦盖蒂动物保护区相连。该保护区始建于1961年，面积达1800平方公里。保护区内动物繁多，数量庞大，约有95种哺乳动物和450种鸟类，是世界上最好的野生动物保护区之一。（角马过河的奇观受到自然因素影响，旅行社无法保证一定能观看到，也不接受此类投诉，敬请谅解）
+                <w:br/>
+                入住酒店休息。
                 <w:br/>
                 推荐自选项目：
                 <w:br/>
-                埃尔门泰塔湖园区游览1-2小时.
+                1.热气球
+                <w:br/>
+                2.马拉河徒步
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：打包午餐/酒店午餐     晚餐：酒店晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">入住埃尔门泰塔湖湖滨特色酒店Jacaranda Lake Elementaita Lodge或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：打包午餐     晚餐：酒店晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">入住马赛马拉当地特色酒店Mara Chui Lodge/ Mara AA Lodge 或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                埃尔门泰塔酒店-内罗毕（车约2.5小时）
+                马赛马拉-内罗毕（车约5小时）-内罗毕市区观光-当地超市
                 <w:br/>
                 上午：酒店早餐后，返回内罗毕。
                 <w:br/>
-                下午：前往超市自由购物（非旅行社安排购物店），可以选择你喜欢的具有肯尼亚手信。晚餐后,入住酒店休息。
+                下午：前往内罗毕【市区游览】，外观肯尼亚最高法院、肯雅塔国际会议中心、议会等。乘车前往肯尼亚的超市自由购物当地特产如咖啡，红茶和肯尼亚豆等。
+                <w:br/>
+                前往超市自由购物（非旅行社安排购物店），可以选择你喜欢的具有肯尼亚手信。晚餐后,入住酒店休息。
                 <w:br/>
                 <w:br/>
                 推荐自费项目：
                 <w:br/>
                 1.凯伦故居 
                 <w:br/>
                 2.国家博物馆
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团队餐     晚餐：中式团队餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：火锅午餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">入住内罗毕市区特色酒店Eastland Hotel  或同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1266,51 +1288,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                内罗毕-广州（参考航班：CZ6044    NBOCAN  1500 - 1120+1 ——经停长沙 总飞行15H）
+                内罗毕-广州（参考航班：CZ6044    NBOCAN  1500 - 1120+1，总飞行15小时15分）
                 <w:br/>
                 上午：酒店早餐后，前往内罗毕国际机场，返回国内。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：飞机套   </w:t>
             </w:r>
           </w:p>
@@ -2019,51 +2041,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>