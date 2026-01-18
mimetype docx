--- v0 (2025-12-15)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">国庆【秀美江西】高铁5天｜南昌 | 庐山主景 | 婺源篁岭 | 婺女洲度假区 | 仙境三清山 | 网红望仙谷 | 瓷都景德镇行程单</w:t>
+        <w:t xml:space="preserve">春节【秀美江西】高铁5天｜南昌 | 庐山主景 | 婺源篁岭 | 婺女洲度假区 | 仙境三清山 | 网红望仙谷 | 瓷都景德镇行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -345,114 +345,122 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 去程：广州东-南昌G3070/10:30-15:15或其他车次
                 <w:br/>
-                回程：南昌南-广州东G3085/18:59-23:04或其他车次
-[...3 lines deleted...]
-                节假日高铁票紧张，可能会出现长沙南中转，广州南、广州东、广州白云站均有可能，以实际出票为准，不接受指定时间与站点，由此带来不便，敬请谅解！
+                回程：南昌南-广州东G3085/18:23-23:00或其他车次
+                <w:br/>
+                备注：节假日高铁票紧张，可能会出现长沙南中转，广州南、广州东、广州白云、广州新塘站均有可能，以实际出票为准，不接受指定时间与站点，由此带来不便，敬请谅解！
                 <w:br/>
                 （根据铁路局2020年最新通知,所有高铁票或火车票一经票点出票，都需要持客人身份证原件方可退票或者改签，由此带来不便，敬请谅解）
                 <w:br/>
                 （注意：由铁路票务系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！ ）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 一次出行：游遍匡庐奇秀甲天下”之美誉—庐山主景，“西太平洋边缘最美丽的花岗岩”-仙境三清山；最美乡村-婺源篁岭看徽派民居，最美晒秋，山居村落，鲜花小镇；婺源徽州不夜城-【婺女洲】白墙黑瓦，小桥流水，误入江南水墨画，夜晚沉浸式体验美轮美奂的灯光秀。
-[...1 lines deleted...]
-                ★ 打卡江西最in网红地--望仙谷，游藏在山谷里的“清明上河图”，赏绝壁神话，人间仙境。
+                ★ 诗画庐山迎新春，游如琴湖、花径、含鄱口。住景区内赏云海星空，览险峰奇景，不负 “匡庐奇秀”。
+                <w:br/>
+                ★ 仙境三清山--“西太平洋边缘最美丽的花岗岩”，仙境新春祈福地，奇石云雾相伴。徒步西海栈道，览神龙戏松等景，山林清新里迎顺遂新岁。
+                <w:br/>
+                ★ 中国最美乡村--婺源篁岭：徽派古建映红灯，尝传统小吃，拾梦里乡愁；这里有最浓的年味，最精彩的民俗，让你沉浸式感受晒秋古村的新春烟火的魅力。
+                <w:br/>
+                ★ 徽州年味不夜城--婺女洲度假区：白墙黑瓦的徽派建筑被盛世烟花点亮，非遗打铁花如流星洒夜空，灿烂夺目；摊舞、皮影戏、徽剧等二十项民俗轮番上演，财神巡游送福添喜，盛世篝火晚会邀你共庆团圆。
+                <w:br/>
+                ★ 打卡江西最in网红地--望仙谷，山谷“清明上河图”藏新春韵味，赏绝壁神话，人间仙境，悬崖民宿、玻璃长桥相映；夜间崖壁灯光秀，小吃飘香，惬意十足。
+                <w:br/>
+                ★ 景德镇：作为瓷都，景德镇的新春藏着千年匠心。探访皇窑景区，古雅的园林中藏着手工制瓷的非遗技艺，看匠人指尖流转间诞生的瓷中珍品。
                 <w:br/>
                 ★ 优选住宿：全程入住网评4钻酒店，特别安排入住一晚婺女洲景区内+庐山景区内，沉浸式体验。
                 <w:br/>
-                ★ 品地方风味特色餐：【南昌赣菜宴】【婺源农家餐】【景德镇瓷器宴】【庐山三石宴】
+                ★ 年味美食盛宴：【婺源农家餐】【景德镇瓷器宴】【庐山三石宴】，舌尖品味徽州年味。
                 <w:br/>
                 ★ 长者优惠：65周岁以上可享受门票优惠280元/人；60-64周岁享受门票优惠60元/人；（需提供有效老人优惠证件，若证件无效，需补相应差价）
+                <w:br/>
+                ★ 美好时光回忆：赠送望仙谷航拍，无人机镜头带你穿越‘’仙侠秘境‘’，解锁你的云端旅行清单！
                 <w:br/>
                 ★ 纯净旅游：全程纯玩0购物，旅程更舒适。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -573,51 +581,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-南昌
                 <w:br/>
-                全天：广州东/广州白云/广州南站乘坐上午或下午高铁前往南昌（参考车次：G3062/07:30-11:48或G3070/10:30-15:15或其他车次）。各地贵宾抵达【南昌】，我社赠送接站服务（我司接站工作人员会提前在高铁站等候，接到后安排送您到酒店入住休息。）
+                全天：广州东/广州白云/广州南/广州新塘站乘坐上午或下午高铁前往南昌（参考车次：G3062/07:30-11:48或G3070/10:30-15:15或其他车次）。各地贵宾抵达【南昌】，我社赠送接站服务（我司接站工作人员会提前在高铁站等候，接到后安排送您到酒店入住休息。）
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.请因每位贵宾抵达时间有所差异，故无法安排行程，以下是自由活动推荐景点，各位贵宾可根据个人兴趣自行前往。
                 <w:br/>
                 2.第一天酒店入住后客人可以自行前往 滕王阁、八一起义纪念馆、万寿宫、秋水广场、中山路等地参观。
                 <w:br/>
                 <w:br/>
                 *1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。 
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 交通：高铁/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
@@ -1044,61 +1052,61 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.大交通：广州南/广州东/广州白云-南昌西，南昌南-广州东 往返高铁二等票；
-[...1 lines deleted...]
-                备注：节假日高铁票紧张，可能会出现长沙南中转，广州南、广州东、广州白云站均有可能，以实际出票为准，不接受指定时间与站点，由此带来不便，敬请谅解！
+                1.大交通：广州东/广州白云/广州南/广州新塘-南昌，南昌南-广州东 往返高铁二等票；
+                <w:br/>
+                备注：节假日高铁票紧张，可能会出现长沙南中转，广州南、广州东、广州白云、广州新塘站均有可能，以实际出票为准，不接受指定时间与站点，由此带来不便，敬请谅解！
                 <w:br/>
                 （根据铁路局2020年最新通知,所有高铁票或火车票一经票点出票，都需要持客人身份证原件方可退票或者改签，由此带来不便，敬请谅解）
                 <w:br/>
                 （注意：由铁路票务系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！ ）
                 <w:br/>
                 2. 住宿：全程入住网评4钻酒店；安排双人标间；酒店住宿若出现单男单女，客人须与其它同性客人同住，若不能服从旅行社安排或旅行社无法安排的，客人须当地补房差入住双人标间。
                 <w:br/>
-                3. 用餐：4早5正餐（正餐餐标35元/人餐；婺源农家餐50元/人餐；十人一桌，八菜一汤，人数若不足10人，菜式酌减或退餐费自理， 三清山山上中餐自理）。
+                3. 用餐：4早5正餐（正餐餐标40元/人餐；婺源农家餐50元/人餐；十人一桌，八菜一汤，人数若不足10人，菜式酌减或退餐费自理， 三清山山上中餐自理）。
                 <w:br/>
                 4. 门票：望仙谷（赠送大门票，不去不退），三清山大门票，婺女洲度假区（赠送大门票，不去不退），婺源篁岭大门票（赠送景点，不去不退），庐山大门票；
                 <w:br/>
                 5. 当地优秀专业导服。
                 <w:br/>
                 6. 当地旅游空调车（保证一人一个正座）；此线路因山路较多且地理环境较特殊大巴只适用底盘高国产旅游车，不便之处，敬请谅解。
                 <w:br/>
                 7.儿童安排：6岁以下按小童收费（含早餐；含正餐；占车位导服；不含往返高铁票，若需则自理；不含小孩床位；不含小孩景区大门票，产生自理）；
                 <w:br/>
                 6岁（含）～且未满14岁按中童收费（含早餐；含正餐；占车位导服；含儿童往返高铁票；不含小孩床位；含景点儿童半价大门票）；
                 <w:br/>
                 14岁（含）以上按大人收费；
                 <w:br/>
                 根据国铁集团通知，2023年1月1日起实行新的儿童票优惠政策，以后不按身高划定而以年龄划定优惠政策，具体优惠政策如下：6岁以下儿童免费，6岁（含）～且未满14岁儿童半价，14岁（含）以上购买成人票，购买儿童票实行实名制，儿童没有身份证，需提供户口本。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1804,51 +1812,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>