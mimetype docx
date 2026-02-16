--- v1 (2026-01-18)
+++ v2 (2026-02-16)
@@ -1812,51 +1812,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>