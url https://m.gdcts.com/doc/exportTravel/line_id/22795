--- v1 (2026-01-18)
+++ v2 (2026-02-12)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251211SP63834952</w:t>
+              <w:t xml:space="preserve">TX-20260206SP10317685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -400,51 +400,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：
+                *满目尽金黄 赏松山湖黄花风铃木
                 <w:br/>
                 *外观华为欧洲小镇、拍照圣地赞爆朋友圈
                 <w:br/>
                 *打卡国家4A景区、东莞新八景”之首-松湖烟雨
                 <w:br/>
                 *古典私家园林  百蝠晖春 夏日风情-粤晖园
                 <w:br/>
                 *品尝新鲜现炒自助素食  管饱管够
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -569,81 +569,81 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天：广州----粤晖园--午餐---松山湖--返程     含：午餐
+                广州----粤晖园--松山湖--返程
                 <w:br/>
                 早上于指定地点集中出发，乘坐旅游巴士前往【东莞粤晖园】（车程约1小时，游览约1.5小时）,粤晖园旅游景区为国家AAA级旅游景区，景区占地50万平方米，是中国最大的古典私家园林，建筑风格以仿明清建筑为主。景区巧引东江活水，河、湖、溪、澜纵横交错，荡漾在2000多米的榕荫水道，两岸奇花异树，青翠欲滴，极尽婉约柔美。它重现了岭南古建筑的神韵，是岭南园林的代表之作,,东部景区以一条长二千米的东江河水道为轴线，两旁是一个个古朴自然的建筑群，有泰来楼、南韵馆、香云外、粤晖茶庄等；南北部景区横跨河道中部，依次为东正门、百蝠晖春、蘩楼。其中，蘩楼是园中的主体建筑，气势宏伟。从东正门景区后可以看到的就是整个粤晖园最重要的景点“百蝠晖春”，它是全国最大的一幅砖雕，据说用了1600万块砖，耗时2年才得以完成。砖雕的主体乃一巨型蝠王，另有四只略小蝠王盘旋于蝠王左右，寓意着五福临门。南韵楼上有粤剧博物馆，介绍了粤剧的发展。游玩过园林后可以游船、烧烤、钓鱼，这里挺适合亲友聚会的。整体而言，粤晖园作为岭南风格的私家园林建筑很值得一看，它的布局精妙,杨柳依依，蕴含着清雅别致的古韵遗风。
                 <w:br/>
-                11:30前往东莞长安【现炒自助素食馆】（车程约1小时）新鲜现炒，自助素食馆享用午餐。
-[...1 lines deleted...]
-                14:00前往【松山湖景区】（车程约40分钟，游玩约1.5小时）位于松山湖科技产业园区内的松山湖生态景区，享有得天独厚的自然资源：8平方公里自然水源，42公里的亲水湖岸线，青葱峰峦环抱四周，树影婆娑郁郁葱葱，因其旖旎风光被莞人票选为“莞邑新八景之首”。作为松山湖的生态景区的核心景点之一【松湖烟雨】被评选为东莞八景之首，四周峰峦环抱，湖水清澈，湖鸟轻鸣。每当晨霭雨烟，松山湖宛如薄纱遮面的少女，含羞玉立，静穆凝神；雨霁虹出时分，湖面烟波浩渺，云蒸霞蔚；晓月晚风中，松山湖舟舸横掠，渔舟唱晚。沿悠长的湖岸线；亲水湖岸线青草如茵, 桃红柳绿, 争奇斗艳，缤纷醉人。峰峦绿树倒影湖底，波光烟雨青翠流荡，湖光山色相映生辉。浴露披霞，泛舟垂钓，散步、骑车、运动、阅读等，松湖烟雨景色怡人，步移景易，是享受闲情野趣、亲近自然、愉悦身心的绿色场所，将为东莞市民创造典雅、清新的休闲环境。湖面烟波浩渺，湖鸟轻鸣，雨霁虹出时分，云蒸霞蔚；以烟雨命名，突出其清晨及雨霁虹出时分的美丽景色，寓意松山湖的美好未来。
+                11:30前往东莞长安【现炒自助素食馆】（车程约1小时）新鲜现炒，自助素食馆享用午餐。（赠送午餐，如遇素食馆关闭，用餐请自理，不用费用不退）
+                <w:br/>
+                14:00前往【松山湖景区】（车程约40分钟，游玩约1.5小时）位于松山湖科技产业园区内的松山湖生态景区，享有得天独厚的自然资源：8平方公里自然水源，42公里的亲水湖岸线，青葱峰峦环抱四周，树影婆娑郁郁葱葱，因其旖旎风光被莞人票选为“莞邑新八景之首”。作为松山湖的生态景区的核心景点之一【松湖烟雨】被评选为东莞八景之首，四周峰峦环抱，湖水清澈，湖鸟轻鸣。每当晨霭雨烟，松山湖宛如薄纱遮面的少女，含羞玉立，静穆凝神；雨霁虹出时分，湖面烟波浩渺，云蒸霞蔚；晓月晚风中，松山湖舟舸横掠，渔舟唱晚。沿悠长的湖岸线；亲水湖岸线青草如茵, 桃红柳绿, 争奇斗艳，缤纷醉人。峰峦绿树倒影湖底，波光烟雨青翠流荡，湖光山色相映生辉。浴露披霞，泛舟垂钓，散步、骑车、运动、阅读等，松湖烟雨景色怡人，步移景易，是享受闲情野趣、亲近自然、愉悦身心的绿色场所，将为东莞市民创造典雅、清新的休闲环境。湖面烟波浩渺，湖鸟轻鸣，雨霁虹出时分，云蒸霞蔚；以烟雨命名，突出其清晨及雨霁虹出时分的美丽景色，寓意松山湖的美好未来，黄花风铃木是紫葳科风铃木属的落叶乔木，高可达 5 米。它的花冠呈金黄色，漏斗形，花缘皱曲，形似风铃，故而得名，在松山湖观赏黄花风铃木，游客可以漫步在花海中，感受春日的浪漫氛围。
                 <w:br/>
                 16:00 结束愉快行程，乘车返回广州！（车程约1小时）
                 <w:br/>
                 <w:br/>
                 --------【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】--------
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：自助素食馆（赠送项目，如遇素食馆关闭，请自理午餐，无费用退）     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -820,51 +820,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -912,95 +912,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
                 <w:br/>
                 2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
                 <w:br/>
                 3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
                 <w:br/>
                 4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
                 <w:br/>
                 5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
                 <w:br/>
                 6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
                 <w:br/>
                 （一）含有损害国家利益和民族尊严内容的。 
                 <w:br/>
                 （二）含有民族、种族、宗教歧视内容的。 
                 <w:br/>
                 （三）含有淫秽、赌博、涉毒内容的。 
                 <w:br/>
                 （四）其他含有违反法律、法规规定内容的。 
                 <w:br/>
                 如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
-            </w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">1、本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。70周岁以上长者的旅游意外保险保额减半。2、注意：由于节假日路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解！</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1040,51 +995,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>