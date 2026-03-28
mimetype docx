--- v3 (2026-03-07)
+++ v4 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【烟雨松湖】东莞1天游丨外观华为欧洲小镇丨逛东莞“小丽江”西溪古村行程单</w:t>
+        <w:t xml:space="preserve">【东莞生态美食1天】东莞松山湖黄花风铃木丨岭南园林粤晖园丨外观华为欧洲小镇行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20260206SP10317685</w:t>
+              <w:t xml:space="preserve">TX-20260320SP10317685</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -569,55 +569,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州----粤晖园--松山湖--返程
+                广州----粤晖园--午餐---松山湖--返程
                 <w:br/>
                 早上于指定地点集中出发，乘坐旅游巴士前往【东莞粤晖园】（车程约1小时，游览约1.5小时）,粤晖园旅游景区为国家AAA级旅游景区，景区占地50万平方米，是中国最大的古典私家园林，建筑风格以仿明清建筑为主。景区巧引东江活水，河、湖、溪、澜纵横交错，荡漾在2000多米的榕荫水道，两岸奇花异树，青翠欲滴，极尽婉约柔美。它重现了岭南古建筑的神韵，是岭南园林的代表之作,,东部景区以一条长二千米的东江河水道为轴线，两旁是一个个古朴自然的建筑群，有泰来楼、南韵馆、香云外、粤晖茶庄等；南北部景区横跨河道中部，依次为东正门、百蝠晖春、蘩楼。其中，蘩楼是园中的主体建筑，气势宏伟。从东正门景区后可以看到的就是整个粤晖园最重要的景点“百蝠晖春”，它是全国最大的一幅砖雕，据说用了1600万块砖，耗时2年才得以完成。砖雕的主体乃一巨型蝠王，另有四只略小蝠王盘旋于蝠王左右，寓意着五福临门。南韵楼上有粤剧博物馆，介绍了粤剧的发展。游玩过园林后可以游船、烧烤、钓鱼，这里挺适合亲友聚会的。整体而言，粤晖园作为岭南风格的私家园林建筑很值得一看，它的布局精妙,杨柳依依，蕴含着清雅别致的古韵遗风。
                 <w:br/>
-                11:30前往东莞长安【现炒自助素食馆】（车程约1小时）新鲜现炒，自助素食馆享用午餐。（赠送午餐，如遇素食馆关闭，用餐请自理，不用费用不退）
+                11:30前往东莞长安【现炒自助素食馆】（车程约1小时）新鲜现炒，自助素食馆享用午餐。
                 <w:br/>
                 14:00前往【松山湖景区】（车程约40分钟，游玩约1.5小时）位于松山湖科技产业园区内的松山湖生态景区，享有得天独厚的自然资源：8平方公里自然水源，42公里的亲水湖岸线，青葱峰峦环抱四周，树影婆娑郁郁葱葱，因其旖旎风光被莞人票选为“莞邑新八景之首”。作为松山湖的生态景区的核心景点之一【松湖烟雨】被评选为东莞八景之首，四周峰峦环抱，湖水清澈，湖鸟轻鸣。每当晨霭雨烟，松山湖宛如薄纱遮面的少女，含羞玉立，静穆凝神；雨霁虹出时分，湖面烟波浩渺，云蒸霞蔚；晓月晚风中，松山湖舟舸横掠，渔舟唱晚。沿悠长的湖岸线；亲水湖岸线青草如茵, 桃红柳绿, 争奇斗艳，缤纷醉人。峰峦绿树倒影湖底，波光烟雨青翠流荡，湖光山色相映生辉。浴露披霞，泛舟垂钓，散步、骑车、运动、阅读等，松湖烟雨景色怡人，步移景易，是享受闲情野趣、亲近自然、愉悦身心的绿色场所，将为东莞市民创造典雅、清新的休闲环境。湖面烟波浩渺，湖鸟轻鸣，雨霁虹出时分，云蒸霞蔚；以烟雨命名，突出其清晨及雨霁虹出时分的美丽景色，寓意松山湖的美好未来，黄花风铃木是紫葳科风铃木属的落叶乔木，高可达 5 米。它的花冠呈金黄色，漏斗形，花缘皱曲，形似风铃，故而得名，在松山湖观赏黄花风铃木，游客可以漫步在花海中，感受春日的浪漫氛围。
                 <w:br/>
                 16:00 结束愉快行程，乘车返回广州！（车程约1小时）
                 <w:br/>
                 <w:br/>
                 --------【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】--------
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -995,51 +995,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>