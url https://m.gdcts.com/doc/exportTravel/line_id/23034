--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -396,51 +396,51 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 √ 甄选新加坡酷航，广州正点直航新加坡；
                 <w:br/>
                 √ 畅玩两国，打卡经典线路：滨海湾花园户外广场、节庆大道、马来西亚太子城广场、水上清真寺、芸尚花园、双峰塔、圣保罗教堂；
                 <w:br/>
-                √ 品尝特色美食：新加坡南洋三宝、马来西亚肉骨茶、咖喱面包鸡、鲜味奶油虾、娘惹餐；
+                √ 品尝特色美食：新加坡海南鸡饭、马来西亚肉骨茶、咖喱面包鸡、鲜味奶油虾、娘惹餐；
                 <w:br/>
                 √ 升级住宿：3晚网评四钻酒店+升级1晚万豪旗下品牌酒店；
                 <w:br/>
                 √ 新加坡机场星耀樟宜，视觉盛宴为您呈现！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
@@ -1314,51 +1314,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海港百货/钻工业</w:t>
+              <w:t xml:space="preserve">永福珠宝店/DI珠宝店</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">钻石等首饰制品</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
@@ -1385,68 +1385,68 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">仁济堂/永泰行</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">金狮子油、双料膏等当地特色产品</w:t>
+              <w:t xml:space="preserve">新洲老店/仁济堂/永泰行</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">蜂疗、金狮子油、双料膏等当地特色产品</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">30 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1456,68 +1456,68 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">华盛南洋珍宝馆</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">沉香 金珍珠 砗磲</w:t>
+              <w:t xml:space="preserve">集品土产店 / 品利土产店 / 华盛南洋珍宝馆</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">沉香 金珍珠 砗磲/马来西亚特产 燕窝 东革阿里</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1527,68 +1527,68 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">舒适乳胶店/马来西亚特产专卖店</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">各式乳胶产品 床垫 枕头 寝具/马来西亚特产 燕窝 东革阿里</w:t>
+              <w:t xml:space="preserve">乳胶店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">各式乳胶产品 床垫 枕头 寝具</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -2038,51 +2038,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>