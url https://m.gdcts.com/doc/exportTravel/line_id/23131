--- v1 (2025-10-24)
+++ v2 (2026-03-10)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【特价游遍江西】江西韶关7天 | 庐山 | 三清山 | 游望仙谷 | 井冈山 | 鄱阳湖 | 婺源篁岭 | 宋城赣州行程单</w:t>
+        <w:t xml:space="preserve">【游遍江西】江西特价韶关7天 | 庐山 | 三清山 | 游望仙谷 | 井冈山 | 鄱阳湖 | 婺源 | 宋城赣州行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">YT-JX20250827-Y1</w:t>
+              <w:t xml:space="preserve">YT-JX20260309-Y1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -398,77 +398,75 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【中国革命摇篮.井冈山】—— 人民革命人民军队的摇篮、中国革命的摇篮名誉海内外；
                 <w:br/>
                 【5A秀美庐山】—— 以雄、奇、险、秀闻名于世，素有“匡庐奇秀甲天庐山被评为中国十大名山之一下”之誉。
                 <w:br/>
                 【5A仙境三清山】——三清山是道教名山，世界自然遗产地、世界地质公园、国家自然遗产、国家地质公园；
                 <w:br/>
-                【最美婺源】—— 江西婺源被誉为"中国最美的乡村，婺源历史悠久，文风鼎盛，享有“书乡”美誉。
+                【婺源油菜花】—— 婺源油菜花就是这样一种意韵，江西婺源被誉为"中国最美的乡村，余邵诗云：“油菜花开满地黄，丛间蝶舞蜜蜂忙，清风吹拂金波涌，飘溢醉人浓郁香。
                 <w:br/>
                 【夜游望仙谷】—— 从悬崖顶上朝鹤楼的灯光闪烁开始。”“望仙谷的灯光秀不同别处，自带玉宇琼楼的仙气；
                 <w:br/>
                 【船游鄱阳湖】—— 船游鄱阳湖和长江分界线,观石钟山外景。长江与鄱阳湖两水相汇之处,长江之水的浑浊与鄱阳湖之水的清,真可谓清浊分明道；
                 <w:br/>
                  【千年瓷都景德镇】—— 明清建筑风格，青砖黛瓦、风火山墙、雕梁花窗、回廊挂落、飞檐翘角，精工卓著，再现樟树药都千年古城风韵。
                 <w:br/>
                 【井冈山天街】—— 井冈山天街夜游以茨坪天街范围为游客带来多维度沉浸式互动光影体验,让其在体验夜游的同时，接受红色文化的熏陶
                 <w:br/>
                 【流坑古村】—— 千古第一村，规模宏大的传统建筑、风格独特的村落布局而闻名遐迩；
                 <w:br/>
                 【井冈山历史博物馆】—— 是中国第一个地方性革命史类博物馆，主要担负井冈山革命斗争历史陈列展览、宣传井冈山精神、管理保护井冈山革命纪念地旧居遗址等职责。荣获首批全国百个爱国主义教育示范基地。
                 <w:br/>
-                ★ 精品线路：畅游仙境三清山、登顶庐山、夜游“望仙谷”、“千古一村”流坑古村、船游鄱阳湖、婺源、千年瓷都景德镇、中国革命摇篮.井冈山。每个景点保证充足的游览时间，拒绝走马观花！
+                ★ 精品线路：畅游仙境三清山、登顶庐山、夜游“望仙谷”、“千古一村”流坑古村、船游鄱阳湖、婺源油菜花、千年瓷都景德镇、中国革命摇篮.井冈山。每个景点保证充足的游览时间，拒绝走马观花！
                 <w:br/>
                 ★ 尊享住宿：升级一晚独家超豪华流坑写生酒店+夜宿1晚望仙谷景区附近民宿+一晚准五温泉度假酒店（已含浸泡温泉）；
                 <w:br/>
                 ★ 品尝【望仙谷柴火宴】、【三清山生态宴】、【井冈山红军宴】 ；
                 <w:br/>
                 ★ 贴心赠送： 每日每人赠送一支矿泉水；
                 <w:br/>
                 ★ 三大赠送：每人赠送一张井冈山红旗雕塑电子留念照+三清山赠送一副登山杖+赠送神秘大礼包一份！
                 <w:br/>
                 ★ 贴心服务：24小时旅行管家服务，邀请优秀导游随团讲解，让您览尽经典景点！
-                <w:br/>
-                ★ 特别安排：安排一场盛大的篝火晚会！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -587,66 +585,66 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州南-韶关-赣州-流坑古村
                 <w:br/>
-                广州南乘高铁前往韶关（参考：08：00-09：30之间的高铁车次，具体以实际出票为准）抵达后前往宋城赣州（车程约2.5小时）
-[...3 lines deleted...]
-                游览：【国宝公祠】该祠为五进式，宽23米，纵90余米，总面积为2097.6平方米，与总孝节祠、子祥公祠并排相连，始建于乾隆辛酉（1741年），后经过重修，祠前建立文献石牌坊与围栏石板，十分壮观（牌坊后毁于文革，只留下四个须弥座）。这也是当年红军教导团政治教育和军事训练的场地，如今是湖坪小学的一部分。此古老祠堂天井里有棵桂花树，仍像当年一样枝繁叶茂。旧址保存完好。也是当今保存完好的红军标语博物馆。
+                州南乘高铁前往韶关（参考：07:30-09：30之间的高铁车次，具体以实际出票为准）抵达后乘车前往宋城赣州（车程约2.5小时）
+                <w:br/>
+                游览：北宋为防洪水用砖石修筑的全国保存最完整的 3664 米的现仅存的宋代文化孤品建春门---【古浮桥】（游览30 分钟）浮桥长约400米，连接贡江的两端，由100多只小舟板并束之以缆绳相连而成，始建于宋乾道年间（1163—1173），已有800多年历史，也是至今唯一保存完整的宋代浮桥！
+                <w:br/>
+                游览： 【登云岭】登云岭景区位于抚州乐安县城区西北方向，总面积1100 亩。公园内分为九大功能区：主入口景观区主要景观有仿古大门牌坊、景观台 阶、雕塑广场八角亭等；休闲健身区新建了休闲广场、上山台阶、八角亭；文化 纪念区以革命烈士纪念碑为中心，植树纪念林为依托；生态疗养区设有人工湖、 星级酒店、广场及服务设施；湖光山色游览区以特色花海为主要景观，辅以植物 剪影墙、诗词歌赋等。
                 <w:br/>
                 游览：【流坑古村】村庄四面群山拥翠，江湖环流，樟柳掩映。现基本保留了明嘉靖至万历年间经董燧等官绅规划整建后的布局，为了让游客感受流坑古村的千年历史文化底蕴，古村推出大型沉浸式穿越情景体验演出《流芳》（演出以景区通知为准，如遇天气或景区政策性停演，无任何差价退还）整场演出以大旅行家徐霞客游历流坑的真实经历为主线，再现流坑市井生活画卷、朗朗书生气等场景，向游客展示流坑文化的传承不息。通过“引君入梦”“仕进振族”“以商兴村”“传承不息”等四大表演单元，带领游客们走入大型沉浸式实景体验空间。整个演绎的空间里，每个篇章串起来就是一个完成的故事，每一幕都是环环相扣。游客在现场观看时，须跟随演员和演出场地的变化，行进式地观看演出。
                 <w:br/>
                 <w:br/>
                 *1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。 
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 交通：高铁-汽车
                 <w:br/>
-                景点：灶儿巷  流坑古村
+                景点：流坑古村
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -680,57 +678,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 流坑古村-望仙谷
                 <w:br/>
                 早餐后，
                 <w:br/>
-                特别备注：6月1日起，取消游览【登云岭】，更换为景点【金竹瀑布】，敬请谅解！
-                <w:br/>
                 游览：【金竹瀑布】景区原始森林风貌保存完美，夏季凉爽宜人，避暑纳凉小庐山，冬季大雪纷飞，经久不化，南方赏雪非常出色之地，这里有浓厚的畲族风俗、有完好的革命遗址。金竹飞瀑谷（当地畲民称吓通瀑布群）谷里有自然形成、神态各异的大小瀑布26处，总落差400多米。虎啸瀑布（又称狗脑瀑布）落差达96米，气势磅礴，银珠飞溅，犹如仙境，全国少有，华东之首，传说是畲族先祖神犬盘瓠之化身。后乘车前往望仙谷
                 <w:br/>
-                游览：抖音热门景区—清明上河图【仙境望仙谷】（门票自理：70周岁以上免票，65-69周岁自理110元人，65周岁以下自理140元/人；），游【青云桥】我们面前的这座桥叫青云桥，这是一座单拱钢结构大桥，跨度 35 米。大家一定会问，青云桥为什么是红色的？在青云桥这个位置，原来有一座木质的微拱桥，因为年份久远 已经毁坏了。微拱桥因为弧度小，走在上面好像走平地一样，不知 不觉中就来到了桥顶，有点“平步青云”的感觉，取这个好彩头， 就得名青云桥。【寻仙路】过了青云桥，再踏青云梯，从此鸿运当头。我们现在走的这条 栈道叫寻仙路，既有青石板路，也有峡谷栈道，顺应天然的地形， 曲折回转，蜿蜒在九牛峡谷之中。山里的步道从古至今用的都是这 种很粗糙的毛石，具有防滑的作用，这也是我们古代工匠智慧的体 现。栈道沿途鸟声啾啾，水声潺潺，四时之景也各有不同。【廊桥】沿河而建的这座建筑叫廊桥，是典型的江西风雨廊桥的形态， 桥体采用了抬梁式架构，在立柱上架梁，梁上又抬梁，层层叠落一 直到屋脊，各个梁头上再架上檩条同来承托屋椽，结构和工艺十分复杂。
-[...1 lines deleted...]
-                “夜游望仙谷4D灯光秀，是从悬崖顶上朝鹤楼的灯光闪烁开始。”“望仙谷的灯光秀不同别处，自带玉宇琼楼的仙气。仰望白鹤崖，从朝鹤楼上喷薄而出的光柱，冲破雨雾，散发光芒。丝丝光柱，缕缕如烟，似箭，似柱，指向夜空。朝鹤楼的灯光秀，也不总是保持一种姿态。她时而直射，时而平扫，变换不同身姿，也变换不同色彩，多彩的灯光，轻抚山岚，时而如彩带，时而如秀发，飘飞仙谷，轻抚楼宇，绕过山涧，拥抱林木，最后将七彩余光照进瀑布，融入溪流，幻影成仙”。后前往入住民宿！
+                游览：抖音热门景区——【望仙谷】（门票自理：70周岁以上免票，65-69周岁自理110元人，65周岁以下自理140元/人；），游【青云桥】我们面前的这座桥叫青云桥，这是一座单拱钢结构大桥，跨度 35 米。大家一定会问，青云桥为什么是红色的？在青云桥这个位置，原来有一座木质的微拱桥，因为年份久远 已经毁坏了。微拱桥因为弧度小，走在上面好像走平地一样，不知 不觉中就来到了桥顶，有点“平步青云”的感觉，取这个好彩头， 就得名青云桥。【寻仙路】过了青云桥，再踏青云梯，从此鸿运当头。我们现在走的这条 栈道叫寻仙路，既有青石板路，也有峡谷栈道，顺应天然的地形， 曲折回转，蜿蜒在九牛峡谷之中。山里的步道从古至今用的都是这 种很粗糙的毛石，具有防滑的作用，这也是我们古代工匠智慧的体 现。栈道沿途鸟声啾啾，水声潺潺，四时之景也各有不同。【廊桥】沿河而建的这座建筑叫廊桥，是典型的江西风雨廊桥的形态， 桥体采用了抬梁式架构，在立柱上架梁，梁上又抬梁，层层叠落一 直到屋脊，各个梁头上再架上檩条同来承托屋椽，结构和工艺十分复杂。后前往民宿入住休息！
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：仙境望仙谷
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -768,141 +762,139 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 望仙谷-三清山
                 <w:br/>
                 早餐后
                 <w:br/>
-                游览：【三清山】（三清山门票自理：65周岁以上免门票，60-64周岁内补大门票60元/人，60周岁内需补三清山大门票差价120元/人）（不含三清山往返缆车125元/人），游【南清园景区】（游览时间3小时）（神龙戏松、一线天、司春女神、巨蟒出山、万笏朝天、仙苑秀峰、三龙出海等），游【西海岸景区】（游览时间1.5小时）(观仙人负松、观音送子、玉女献花、花果山、猴王献宝体会长达数千米无一台阶的高空栈道、观古松)，步行或乘缆车下山。结束后，入住酒店。
-[...3 lines deleted...]
-                晚上安排【盛大的篝火晚会】在这个怡人的夜晚里，一起围着火堆尽情跳舞，你可以尽情的放松你的身心,抛开琐碎的思绪，投入这场供篝火晚会的氛围里。(此项目为赠送:如遇天气原因，刮风下雨，或其他原因导致篝火不能进行，无任何费用可退，敬请知悉)！
+                游览：【三清山】（3月6-31号团队女士免门票，男士三清山门票自理：65周岁以上免门票，60-64周岁内补大门票60元/人，60周岁内需补三清山大门票差价120元/人）乘坐索道上山（不含往返索道125元/人），游览南清园景区：【司春女神】、【巨蟒出山】、【一线天】、【神龙戏松】、【玉台】、【玉女开怀】、【十里杜鹃林】、【三龙出海】、【狸猫待鼠】、【狸猫待鼠】【狸猫待鼠】【葛洪献丹】、【玉兔奔月】等）绝妙景色。游览东西海岸景区：【神童负松】、【山盟海誓】、【西霞港】、【西海港湾】、【观音送子】、【仙桥墩】、【妈祖导航】、【飞仙谷】、【翡翠谷】、【猴王观宝】，体验“邀松入景、盟石为友”的惬意，观赏西海晚霞的壮丽。之后乘坐索道下山。后前往酒店入住。备注:三清山山上物价高昂，食材全部依靠人工挑山上，食材成本极高。建议自带干粮上山!
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：三清山
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三清山脚卧龙大酒店或喜莱登酒店或婺源德鑫园或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">三清山脚卧龙大酒店或喜莱登酒店或金沙湾酒店或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 婺源-景德镇-石钟山-湖口
                 <w:br/>
-                早餐后
-[...5 lines deleted...]
-                乘车赴中国第一大淡水湖鄱阳湖（船票必须自理128元/人，赠送石钟山门票），景区素有“天下无双第一鞋，享有世界文化景观之美誉”。位于中国最大的淡水湖鄱阳湖中段，孤峰独特、雄踞中流，威镇鄱湖，以神奇峻拔，物华灵秀著称于世，是鄱阳湖中的第一绝景。后可乘船游览鄱阳湖和长江交汇处形成的天然绝景【江湖两色】，江水西来浑浊，湖水南来清澈，在千古名山石钟山下形成一条延绵50余里的清浊分界线，吸引了众多游客前来观赏。后游车赴苏轼《石钟山记》—【石钟山】（不去不退费）石钟山地势险要，陡峭峥嵘，因控扼长江及鄱阳湖，居高 临下，进可攻，退可守，号称“江湖锁钥”，自古即为军事要塞，成为兵家必争之地。登临山上，既可远眺庐山烟云；又可 近睹江湖清浊。后乘车前往酒店入住休息！
+                早餐后，乘车前往婺源
+                <w:br/>
+                游览：【月亮湾】（油菜花花期大约3月初至月尾，但由于油菜花受当地气候影响较大，可能会因具体天气导致观花不佳，敬请谅解。）月亮湾是半路上的一处小景点，因恰 如月亮的形态、隔岸徽派民居的典雅、周边秀美的景色相融合。偶有三五农妇临湖浆洗，时常引得路人纷纷驻足，深得游客喜爱，拍摄此时美景。以至成为摄影爱好者们最佳拍摄地之一。
+                <w:br/>
+                游览：【石门村】（油菜花花期大约3月初至月尾，但由于油菜花受当地气候影响较大，可能会因具体天气导致观花不佳，敬请谅解。）一个依山傍水的徽派古村，河流绕村而过，岸边古树参天，一弯如月小岛点缀在河道之间……沿着河边的青石板路走进石门村，白墙黛瓦的徽派民居掩映在青山绿水间。前往景德镇（车程约1.5小时）
+                <w:br/>
+                参观：国家3A级【景德镇陶瓷官窑研究所】（里面工艺作品可以售卖，不算购物店，请知悉），（瓷海陶瓷创意园是国家3A级旅游景区，属陶瓷工业类旅游景区。地处景德镇市国家陶瓷科技园内，距市区约6公里，是由景德镇本土陶瓷企业投资新建高档日用瓷、艺术瓷的生产基地和陶艺大师创作基地项目，着力打造成为集工业旅游、陶瓷文化传播为主题企业，乃至成为国内、国际陶瓷行业出名品牌。景区共投资1.5亿元，占地50余亩，厂房21000平方米，产品展示中心及附属办公设施8000平方米，建设有三条高档日用瓷和陈设艺术瓷生产线。
+                <w:br/>
+                乘车赴中国第一大淡水湖鄱阳湖，（必消自理128元/人，赠送石钟山景区门票），景区享有世界文化景观之美誉”。位于中国最大的淡水湖鄱阳湖中段，孤峰独特、雄踞中流，威镇鄱湖，以神奇峻拔，物华灵秀著称于世，是鄱阳湖中的第一绝景。后可乘船游览鄱阳湖和长江交汇处形成的天然绝景【江湖两色】，江水西来浑浊，湖水南来清澈，在千古名山石钟山下形成一条延绵50余里的清浊分界线，吸引了众多游客前来观赏。后赠游车赴苏轼《石钟山记》—【石钟山】（赠送无优无免，不去不退费）石钟山地势险要，陡峭峥嵘，因控扼长江及鄱阳湖，居高 临下，进可攻，退可守，号称“江湖锁钥”，自古即为军事要塞，成为兵家必争之地。登临山上，既可远眺庐山烟云；又可 近睹江湖清浊。后入住酒店！
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 自费项：鄱阳湖船票必须自理128元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
@@ -940,51 +932,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 庐山一樟树
                 <w:br/>
                 早餐后，
                 <w:br/>
-                车赴世界文化遗产-庐山(环保车90元/人不含)(门票自理：65周岁内，需补庐山大门票160元/人)
+                车赴世界文化遗产-庐山(环保车90元/人不含)(3月1-31日庐山免大门票160元，4月门票自理：65周岁内，需补庐山大门票160元/人，)
                 <w:br/>
                 车游：【如琴湖】、【芦林大桥】、游白居易所题“人间四月芳非尽，山专桃花始盛开”之【花径公园】，【白居易章堂】-【锦绣谷景区】(游览时间1.5小时)，朱元璋与陈友谅激战过且神龙巧救朱元璋的----【天桥】，无限风光在【险峰】，【仙人洞】---悬崖绝壁上一天生石洞，传为八仙之一吕洞宾的修仙之地，劲松、朱元璋御赐的【御碑亭】。
                 <w:br/>
                 参观【庐山会议旧址】在这个名胜之地召开的会议就叫庐山会议。古往今来，在庐山召开的会议并不止一次，这里说的庐山会议是专指，即:一九五九年七月二日到八月十六日，中共中央在庐山上举行的一次政治局扩大会议和中国共产党第八届第八次会议，又简称“八届八中全会”。
                 <w:br/>
                 参观：【庐山博物馆】（逢周一闭馆）原为芦林一号别墅。是中共中央1959年庐山会议结束后，为毛泽东同志再次来山准备的住所。1961年毛泽东第二次上山时，曾在此工作和休息过。至今。里面还保存着毛泽东的简朴卧室，室内陈设依旧，供游人参观(40分钟)。
                 <w:br/>
                 参观：庐山所特有的一处人文景观，展示风云变幻的中国现代史的一个侧面画----【美庐别墅】(游览40分钟，逢周三闭馆)，
                 <w:br/>
                 后前往樟树游览仿古街【樟树.三皇里】明清建筑风格，青砖黛瓦、风火山墙、雕梁花窗、回廊挂落、飞檐翘角...,精工卓著，再现樟树药都千年古城风韵。在业态定位上，项目将包含零售百货、药文化酒文化区、特色美食、民间工艺、古玩藏品、非遗产品、精品超市、主题酒店、景点观光等丰富业态汇集于此。入住酒店！
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1028,51 +1020,53 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 庐山-井冈山
                 <w:br/>
-                早餐后前往：【仁和集团】参观：仁和（集团）发展有限公司组 建于2001年，现已发展成为一家集药品、保健品生产销售于一体的 现代医药企业集团。通过成功的品牌运作，仁和集团现已形成由仁 和企业品牌和主导产品品牌组成的品牌集群。拥有妇炎洁、优卡丹、闪亮、仁和可立克等多个中国驰名商标。
+                早餐后
+                <w:br/>
+                前往：【仁和集团】参观：仁和（集团）发展有限公司组 建于2001年，现已发展成为一家集药品、保健品生产销售于一体的 现代医药企业集团。通过成功的品牌运作，仁和集团现已形成由仁 和企业品牌和主导产品品牌组成的品牌集群。拥有妇炎洁、优卡丹、闪亮、仁和可立克等多个中国驰名商标。
                 <w:br/>
                 参观：【井冈山红旗雕塑】留影给自己一个美好的回忆。为传承红色文化，弘扬伟大的红军精神，打造中国理想信念的精神高地、中国一流的旅游胜地，激发和唤起广大人民对红军战士峥嵘岁月里坚定信念、敢闯新路、勇于胜利的大无畏精神的追忆，井冈山在上山道路泰井高速连接线上计划设置八个以红军万岁为主题，以红色符号为元素的红军故乡情景工程。这项工程也旨在表达井冈儿女对红军的眷恋之情，并通过该工程的打造再一次鼓舞井冈儿女在实现“中国梦”的伟大实践中创造更大的辉煌。
                 <w:br/>
                 漫步【挹翠湖公园】位于茨坪中心，四周为茨坪的林荫大道所环绕，环境十分幽雅，也是憩息和玩赏的极好场所。公园占地面积120余亩，园内有挹翠湖、茶室、亭榭、盆趣园等游赏景点。园内有水面 80 多亩，湖心岛上山岩谲奇，蕙兰争艳。倚栏小憩，颇 有唐代诗人所描绘的“闲云潭影日悠悠”之趣。
                 <w:br/>
                 晚上可自行前往【天街】井冈山茨坪中心景区唯一一块最具规模的商业旺地，建筑设计规划采用现代理念，吸收徽派建筑和庐陵建筑的经典元素，一到晚上，成了游客休闲、购物、娱乐的好去处。
                 <w:br/>
                 井冈山红色旅游具有先天的资源优势与后天的开发力度。井冈山天街夜游以茨坪天街范围为游客带来多维度沉浸式互动光影体验，让其在体验夜游的同时，接受红色文化的熏陶。它的出现极大地丰富了井冈山夜游，其不仅促进了当地夜经济的发展，还加速了红色文化的传播。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 购物点：仁和集团需配合进入游览180分钟；不强制消费
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1120,51 +1114,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 井冈山-韶关-广州南
                 <w:br/>
                 早餐后
                 <w:br/>
                 参观：【北山烈士陵园】（参观1.5小时，逢周二闭馆）：陵园于1987年始建，同年10月建成并开放参观游览。1997年10月，由邓小平题字的"井冈山革命烈士纪念碑"落成剪彩。陵园整体建筑包括陵园门庭、纪念堂、碑林、雕像园、纪念碑五大部分。
                 <w:br/>
-                参观：【王佐旧居】（游览约40分钟）：王佐旧居是井冈山有名的革命烈士王佐的故居，井冈山曾有过两位绿林武装的领袖人物，一位是茅坪的袁文才，另一位就是茨坪的王佐。1926年，王佐与袁文才“桃园结义”王佐在坚持井冈山的斗争中历尽艰辛，功绩彪炳千秋。王佐故居位于井冈山市下庄村，距茨坪约7公里。（特别备注：因【井冈山革命历史博物馆】在维修，换成王佐旧居游览！敬请谅解！）
+                参观：【王佐旧居】（游览约40分钟）：王佐旧居是井冈山有名的革命烈士王佐的故居，井冈山曾有过两位绿林武装的领袖人物，一位是茅坪的袁文才，另一位就是茨坪的王佐。1926年，王佐与袁文才“桃园结义”王佐在坚持井冈山的斗争中历尽艰辛，功绩彪炳千秋。王佐故居位于井冈山市下庄村，距茨坪约7公里。 
                 <w:br/>
                 参观：【茨坪毛泽东旧居】（游览约40分钟）坐落在市中心的东山脚下，面临风姿秀丽的挹翠湖，是井冈山斗争时期主要的政治军事指挥中心。陈列开放的革命旧址共有七处，均被列为国家重点文物保护单位。
                 <w:br/>
                 参观：井冈山第一村【菖蒲古村】(车程约30分钟,游览约1小时)一栋栋青砖黛瓦的徽派建筑民居坐落有致，古宅小院充分体现了古村环境典雅的特色。菖蒲古村先后接待过多位党和国家领导人及30余位省部级领导干部以及10万名左右游客。导游在井冈山结束行程，后由司机陪同前往韶关高铁站（车程约4小时左右）乘坐高铁返回广州南站，结束愉快之旅！
                 <w:br/>
                 交通：汽车-高铁
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
@@ -1664,67 +1658,67 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">当地必消</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 当地景区门票：
                 <w:br/>
-                ◆三清山门票自理：65周岁以上免门票，60-64周岁内补大门票60元/人，60周岁内需补三清山大门票差价120元/人；
+                ◆三清山门票自理：65周岁以上免门票，60-64周岁内补大门票60元/人，60周岁内需补三清山大门票差价120元/人（特别备注：3月6-31日三清山团队女性免门票）；
                 <w:br/>
                 ◆望仙谷门票自理：70周岁以上免票，65-69周岁自理110元人，65周岁以下自理140元/人；
                 <w:br/>
-                ◆庐山大门票自理：65周岁及以上免票，65周岁内，需补庐山大门票160元/人；
+                ◆庐山大门票自理：3月1-31日庐山免大门票160元；4月门票自理：65周岁内，需补庐山大门票160元/人；
                 <w:br/>
                 景区往返小交通自费：
                 <w:br/>
                 ◆三清山往返缆车：125元/人；
                 <w:br/>
-                ◆庐山往返环保车90元/人；
-[...5 lines deleted...]
-                ◆鄱阳湖游船+最美乡村婺源+井冈山+综合服务费：698元/人；
+                ◆庐山往返环保车90元/人； 
+                <w:br/>
+                当地必须消费：
+                <w:br/>
+                ◆鄱阳湖游船+综合服务费：128元/人；
+                <w:br/>
+                ◆最美乡村婺源+井冈山+综合服务费：598元/人；
                 <w:br/>
                 （当地必消费项目，大小同价，不接受议价，报名时请交于组团社，敬请知悉）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2046,51 +2040,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>