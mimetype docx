--- v0 (2025-12-14)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【情迷加勒比】中美洲五国17天 | 国航配联运 | 墨西哥·古巴·哥斯达黎加·巴拿马·哥伦比亚丨6大特色餐丨升级火山温泉酒店及坎昆海滨酒店丨巴拿马运河丨乘独木舟探访甘伯亚雨林丨乘老爷车游哈瓦那丨奇琴伊察玛雅金字塔丨行程单</w:t>
+        <w:t xml:space="preserve">【情迷加勒比】中美洲五国·墨西哥·古巴·哥斯达黎加·巴拿马·17天（海航配联运）丨6大特色餐丨升级火山温泉酒店及坎昆海滨酒店丨巴拿马运河丨乘独木舟探访甘伯亚雨林丨乘老爷车游哈瓦那丨奇琴伊察玛雅金字塔丨彩色之城瓜纳华托丨Ikkil 天坑行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -126,51 +126,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">北京市</w:t>
+              <w:t xml:space="preserve">全国联运</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
@@ -589,51 +589,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 联运地✈北京✈墨西哥城
                 <w:br/>
                 客人自行乘坐联运航班飞往北京，在北京首都国际机场海航柜台集合，由专业领队带领搭乘国际航班飞往墨西哥城，抵达后入住酒店休息。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1. 联运航班以航司配送为准，请务必乘坐，不可放弃，否则后续所有航班都会被航空公司取消，后果自负。
                 <w:br/>
                 2. 联运方式、出发日期、时间、航班由航司配送、以航司最终确定为准！）
                 <w:br/>
                 【墨西哥城】是墨西哥合众国的首都，位于墨西哥中南部高原的山谷中，海拔 2240 米，其与周围的卫星城市被独立划分为一个联邦行政区，称为墨西哥联邦区
                 <w:br/>
-                交通：参考航班：HU7925 PEKMEX   1935  2300
+                交通：参考航班：HU7925 PEKMEX 2010 2335
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1802,51 +1802,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 墨西哥城 ✈北京
                 <w:br/>
                 乘坐国际航班，返回北京
                 <w:br/>
-                交通：参考航班：HU7926  MEXPEK  0100  0915+1
+                交通：参考航班：HU7926 MEXPEK 0205 1005+1
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1992,71 +1992,63 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1 全程机票经济舱票价、机场税（费）及燃油附加费；
                 <w:br/>
                 2 行程所列酒店住宿（2 人 1 间，具有独立卫生间，空调）；
                 <w:br/>
-                注：因加勒比国家的酒店风格与国内相反。大部分酒店（即使是相当于四五星标准的
-[...1 lines deleted...]
-                酒店）普通楼层较低，请提前知晓。
+                注：因加勒比国家的酒店风格与国内相反。大部分酒店（即使是相当于四五星标准的酒店）普通楼层较低，请提前知晓。
                 <w:br/>
                 3  行程所列餐费（转候机及自由活动期间除外）不含酒水；
                 <w:br/>
-                注：墨西哥/古巴/哥斯达黎加/巴拿马/哥伦比亚的中餐厅在规模和口味上与国内相比
-[...5 lines deleted...]
-                游客能够理解。内地喜爱重口味（咸、辣）可建议自备一些辣酱、榨菜（注意必须有
+                注：墨西哥/古巴/哥斯达黎加/巴拿马/哥伦比亚的中餐厅在规模和口味上与国内相有很大的差距，中餐厅规模都比较小，环境不如国内，饭菜口味为了适应当地的饮食
+                <w:br/>
+                习惯都已经比较当地化，而且由于当地原材料和调料不够齐全，口味不纯正，故希望游客能够理解。内地喜爱重口味（咸、辣）可建议自备一些辣酱、榨菜（注意必须有
                 <w:br/>
                 真空包装方可）
                 <w:br/>
                 4 行程所列游览期间空调旅行车，保证一人一正座；
                 <w:br/>
-                5 行程所列景点第一门票（注：朗姆酒博物馆、海明威故居、特奥蒂华坎太阳月亮金字
-[...1 lines deleted...]
-                塔、皮皮山缆车，奇琴伊察，天坑，老爷车游哈瓦那，阿雷纳火山，巴拿马运河，哥
+                5 行程所列景点第一门票（注：朗姆酒博物馆、海明威故居、特奥蒂华坎太阳月亮金字塔、皮皮山缆车，奇琴伊察，天坑，老爷车游哈瓦那，阿雷纳火山，巴拿马运河，哥
                 <w:br/>
                 伦比亚盐教堂，黄金博物馆）；
                 <w:br/>
                 6 价值 30 万中国人寿旅游意外保险；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -2064,75 +2056,81 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1 护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、
-[...1 lines deleted...]
-                认证费；
+                1 护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费；
                 <w:br/>
                 2 国内段往返地面交通；
                 <w:br/>
                 3 全程司导服务费 USD299/人，请在机场现付领队
                 <w:br/>
                 4 美国旅游签证费用
                 <w:br/>
-                5 额外游览用车超时费（导游和司机每天正常工作时间不超过 9 小时，如超时需加收超时费）；
+                5额外游览用车超时费（导游和司机每天正常工作时间不超过 9 小时，如超时需加收超时费）；
                 <w:br/>
                 6 行程中所列游览活动之外项目所需的费用；
                 <w:br/>
-                7 单间差 CNY8150/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单间差（如因客人在团上调整与他人拼住，费用不退！）；如报名时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人间的情况下予以安排同住，否则以我社安排分房为准；注：12 岁以下不占床小童减团费 CNY3000/人，占床小童按成人价收取。
-[...1 lines deleted...]
-                8 在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理。(在墨西哥与古巴段的航班不提供免费的飞机餐)；
+                7单间差 CNY8150/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单间差（如因客人在团上调整与他人拼住，费用不退！）；如报名
+                <w:br/>
+                时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人间的情况下予以安排同住，否则以我社安排分房为准；
+                <w:br/>
+                注：12 岁以下不占床小童减团费 CNY3000/人，占床小童按成人价收取。
+                <w:br/>
+                8在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理。(在墨西哥与古巴段的航班不提供免费的飞机餐)；
                 <w:br/>
                 9 出入境行李的海关税、全程行李搬运费、保管费以及行李托运费；
                 <w:br/>
-                10 客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电视、行李搬运、邮寄、购物、行程列明以外的用餐或宴请等；自由活动期间交通费；
+                10客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电视、行李搬运、邮寄、购物、行程列明以外的用餐或宴请等；自
+                <w:br/>
+                由活动期间交通费；
                 <w:br/>
                 11 因个人原因滞留产生的一切费用；
                 <w:br/>
-                12 因气候或飞机、车辆、船只等交通工具发生故障导致时间延误或行程变更引起的经济损失和责任以及行李在航班托运期间的造成损坏的经济损失和责任。特别提醒：因以上不可抗力因素而额外产生费用的，均需要客人自行承担。
+                12因气候或飞机、车辆、船只等交通工具发生故障导致时间延误或行程变更引起的经济损失和责任以及行李在航班托运期间的造成损坏的经济损失和责任。特别提醒：因以
+                <w:br/>
+                上不可抗力因素而额外产生费用的，均需要客人自行承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -2596,51 +2594,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>