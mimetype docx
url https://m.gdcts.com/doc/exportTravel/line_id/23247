--- v2 (2026-02-12)
+++ v3 (2026-03-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【情迷加勒比】中美洲五国·墨西哥·古巴·哥斯达黎加·巴拿马·17天（海航配联运）丨6大特色餐丨升级火山温泉酒店及坎昆海滨酒店丨巴拿马运河丨乘独木舟探访甘伯亚雨林丨乘老爷车游哈瓦那丨奇琴伊察玛雅金字塔丨彩色之城瓜纳华托丨Ikkil 天坑行程单</w:t>
+        <w:t xml:space="preserve">【情迷加勒比】中美洲五国·墨西哥·古巴·哥斯达黎加·巴拿马·哥伦比·18天（海航联运）丨6大特色餐丨升级火山温泉酒店及坎昆海滨酒店丨巴拿马运河丨乘独木舟探访甘伯亚雨林丨乘老爷车游哈瓦那丨奇琴伊察玛雅金字塔丨彩色之城瓜纳华托丨Ikkil 天坑行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -126,51 +126,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">全国联运</w:t>
+              <w:t xml:space="preserve">北京市</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">17</w:t>
+              <w:t xml:space="preserve">18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -589,87 +589,87 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 联运地✈北京✈墨西哥城
                 <w:br/>
                 客人自行乘坐联运航班飞往北京，在北京首都国际机场海航柜台集合，由专业领队带领搭乘国际航班飞往墨西哥城，抵达后入住酒店休息。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1. 联运航班以航司配送为准，请务必乘坐，不可放弃，否则后续所有航班都会被航空公司取消，后果自负。
                 <w:br/>
                 2. 联运方式、出发日期、时间、航班由航司配送、以航司最终确定为准！）
                 <w:br/>
                 【墨西哥城】是墨西哥合众国的首都，位于墨西哥中南部高原的山谷中，海拔 2240 米，其与周围的卫星城市被独立划分为一个联邦行政区，称为墨西哥联邦区
                 <w:br/>
-                交通：参考航班：HU7925 PEKMEX 2010 2335
+                交通：参考航班：HU7925 PEKMEX 2010 0005+1 （经停蒂华纳约 2 小时 30 分）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro或同级</w:t>
+              <w:t xml:space="preserve">墨西哥城</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -707,51 +707,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Holiday inn express 或同级</w:t>
+              <w:t xml:space="preserve">瓜纳华托</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -768,1199 +768,1276 @@
               </w:rPr>
               <w:t xml:space="preserve">
                 瓜纳华托-圣米格尔-墨西哥城
                 <w:br/>
                 早餐后乘坐缆车登上【皮皮拉山】，这里是俯瞰瓜纳华托全景最好的地点，整个瓜纳华托仿佛是上帝打翻的调色盘一样，美得惊心动魄。乘车前往墨西哥的“艺术之城”—【圣米格尔】，建立在海拔 1950米之上的圣米格尔是座典型的殖民地风格小城，同时又是墨西哥著名的艺术之城，很多画家、雕刻家、陶艺家、摄影家都是出自于此。参观【圣米格尔教区教堂】（不少于 20 分钟），这座教堂粉红色“结婚蛋糕”式的高塔非常奇特而醒目，是由当地的原住民石匠在 19 世纪末设计的；游览结束后，继续乘车返回墨西哥城，抵达后入住酒店休息。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">墨西哥城</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨西哥城✈ 坎昆
-[...3 lines deleted...]
-                【坎昆】位于加勒比海北部，尤卡坦半岛东北端海滨，是一座长 21 公里、宽仅 400 米的美丽岛屿。整个岛呈蛇形，西北端和西南端有大桥与尤卡坦半岛相连。隔尤卡坦海峡与古巴岛遥遥相对。
+                墨西哥城✈ 波哥大
+                <w:br/>
+                早上乘坐航班前往哥伦比亚波哥大，晚餐后入住酒店休息，结束当天行程。
                 <w:br/>
                 交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Royal Solaris  Cancun, GR Solaris Cancun, Golden Paranassus, 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">波哥大</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                坎昆-奇琴伊察-坎昆
-[...3 lines deleted...]
-                特别安排：午餐安排天坑古玛雅文化传统特色餐厅
+                波哥大
+                <w:br/>
+                早上参观南美负盛名的【黄金博物馆】，历史上哥伦比亚是盛产黄金的国家，是传说中的黄金之国，哥伦比亚黄金博物馆是世界上收藏黄金器物多的地方，馆内收藏着 26000 多件价值无法估量的古代印第安人使用过的金器，还有许多玉石制品。前往【玻利瓦尔广场】这座历史名城的中心又是各式建筑的大汇聚，随后前往【拉坎德拉里亚】：波哥大的老城区，拥有殖民地时期特色的区域，街道两旁巴洛克风格和装饰艺术建筑风格，让这里成 为了整座城市醉迷人的地方。
+                <w:br/>
+                随后来到锡帕基拉镇著名的【盐教堂】，被当地人称作“世界第八大奇观”，这里是哥伦比亚著名的盐矿基地，盐矿工人在盐井下修建了世界上的盐教堂。这是座工程宏伟、设计精巧、构思奇特的教堂，见证了锡帕拉基小镇 400 年苦难历史，同样吸引着无数游客拜访。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：天坑古玛雅文化传统特色餐厅     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Royal Solaris  Cancun, GR Solaris Cancun, Golden Paranassus, 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">波哥大</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                坎昆 ✈哈瓦那
-[...3 lines deleted...]
-                期间还可以外观海明威暂居哈瓦那时所居住的【两个世界饭店】和海明威生前最爱的【五分钱小酒馆】。独家安排乘坐【老爷车】游览哈瓦那老城区和海滨大道，组成拉风的老爷车队。哈瓦那被誉为露天老爷车博物馆，满大街可见色彩形状各异的老爷车，形成哈瓦那一道独特的风景。
+                波哥大 ✈哥斯达黎加圣何塞—阿雷纳火山区
+                <w:br/>
+                早餐后乘坐飞机前往哥斯达黎加首都圣何塞，抵达后，驱车前往哥斯达黎加最有名的景点之一【阿雷纳火山区】。途中会经过被誉为艺术家摇篮之称的城市隆儿奇，在此可以欣赏到各个艺术家创作的手工艺品及雕塑品及哥斯达黎加注明的传统手绘大型彩色牛车。路上还可以参观非常有特色的【铁皮教堂】。
+                <w:br/>
+                下午抵达【阿雷纳火山区】，它附近有数条天然热气腾腾的温泉河，每日都吸引着大量游客前往。随后由导游带领，直接入住当地特色温泉酒店，酒店客房享有阿雷纳尔火山和花园的美丽景致。浸泡在阿雷纳尔火山脚下流淌的天然温泉水中，倾听鸟语花香，消除一身的疲累。
+                <w:br/>
+                特别安排：哥斯达黎加古法炖牛肉
                 <w:br/>
                 交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Gran aston/Comodoro hotel，hotel habana libre，PANORAMA 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">阿雷纳火山区</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                哈瓦那-巴拉德罗
-[...3 lines deleted...]
-                随后，前往被誉为“人间伊甸园”的古巴著名旅游胜地【巴拉德罗】（约 2 小时车程）。巴拉德罗以它蓝色的海滩著称，为古巴旅游胜地。120 公里的海滩、海滨浴场，洁白的细沙，清澈的蓝色的海水；蔚蓝色的天空、旖旎的风景、充足的阳光、含碘的空气，素有“人间伊甸园”之称。每年吸引无数的游客前往度假。抵达后晚餐入住酒店休息，结束当天行程。
+                阿雷纳火山-波阿斯火山国家公园-圣何塞
+                <w:br/>
+                酒店早餐后，前往景点: 和平瀑布花园，充满绿色的大自然地方，除了可以欣赏园里最特别的瀑布景观以外，还有很多南美洲特有的物种，宛如一座小型的动植物园。园内有蜂鸟乱舞和群蝶翩翩外，还有吸睛的丛林猫区，住着 5 种濒绝的美洲猫族，包括美洲小豹猫、豹猫、美洲山猫、美洲豹与美洲狮，以及昆虫馆，蛇馆，青蛙馆等，且还有机会与大嘴鸟近距离接触。
+                <w:br/>
+                前往【波阿斯火山国家公园】，波阿斯火山是世界上最大的间歇性爆发的活火山，海拔为 2574米，气候转变的非常剧烈，从艳阳高照到笼罩在云雾之中，只在一瞬间。峰顶处上有两个火山口，当您站在火山主口的时候可以闻到火山不断散发出的硫磺气体味道；而另一个是由雨水积成的火山湖口，是全世界最酸性的湖泊之一，行程结束后返回圣何塞。
+                <w:br/>
+                温馨提示：波阿斯火山在 2017 年 4 月火山爆发后，关闭至今约 1 年半。2018 年 9 月重新开放，但随时有再次爆发的可能性，若参观当天火山排出超过 2ppm 值的气体，则谢绝参观。此乃不可抗拒之因素，望请理解。
+                <w:br/>
+                由于波阿斯火山的门票须提前在线上购买，如遇临时禁止参观则无法退票。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">hotel brisa del caribe/Hotel Playa De Oro/NAVITI VARADERO/melia marina 或同级</w:t>
+              <w:t xml:space="preserve">圣何塞</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴拉德罗-哈瓦那
-[...7 lines deleted...]
-                后入住酒店休息，结束当天行程。
+                圣何塞 ✈巴拿马
+                <w:br/>
+                早餐后，乘坐飞机前往巴拿马。前往独具特色的【Casco Viejo 老城区】，这里有美丽的教堂，传统风格的私人住宅等等，仿佛进入了一个露天博物馆。参观位于巴拿马城东面的【Panama La Viejo 老城遗迹】，感受与现在的巴拿马城完全不同的古老风貌。外观原是西班牙殖民时代的【总督住宅】、有“苍鹭宫”之称的白色建筑—【巴拿马总统府】、为纪念修建运河的法国工人建造的【方尖碑】和一座殖民时代建筑的【司法大厦】。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gran aston/Comodoro hotel，hotel habana libre，PANORAMA 或同级</w:t>
+              <w:t xml:space="preserve">巴拿马</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                哈瓦那 ✈转机地 ✈波哥大
-[...1 lines deleted...]
-                早上乘坐飞机，经转机地转机，前往波哥大。
+                巴拿马城
+                <w:br/>
+                早上前往【甘伯亚雨林区/加通湖流域】，验其原始生态，以及乘坐印地安自制的独木舟到「恩本拉印第安自治区」由酋长介绍当地传统文化，尽管毗邻大城市，运河盆地的安贝拉人保留了他们的语言、歌曲和舞蹈，最重要的是，他们保留了与自然的尊重关系。 然而，通过用丛林换取保护区，他们被迫转变经济，现在大部分收入来自旅游业。 对于安贝拉人来说，自然界中的所有生物都有灵魂，因此对他们的河流和森林表达了特殊的尊重。 这些人巧妙地用黄檀叶制作篮子，并用黄檀木和塔瓜籽进行雕刻。 在您访问 Embera 村庄时，您将有机会与社区领袖交谈，他们将解释他们的生活方式和世界观。 您将了解他们的传统家园，参加舞蹈，并可以参观工艺品市场。借此机会完成美洲虎的人体彩绘！
+                <w:br/>
+                下午前往【巴拿马运河】，了解连接了太平洋与大西洋的伟大工程的历史风貌，现今的作用及未来的发展，参观 Miraflores 游客中心，可以亲睹运河如何运作，更可以看到轮船通过时闸门开启及关闭的整个过程。
                 <w:br/>
                 交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Four point by sheraton /Hilton garden inn 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">巴拿马城</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                波哥大
-[...3 lines deleted...]
-                随后来到锡帕基拉镇著名的【盐教堂】，被当地人称作“世界第八大奇观”，这里是哥伦比亚著名的盐矿基地，盐矿工人在盐井下修建了世界上的盐教堂。这是座工程宏伟、设计精巧、构思奇特的教堂，见证了锡帕拉基小镇 400 年苦难历史，同样吸引着无数游客拜访。傍晚前往机场，乘坐飞机前往巴拿马
+                巴拿马城✈ 哈瓦那
+                <w:br/>
+                早上乘坐航班前往古巴哈瓦那。
+                <w:br/>
+                抵达后市区精华游：世界文化遗址【哈瓦那老城】：哈瓦那的第二大广场【圣弗朗西斯科广场】、充满殖民时期特色历史最悠久的【武器广场】、曾用于奴隶买卖和节日庆典的【老广场（岁月广场）】等。古巴最大教堂哈瓦那圣哥伦布教堂所在的【教堂广场】。期间还可以外观海明威暂居哈瓦那时所居住的【两个世界饭店】和海明威生前最爱的【五分钱小酒馆】。独家安排乘坐【老
+                <w:br/>
+                爷车】游览哈瓦那老城区和海滨大道，组成拉风的老爷车队。哈瓦那被誉为露天老爷车博物馆，满大街可见色彩形状各异的老爷车，形成哈瓦那一道独特的风景
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Four point by sheraton /Hilton garden inn 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">哈瓦那</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                波哥大✈ 巴拿马
-[...1 lines deleted...]
-                早餐后，乘坐飞机前往巴拿马。前往独具特色的【Casco Viejo 老城区】，这里有美丽的教堂，传统风格的私人住宅等等，仿佛进入了一个露天博物馆。参观位于巴拿马城东面的【Panama La Viejo 老城遗迹】，感受与现在的巴拿马城完全不同的古老风貌。外观原是西班牙殖民时代的【总督住宅】、有“苍鹭宫”之称的白色建筑—【巴拿马总统府】、为纪念修建运河的法国工人建造的【方尖碑】和一座殖民时代建筑的【司法大厦】。
+                哈瓦那-巴拉德罗
+                <w:br/>
+                早上前往海明威曾经居住过多年，景色优美的【海明威故居】。海明威的《老人与海》就创作于古巴，在古巴生活长达 26 年之久。随后前往【帕塔加斯雪茄烟制作工厂】，参观雪茄卷烟厂，深入探索纯手工卷烟的全过程。古巴是世界上最优质的雪茄产地，雪茄爱好者的天堂。游览【朗姆酒博物馆】，朗姆酒博物馆坐落于一个公元 18 世纪的殖民风格的庭院内，直到 1959 年革命胜利，它一直都是一位叫做蒙特拉伯爵的私人住宅。博物馆于 2000 年 3 月 31 日开业，里面通过各种模型和实物介绍了久负盛名的古巴朗姆酒从甘蔗到制造成朗姆酒的全过程。参观完毕后，
+                <w:br/>
+                博物馆还会请游客亲口品尝一杯朗姆酒。
+                <w:br/>
+                随后，前往被誉为“人间伊甸园”的古巴著名旅游胜地【巴拉德罗】（约 2 小时车程）。巴拉德罗以它蓝色的海滩著称，为古巴旅游胜地。120 公里的海滩、海滨浴场，洁白的细沙，清澈的蓝色的海水；蔚蓝色的天空、旖旎的风景、充足的阳光、含碘的空气，素有“人间伊甸园”之称。每年吸引无数的游客前往度假。抵达后晚餐入住酒店休息，结束当天行程。
                 <w:br/>
                 交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hilton garden inn/Novotel/Holiday inn 或同级</w:t>
+              <w:t xml:space="preserve">巴拉德罗</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴拿马城
-[...3 lines deleted...]
-                下午前往【巴拿马运河】，了解连接了太平洋与大西洋的伟大工程的历史风貌，现今的作用及未来的发展，参观 Miraflores 游客中心，可以亲睹运河如何运作，更可以看到轮船通过时闸门开启及关闭的整个过程。
+                巴拉德罗-哈瓦那
+                <w:br/>
+                早上可以自由享受巴拉德罗恰意时光，客人可以自费选择【私家游艇抓龙虾】，乘搭私家游艇，畅游墨西哥湾，欣赏独特的“加勒比蓝”。 亲自出海细细感受加勒比海的别样风情，当地船员更会现捕龙虾，为您现场料理即捕即食。生长在加勒比深海水域的古巴龙虾享誉全球，优质无污染，
+                <w:br/>
+                其肉质雪白肥美紧致，鲜甜爽口。
+                <w:br/>
+                晚餐后前往【圣卡洛斯城堡】，作为圣卡洛斯城堡的一个传统，它至今依然保留着已经沿袭了三百多年的关城礼炮仪式。每到夜幕降临，身着华丽制服的卫兵列队步入城堡的高地，在进行一番简短而庄重的仪式后，燃响古老的礼炮并关闭厚重的城门。当年防止海盗偷袭的一项措施如今却成了一个极具特色的传统旅游项目，成为来到哈瓦那观光的每一个游人不可错失的“夜生活”。
+                <w:br/>
+                后入住酒店休息，结束当天行程。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hilton garden inn/Novotel/Holiday inn 或同级</w:t>
+              <w:t xml:space="preserve">哈瓦那</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴拿马 ✈哥斯达黎加圣何塞—阿雷纳火山区
-[...13 lines deleted...]
-                特别安排：哥斯达黎加古法炖牛肉
+                哈瓦那 ✈坎昆
+                <w:br/>
+                早上乘坐航班前往坎昆，抵达后自由享受坎昆恰意时光。
+                <w:br/>
+                【坎昆】位于加勒比海北部，尤卡坦半岛东北端海滨，是一座长 21 公里、宽仅 400 米的美丽岛屿。整个岛呈蛇形，西北端和西南端有大桥与尤卡坦半岛相连。隔尤卡坦海峡与古巴岛遥遥相对
                 <w:br/>
                 交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Volcano Lodge, Hotel &amp; Thermal Experience Arenal Paraiso Resort &amp; Spa  MONTAÑA DE FUEGO HOTEL  或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">坎昆</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                阿雷纳火山-波阿斯火山国家公园-圣何塞
-[...10 lines deleted...]
-                由于波阿斯火山的门票须提前在线上购买，如遇临时禁止参观则无法退票。
+                坎昆-奇琴伊察-坎昆
+                <w:br/>
+                早上乘车前往世界十大奇观之一【奇琴伊察 Chichen Itza】（车程约 2 个半小时，游览时间约2 个小时）。奇琴伊察是已经发掘出的最著名的玛雅文化遗址，曾是玛雅最大且最繁华的城市，玛雅人在这里用石头建造了数百座建筑物，在库库尔坎金字塔 Castillo,也叫大城堡、武士神庙Templo de los Guerreros ，千柱群 MilColumnas 米尔柱、古球场 Juego de Pelota、骨头墙 Tzompantli，美洲豹神殿 Templo de los Jaguares，鷹豹祭台 Plataforma de los Jaguares y Águilas 等古建筑群中， 仿佛还能感受到玛雅城邦全盛时期的气息。这些建筑高大雄伟，雕有精美的纹饰。参观神圣【Ikkil 天坑】，Ikkil 天坑位于墨西哥尤卡坦半岛，距离奇琴伊察古城不远，深约 26 米、直径约 60 米的天然石灰岩洞穴。其碧绿清澈的水池和周围茂密的藤蔓、植被使得这里仿佛一个森林中的天然游泳池。游客可以通过设置在天坑边缘的楼梯和平台进入水池，体验不同深度的游泳和跳水活动。这里独特的自然美景和清凉的天然池水，是到访墨西哥必游的理想选择。此外，Ikkil 天坑的神秘氛围和优美环境使其成为摄影爱好者的天堂。无论是寻求冒险还是放松，这里都是不容错过的目的地。后返回坎昆市区。
+                <w:br/>
+                特别安排：午餐安排天坑古玛雅文化传统特色餐厅
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Park inn by radisson /Holiday inn/Radisson 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">坎昆</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣何塞✈ 墨西哥城-特奥蒂华坎-墨西哥城
-[...7 lines deleted...]
-                特别安排：传统墨西哥音乐文化餐厅 Gran Teocalli 用午餐
+                坎昆 ✈墨西哥城
+                <w:br/>
+                早上乘坐航班返回墨西哥城。
+                <w:br/>
+                【宪法广场】又名中央广场或索卡洛（Zocalo）广场，位于墨西哥城中心，南北宽 220 米、东西长 240 米，是世界上宏伟的城市广场之一
+                <w:br/>
+                【国立宫殿外观】位于墨西哥城宪法广场东侧，是墨西哥联邦行政机构所在地。该建筑最初由 16世纪阿兹特克皇帝莫泰佐马二世建造，西班牙殖民时期被改建为总督府，墨西哥独立后成为总统府
+                <w:br/>
+                【拉丁美洲塔外观】墨西哥城核心地标建筑，塔的中心地理位置、高度(182 米/597 英尺)和历史使其成为城市重要地标之一
+                <w:br/>
+                【巴斯孔塞洛斯图书馆】在设计师独特、大胆的设计理念下，图书馆建成后迅速成为墨西哥的标志性建筑，是拉丁美洲年访问量最多的公共图书馆之一。[人类学博物馆] 墨西哥国家人类学博物馆位于墨西哥城查普特佩克公园内，是拉美地区最著名
+                <w:br/>
+                的博物馆之一，丰富的展品集中展示了墨西哥悠久的历史和灿烂的古代文明。
                 <w:br/>
                 交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：传统墨西哥音乐文化餐厅 Gran Teocalli 用午餐     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">飞机上</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">墨西哥城</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨西哥城 ✈北京
-[...3 lines deleted...]
-                交通：参考航班：HU7926 MEXPEK 0205 1005+1
+                墨西哥城-特奥蒂华坎-墨西哥城
+                <w:br/>
+                早上乘车前往市郊 48 公里处的“众神之城”、世界文化遗产之一的【特奥蒂华坎】探寻“人升华为神的地方”。参观玛雅古老文化的经典建筑-金字塔，您可以亲临朝拜阿兹特克文化了。在此可膜拜雄伟的【太阳金字塔】和【月亮金字塔】【羽蛇神殿】，气势恢宏的【亡灵大道】。午餐在传统音乐文化餐厅 Gran Teocalli 用餐，Gran Teocalli 是一家位于墨西哥特奥蒂华坎的特色餐厅，以其玛雅和墨西哥传统美食闻名。餐厅装潢融合现代与传统元素，此外，餐厅定期邀请当地乐队和艺术家进行现场表演，让客人享受愉悦的用餐氛围。在这里，您不仅可以品尝到美味佳肴，还能感受到丰富的墨西哥音乐文化。下午搭车经过被罗马教皇誉为天主教世界的三大奇迹教堂之一的【瓜达罗培(圣母显灵教堂)】，墨西哥的众神中，最出名又最受爱戴的，该算是有着褐色皮肤的圣母瓜达鲁佩(The Virgin of Guadalupe)了，每年的 12 月 12 日是圣母日，从 12 月初开始通往墨西哥市瓜达鲁佩圣母院的公路就开始繁忙堵塞起来，延绵数哩的车潮人潮不断，都是要去许愿或还愿的朝圣者在距离圣母院约有一哩的地方，许多朝圣的人们开始跪行用膝盖头上血肉模糊的椎心痛楚，来证明他们的信心与虔诚。晚上前往机场，乘坐国际航班返回中国。
+                <w:br/>
+                特别安排：传统墨西哥音乐文化餐厅 Gran Teocalli 用午餐
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">飞机上</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">墨西哥城</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                墨西哥城✈ 北京
+                <w:br/>
+                乘坐国际航班，返回北京
+                <w:br/>
+                交通：参考航班：HU7926 MEXPEK 0205 1020+1
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">飞机上</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
                 北京✈ 联运地
                 <w:br/>
                 早上抵达北京首都国际机场，随后自行乘坐联运航班。
                 <w:br/>
                 联运航班由航司配送、以航司最终确定为准！
                 <w:br/>
+                交通：-
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1990,69 +2067,77 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1 全程机票经济舱票价、机场税（费）及燃油附加费；
                 <w:br/>
-                2 行程所列酒店住宿（2 人 1 间，具有独立卫生间，空调）；
-[...7 lines deleted...]
-                习惯都已经比较当地化，而且由于当地原材料和调料不够齐全，口味不纯正，故希望游客能够理解。内地喜爱重口味（咸、辣）可建议自备一些辣酱、榨菜（注意必须有
+                2行程所列酒店住宿（2 人 1 间，具有独立卫生间，空调）；
+                <w:br/>
+                注：因加勒比国家的酒店风格与国内相反。大部分酒店（即使是相当于四五星标准的
+                <w:br/>
+                酒店）普通楼层较低，请提前知晓。
+                <w:br/>
+                3行程所列餐费（转候机及自由活动期间除外）不含酒水；
+                <w:br/>
+                注：墨西哥/古巴/哥斯达黎加/巴拿马/哥伦比亚的中餐厅在规模和口味上与国内相比
+                <w:br/>
+                有很大的差距，中餐厅规模都比较小，环境不如国内，饭菜口味为了适应当地的饮食
+                <w:br/>
+                习惯都已经比较当地化，而且由于当地原材料和调料不够齐全，口味不纯正，故希望
+                <w:br/>
+                游客能够理解。内地喜爱重口味（咸、辣）可建议自备一些辣酱、榨菜（注意必须有
                 <w:br/>
                 真空包装方可）
                 <w:br/>
-                4 行程所列游览期间空调旅行车，保证一人一正座；
-[...1 lines deleted...]
-                5 行程所列景点第一门票（注：朗姆酒博物馆、海明威故居、特奥蒂华坎太阳月亮金字塔、皮皮山缆车，奇琴伊察，天坑，老爷车游哈瓦那，阿雷纳火山，巴拿马运河，哥
+                5 行程所列游览期间空调旅行车，保证一人一正座；
+                <w:br/>
+                6行程所列景点第一门票（注：朗姆酒博物馆、海明威故居、特奥蒂华坎太阳月亮金字
+                <w:br/>
+                塔、皮皮山缆车，奇琴伊察，天坑，老爷车游哈瓦那，阿雷纳火山，巴拿马运河，哥
                 <w:br/>
                 伦比亚盐教堂，黄金博物馆）；
                 <w:br/>
-                6 价值 30 万中国人寿旅游意外保险；
+                7 价值 30 万中国人寿旅游意外保险；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -2060,59 +2145,59 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1 护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费；
                 <w:br/>
                 2 国内段往返地面交通；
                 <w:br/>
-                3 全程司导服务费 USD299/人，请在机场现付领队
+                3 全程司导服务费 USD323/人，请在机场现付领队
                 <w:br/>
                 4 美国旅游签证费用
                 <w:br/>
                 5额外游览用车超时费（导游和司机每天正常工作时间不超过 9 小时，如超时需加收超时费）；
                 <w:br/>
                 6 行程中所列游览活动之外项目所需的费用；
                 <w:br/>
-                7单间差 CNY8150/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单间差（如因客人在团上调整与他人拼住，费用不退！）；如报名
+                7单间差 CNY8535/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单间差（如因客人在团上调整与他人拼住，费用不退！）；如报名
                 <w:br/>
                 时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人间的情况下予以安排同住，否则以我社安排分房为准；
                 <w:br/>
                 注：12 岁以下不占床小童减团费 CNY3000/人，占床小童按成人价收取。
                 <w:br/>
                 8在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理。(在墨西哥与古巴段的航班不提供免费的飞机餐)；
                 <w:br/>
                 9 出入境行李的海关税、全程行李搬运费、保管费以及行李托运费；
                 <w:br/>
                 10客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电视、行李搬运、邮寄、购物、行程列明以外的用餐或宴请等；自
                 <w:br/>
                 由活动期间交通费；
                 <w:br/>
                 11 因个人原因滞留产生的一切费用；
                 <w:br/>
                 12因气候或飞机、车辆、船只等交通工具发生故障导致时间延误或行程变更引起的经济损失和责任以及行李在航班托运期间的造成损坏的经济损失和责任。特别提醒：因以
                 <w:br/>
                 上不可抗力因素而额外产生费用的，均需要客人自行承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
@@ -2594,51 +2679,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>