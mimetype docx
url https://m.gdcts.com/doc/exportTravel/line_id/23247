--- v3 (2026-03-07)
+++ v4 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【情迷加勒比】中美洲五国·墨西哥·古巴·哥斯达黎加·巴拿马·哥伦比·18天（海航联运）丨6大特色餐丨升级火山温泉酒店及坎昆海滨酒店丨巴拿马运河丨乘独木舟探访甘伯亚雨林丨乘老爷车游哈瓦那丨奇琴伊察玛雅金字塔丨彩色之城瓜纳华托丨Ikkil 天坑行程单</w:t>
+        <w:t xml:space="preserve">【情迷加勒比】中美洲五国·墨西哥·古巴·哥斯达黎加·巴拿马·哥伦比·18天（海航配联运）6大特色餐|升级火山温泉酒店及坎昆海滨酒店丨巴拿马运河丨乘独木舟探访甘伯亚雨林丨乘老爷车游哈瓦那丨奇琴伊察玛雅金字塔|彩色之城瓜纳华托丨Ikkil 天坑行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -2679,51 +2679,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>