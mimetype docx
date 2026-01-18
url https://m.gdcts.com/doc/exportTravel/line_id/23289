--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【中南美九国】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴28天|国航可联运丨10大特色餐丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴丨奇琴伊察丨太阳月亮金字塔丨巴拉德罗海滩丨行程单</w:t>
+        <w:t xml:space="preserve">【中南美九国+复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴28天|国航联运丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨巴拉德罗海滩丨行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1709863092lR-FHXY</w:t>
+              <w:t xml:space="preserve">FHXY-SA1709863092lR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">巴西</w:t>
+              <w:t xml:space="preserve">古巴</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -393,78 +393,50 @@
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 整趟行程不走回头路，没有凑数的小景点——中南美9国一次畅游，来一场28天的深度探访之旅！！！
                 <w:br/>
                 ★加勒比海4大国家 ——墨西哥、古巴、巴拿马、哥斯达黎加；
                 <w:br/>
                 ★南美景点5大国家——巴西、阿根廷、乌拉圭、智利、秘鲁。
-                <w:br/>
-[...26 lines deleted...]
-                🤞热水镇：这里是去马丘比丘的必经小镇，乌鲁班布河从镇中奔腾而过，镇子充满了印加风情，住上一晚，养精蓄锐。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -667,2040 +639,2082 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                北京 ✈圣保罗（飞行时间约 25 小时 05 分，经停马德里约 2 小时）
-[...7 lines deleted...]
-                交通：参考航班：CA897 PEKGRU 1500/0505+1
+                北京 ✈哈瓦那 (飞行时间约 23 小时 55 分，经停马德里约 2 小时)
+                <w:br/>
+                在我司专业领队带领下，前往北京国际机场，乘坐国际航班前往古巴哈瓦那，抵达后入住酒店休息。
+                <w:br/>
+                【哈瓦那】古巴哈瓦那是古巴的首都，位于古巴岛的西北部，拥有丰富的历史、独特的建筑风格和多元的文化氛围，是加勒比地区最具魅力的城市之一。
+                <w:br/>
+                交通：参考航班：CA865 PEKHAV 0700 1840
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">航机上</w:t>
+              <w:t xml:space="preserve">Comodoro hotel/hotel habana libre/PANORAMA 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣保罗
-[...7 lines deleted...]
-                注意：由于圣保罗大教堂周边最近治安比较差，所以圣保罗大教堂建议车游外观
+                哈瓦那-巴拉德罗
+                <w:br/>
+                早餐后，独家安排乘坐【老爷车】游览哈瓦那老城区和海滨大道，组成拉风的老爷车队。哈瓦那被誉为露天老爷车博物馆，满大街可见色彩形状各异的老爷车，形成哈瓦那一道独特的风景。随后前往被誉为“人间伊甸园”的古巴
+                <w:br/>
+                著名旅游胜地【巴拉德罗】（约 2 小时车程）。巴拉德罗以它蓝色的海滩著称，为古巴旅游胜地。120 公里的海滩、海滨浴场，洁白的细沙，清澈的蓝色的海水；蔚蓝色的天空、旖旎的风景、充足的阳光、含碘的空气，素有“人间伊甸园”之称。每年吸引无数的游客前往度假。自由享受巴拉德罗惬意时光，客人可以自费选择【私家游艇抓龙虾】，乘搭私家游艇，畅游墨西哥湾，欣赏独特的“加勒比蓝”。 亲自出海细细感受加勒比海的别样风情，当地船员更会现捕龙虾，为您现场料理即捕即食。生长在加勒比深海水域的古巴龙虾享誉全球，优质无污染，其肉质雪白肥美紧致，鲜甜爽口。随后后入住酒店休息，结束当天行程。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">TRANSAMERICA EXECUTIVE PAULISTA HOTEL / LUZ PLAZA SÃO PAULO / MATSUBARA HOTEL SÃO PAULO 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comodoro hotel/hotel habana libre/PANORAMA 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣保罗 ✈里约热内卢
-[...7 lines deleted...]
-                交通：参考航班：LA3908 CGHSDU 0840/0945
+                巴拉德罗-哈瓦那
+                <w:br/>
+                早上返回哈瓦那，前往【帕塔加斯雪茄烟制作工厂】，参观雪茄卷烟厂，深入探索纯手工卷烟的全过程。古巴是世界上最优质的雪茄产地，雪茄爱好者的天堂。游览【朗姆酒博物馆】，朗姆酒博物馆坐落于一个公元 18 世纪的殖
+                <w:br/>
+                民风格的庭院内，直到 1959 年革命胜利，它一直都是一位叫做蒙特拉伯爵的私人住宅。博物馆于 2000 年 3 月 31日开业，里面通过各种模型和实物介绍了久负盛名的古巴朗姆酒从甘蔗到制造成朗姆酒的全过程。参观完毕后，博
+                <w:br/>
+                物馆还会请游客亲口品尝一杯朗姆酒。
+                <w:br/>
+                晚餐后前往【圣卡洛斯城堡】，作为圣卡洛斯城堡的一个传统，它至今依然保留着已经沿袭了三百多年的关城礼炮仪式。每到夜幕降临，身着华丽制服的卫兵列队步入城堡的高地，在进行一番简短而庄重的仪式后，燃响古老的礼炮
+                <w:br/>
+                并关闭厚重的城门。当年防止海盗偷袭的一项措施如今却成了一个极具特色的传统旅游项目，成为来到哈瓦那观光的每一个游人不可错失的“夜生活”。后入住酒店休息，结束当天行程。
+                <w:br/>
+                特别安排：古巴特色古法猪排饭
+                <w:br/>
+                交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ROYAL RIO PALACE / WINDSOR GUANABARA HOTEL / WINDSOR PLAZA COPACABANA 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Comodoro hotel/hotel habana libre/PANORAMA 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                里约热内卢✈伊瓜苏（巴西）-伊瓜苏大瀑布（巴西）
-[...7 lines deleted...]
-                交通：参考航班：LA3521 GIGIGU 0710/0930
+                哈瓦那✈坎昆
+                <w:br/>
+                早餐后前往海明威曾经居住过多年，景色优美的【海明威故居】。海明威的《老人与海》就创作于古巴，在古巴生活长达 26 年之久。哈瓦那市区精华游：世界文化遗址【哈瓦那老城】：哈瓦那的第二大广场【圣弗朗西斯科广场】、
+                <w:br/>
+                充满殖民时期特色历史最悠久的【武器广场】、曾用于奴隶买卖和节日庆典的【老广场（岁月广场）】等。古巴最大教堂哈瓦那圣哥伦布教堂所在的【教堂广场】。期间还可以外观海明威暂居哈瓦那时所居住的【两个世界饭店】和海
+                <w:br/>
+                明威生前最爱的【五分钱小酒馆】。下午乘坐航班前往坎昆
+                <w:br/>
+                交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">FOZ PRESIDENTE COMFORT HOTEL/ HOTEL CARIMA / HOTEL CONTINENTAL INN 或同级）</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Royal Solaris Cancun/GR Solaris Cancun/ Golden Paranassus,或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                伊瓜苏大瀑布（阿根廷）-伊瓜苏（阿根廷） ✈布宜诺斯艾利斯
-[...3 lines deleted...]
-                抵达后，送往酒店休息，结束当天行程。
+                坎昆-奇琴伊察-坎昆
+                <w:br/>
+                早上乘车前往世界十大奇观之一【奇琴伊察 Chichen Itza】（车程约 2 个半小时，游览时间约 2 个小时）。奇琴伊察是已经发掘出的最著名的玛雅文化遗址，曾是玛雅最大且最繁华的城市，玛雅人在这里用石头建造了数百座建
+                <w:br/>
+                筑物，在库库尔坎金字塔 Castillo,也叫大城堡、武士神庙 Templo de los Guerreros ，千柱群 MilColumnas 米尔柱、古球场 Juego de Pelota、骨头墙 Tzompantli，美洲豹神殿 Templo de los Jaguares，鷹豹祭台 Plataforma 
+                <w:br/>
+                de los Jaguares y Águilas 等古建筑群中， 仿佛还能感受到玛雅城邦全盛时期的气息。这些建筑高大雄伟，雕有精美的纹饰。参观神圣【Ikkil 天坑】，Ikkil 天坑位于墨西哥尤卡坦半岛，距离奇琴伊察古城不远，深约 26 米、直径
+                <w:br/>
+                约 60 米的天然石灰岩洞穴。其碧绿清澈的水池和周围茂密的藤蔓、植被使得这里仿佛一个森林中的天然游泳池。游客可以通过设置在天坑边缘的楼梯和平台进入水池，体验不同深度的游泳和跳水活动。这里独特的自然美景和清凉
+                <w:br/>
+                的天然池水，是到访墨西哥必游的理想选择。此外，Ikkil 天坑的神秘氛围和优美环境使其成为摄影爱好者的天堂。无论是寻求冒险还是放松，这里都是不容错过的目的地。后返回坎昆市区。
+                <w:br/>
+                特别安排：午餐安排天坑古玛雅文化传统特色餐厅
                 <w:br/>
                 交通：参考航班：AR1793 IGREZE 2125/2325
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">GRAN HOTEL BUENOS AIRES /CYAN AMÉRICAS TOWERS HOTEL / CYAN HOTEL DE LAS AMERICAS 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Royal Solaris Cancun/GR Solaris Cancun/ Golden Paranassus,或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                布宜-科洛尼亚（乌拉圭）-布宜
-[...7 lines deleted...]
-                高乔农庄位于阿根廷布宜诺斯艾利斯，是一个远离城市喧嚣的世外桃源，人们在这里喂养牛、羊、马，美食相伴，音乐舞蹈相随。在这个世外桃源里，主人用热情奔放的民间舞蹈欢迎我们。明快的音乐、欢快的舞步、飞旋的裙摆、开怀的笑脸，引发热烈的掌声。
+                坎昆✈墨西哥城-特奥蒂华坎-墨西哥城
+                <w:br/>
+                早上乘坐飞机前往墨西哥城。
+                <w:br/>
+                乘车前往市郊 48 公里处的“众神之城”、世界文化遗产之一的【特奥蒂华坎】探寻“人升华为神的地方”。参观玛雅古老文化的经典建筑-金字塔，您可以亲临朝拜阿兹特克文化了。在此可膜拜雄伟的【太阳金字塔】和【月亮金
+                <w:br/>
+                字塔】【羽蛇神殿】，气势恢宏的【亡灵大道】。午餐在传统音乐文化餐厅 Gran Teocalli 用餐，Gran Teocalli 是一家位于墨西哥特奥蒂华坎的特色餐厅，以其玛雅和墨西哥传统美食闻名。餐厅装潢融合现代与传统元素，此外，
+                <w:br/>
+                餐厅定期邀请当地乐队和艺术家进行现场表演，让客人享受愉悦的用餐氛围。在这里，您不仅可以品尝到美味佳肴，还能感受到丰富的墨西哥音乐文化。下午搭车经过被罗马教皇誉为天主教世界的三大奇迹教堂之一的【瓜达罗培(圣
+                <w:br/>
+                母显灵教堂)】，墨西哥的众神中，最出名又最受爱戴的，该算是有着褐色皮肤的圣母瓜达鲁佩(The Virgin of Guadalupe)了，每年的 12 月 12 日是圣母日，从 12 月初开始通往墨西哥市瓜达鲁佩圣母院的公路就开始繁忙堵塞
+                <w:br/>
+                起来，延绵数哩的车潮人潮不断，都是要去许愿或还愿的朝圣者在距离圣母院约有一哩的地方，许多朝圣的人们开始跪行用膝盖头上血肉模糊的椎心痛楚，来证明他们的信心与虔诚。
+                <w:br/>
+                午餐特别安排：传统音乐文化餐厅 Gran Teocall
+                <w:br/>
+                交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">GRAN HOTEL BUENOS AIRES /CYAN AMÉRICAS TOWERS HOTEL / CYAN HOTEL DE LAS AMERICAS 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                布宜诺斯艾利斯✈圣地亚哥
-[...9 lines deleted...]
-                交通：参考航班：LA454 AEPSCL 1610/1832
+                墨西哥城—龙舌兰酒庄 Hacienda Corraleio-瓜纳华托（4.5 小时）
+                <w:br/>
+                早餐后，乘车前往“上帝打翻调色盘”之城——[瓜纳华托]。前往墨西哥知名的[龙舌兰酒庄 Hacienda Corralejo]。龙舌兰酒，西班牙语名为 Tequila，为世界八大烈酒之一，是用墨西哥特产的蓝色龙舌兰酿造而成，被誉为墨西哥国
+                <w:br/>
+                酒,且只有墨西哥中部的瓜纳华托和哈里斯革两州出产的龙舌兰酒最为正宗。Corralejo 酒庄建于 1753 年距今已有近 300 年的历史，同时它也是墨西哥国父 伊达尔哥的出生地和成长的地方。您将在这里深入龙舌兰的种植田(以当
+                <w:br/>
+                天天气为准，如遇阴雨天则无法下田)，详细了解龙舌兰酒的整个酿造过程，品尝各个种类的龙舌兰酒，感受墨西哥的酒文化。
+                <w:br/>
+                随后，游览被联合国教科文组织评定为世界遗产的[瓜纳华托古城]，这座古城的所有建筑都保留着欧洲帝国时期的新古典主义或巴洛克建筑风格，外观【瓜纳华托圣母大教堂】、墨西哥最美的剧院——【华雷斯剧院】，随后游览被
+                <w:br/>
+                称为“墨西哥古城最浪漫的小巷”的【接吻巷】，此处流传着甜蜜的爱情故事，来自世界各地的夫妻、情侣慕名而来。乘车登上【皮皮拉山】，这里是俯瞰瓜纳华托全景最好的地点，整个瓜纳华托仿佛是上帝打翻的调色盘一样，美得惊心动魄。
+                <w:br/>
+                特别安排：墨西哥地道农庄
+                <w:br/>
+                交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">DIEGO DE ALMAGRO PROVINDENCIA/ HOTEL PLAZA EL BOSQUE NUEVA LAS CONDES / BEST WESTERN PREMIER MARINA LAS CONDES 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣地亚哥-瓦尔帕来索海滨-酒庄品酒文化之旅-圣地亚哥
-[...15 lines deleted...]
-                特别安排：瓦尔帕莱索特色海鲜面
+                瓜纳华托-圣米格尔-墨西哥城
+                <w:br/>
+                早上乘车前往墨西哥的“艺术之城”—【圣米格尔】，建立在海拔 1950 米之上的圣米格尔是座典型的殖民地风格小城，同时又是墨西哥著名的艺术之城，很多画家、雕刻家、陶艺家、摄影家都是出自于此。参观【圣米格尔教区
+                <w:br/>
+                教堂】（不少于 20 分钟），这座教堂粉红色“结婚蛋糕”式的高塔非常奇特而醒目，是由当地的原住民石匠在 19世纪末设计的。随后返回墨西哥城。
+                <w:br/>
+                特别安排：品尝一下地道的“墨西哥国花”——仙人掌及 TACO
+                <w:br/>
+                交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DIEGO DE ALMAGRO PROVINDENCIA / HOTEL PLAZA EL BOSQUE NUEVA LAS CONDES / BEST WESTERN PREMIER MARINA LAS CONDES 或同级</w:t>
+              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣地亚哥 ✈利马
-[...7 lines deleted...]
-                交通：参考航班：LA520 SCLLIM 1455/1645
+                墨西哥城✈哥斯达黎加圣何塞-阿雷纳火山区
+                <w:br/>
+                早餐后乘坐飞机前往哥斯达黎加首都圣何塞，抵达后，驱车前往哥斯达黎加最有名的景点之一【阿雷纳火山区】。途中会经过被誉为艺术家摇篮之称的城市隆儿奇，在此可以欣赏到各个艺术家创作的手工艺品及雕塑品及哥斯达黎
+                <w:br/>
+                加注明的传统手绘大型彩色牛车。路上还可以参观非常有特色的【铁皮教堂】。下午抵达【阿雷纳火山区】，它附近有数条天然热气腾腾的温泉河，每日都吸引着大量游客前往。随后由导游带领，直接入住当地特色温泉酒店，酒店客房享有阿雷纳尔火山和花园的美丽景致。浸泡在阿雷纳尔火山脚下流淌的天然温泉水中，倾听鸟语花香，消除一身的疲累。
+                <w:br/>
+                特别安排：哥斯达黎加古法炖牛肉
+                <w:br/>
+                交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">INNSIDE BY MELIÁ LIMA MIRAFLORES / SAN AGUSTIN / HOTEL LIBERTADOR LIMA 或同级</w:t>
+              <w:t xml:space="preserve">Arenal Paraiso Resort &amp; Spa /Volcano Lodge, Hotel &amp; Thermal 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                利马 ✈库斯科-乌鲁班巴
-[...17 lines deleted...]
-                交通：参考航班：LA2027 LIMCUZ 1625/1745
+                阿雷纳火山-波阿斯火山国家公园-圣何塞✈波哥大
+                <w:br/>
+                早餐后前往【波阿斯火山国家公园】，波阿斯火山是世界上最大的间歇性爆发的活火山，海拔为 2574 米，气候转变的非常剧烈，从艳阳高照到笼罩在云雾之中，只在一瞬间。峰顶处上有两个火山口，当您站在火山主口的时候可
+                <w:br/>
+                以闻到火山不断散发出的硫磺气体味道；而另一个是由雨水积成的火山湖口，是全世界最酸性的湖泊之一。行程结束后返回圣何塞，前往机场乘坐飞机前往波哥大
+                <w:br/>
+                温馨提示：波阿斯火山在 2017 年 4 月火山爆发后，关闭至今约 1 年半。2018 年 9 月重新开放，但随时有再次爆发的可能性，若参观当天火山排出超过 2ppm 值的气体，则谢绝参观。此乃不可抗拒之因素，望请理解。由于波阿斯火山的门票须提前在线上购买，如遇临时禁止参观则无法退票。
+                <w:br/>
+                交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">SAN AGUSTIN MONASTERIO DE LA RECOLETA / HOTEL SONESTA POSADAS DEL INCA SACRED VALLEY YUCAY /HOTEL HACIENDA DEL VALLE – URUBAMBA 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hilton garden inn /crowne plaza 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                乌鲁班巴-热水镇-马丘比丘-库斯科
-[...11 lines deleted...]
-                特别安排：羊驼肉特色风味餐（会根据火车票时间适当调整餐的时间）。
+                波哥大
+                <w:br/>
+                早上参观南美负盛名的【黄金博物馆】，历史上哥伦比亚是盛产黄金的国家，是传说中的黄金之国，哥伦比亚黄金博物馆是世界上收藏黄金器物多的地方，馆内收藏着 26000 多件价值无法估量的古代印第安人使用过的金器，还有
+                <w:br/>
+                许多玉石制品。前往【玻利瓦尔广场】这座历史名城的中心又是各式建筑的大汇聚，随后前往【拉坎德拉里亚】：波哥大的老城区，拥有殖民地时期特色的区域，街道两旁巴洛克风格和装饰艺术建筑风格，让这里成 为了整座城市醉
+                <w:br/>
+                迷人的地方。
+                <w:br/>
+                随后来到锡帕基拉镇著名的【盐教堂】，被当地人称作“世界第八大奇观”，这里是哥伦比亚著名的盐矿基地，盐矿工人在盐井下修建了世界上的盐教堂。这是座工程宏伟、设计精巧、构思奇特的教堂，见证了锡帕拉基小镇 400 年
+                <w:br/>
+                苦难历史，同样吸引着无数游客拜访
+                <w:br/>
+                注意：如果遇上黄金博物馆闭馆，则改为博特罗艺术馆
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">HOTEL XIMA EXCLUSIVE CUSCO /SAN AGUSTIN CUSCO /XIMA 或同级</w:t>
+              <w:t xml:space="preserve">Hilton garden inn /crowne plaza 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                库斯科✈ 波哥大
-[...5 lines deleted...]
-                交通：参考航班：AV104 CUZBOG 1700/2025
+                波哥大✈库斯科-乌鲁班巴
+                <w:br/>
+                早上乘坐飞机前往秘鲁库斯科。抵达后，乘车前往 URUBAMBA,晚餐后入住酒店休息。
+                <w:br/>
+                备注:库斯科及马丘比丘为高原地区，海拔在 2800－3200 米左右，抵达上述地区首先保证充分的睡眠，在下机前可食少量糖果，到酒店可饮古卡叶茶，一切动作放慢，不可饮酒及过饱饮食，避免太热水洗澡。机场及各大酒店均
+                <w:br/>
+                备有氧气供高山症状严重者使用。
+                <w:br/>
+                温馨提示：高原反应是指人体急速进入海拔 3000 米以上高原暴露于低压低氧环境后产生的各种不适，是高原地区独有的常见病。常见的症状有头痛，失眠，食欲减退，疲倦，呼吸困难等。通常在高原停留 24～48 小时后症状缓
+                <w:br/>
+                解，客人不必过于焦虑。本病的发生老年人低于青年人，女性低于男性，有器质性疾病、严重神经衰弱或呼吸道感染患者，请谨慎评估是否适宜进入高原地区。
+                <w:br/>
+                特别安排：印加庄园酒店三道式烛光晚餐
+                <w:br/>
+                交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Hilton garden inn /crowne plaza 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAN AGUSTIN MONASTERIO DE LA RECOLETA / HOTEL SONESTA POSADAS DEL INCA SACRED VALLEY YUCAY / HOTEL HACIENDA DEL VALLE – URUBAMBA 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                波哥大
-[...1 lines deleted...]
-                早上参观南美负盛名的【黄金博物馆】，历史上哥伦比亚是盛产黄金的国家，是传说中的黄金之国，哥伦比亚黄金博物馆是世界上收藏黄金器物多的地方，馆内收藏着 26000 多件价值无法估量的古代印第安人使用过的金器，还有许多玉石制品。前往【玻利瓦尔广场】这座历史名城的中心又是各式建筑的大汇聚，随后前往【拉坎德拉里亚】：波哥大的老城区，拥有殖民地时期特色的区域，街道两旁巴洛克风格和装饰艺术建筑风格，让这里成为了整座城市最迷人的地方。游毕，送往酒店休息，结束当天行程。
+                乌鲁班巴-热水镇-马丘比丘-库斯科
+                <w:br/>
+                早上乘坐火车前往热水镇，随后乘坐园区巴士上山（约 20 分钟），进入马丘比丘。马丘比丘印加语意为“古老的山头”，此山城位于海拔 2400 公尺，建于 15 世纪，位于群山峻岭、悬崖绝壁之顶端。古城建在悬崖峭壁上，分成数
+                <w:br/>
+                个区域：墓园、监狱、生活区和神殿区，全部由原石砌造、工艺精湛，体现了当年印加王朝的盛世辉煌，是当年印加帝国的圣地，最高祭师居住的神殿。这里曾挖掘出 150 具女性骸骨，是祭典中献给太阳神的祭品，古城因此被列
+                <w:br/>
+                为世界十大文明之谜。马丘比丘遗址位于秘鲁库斯科区乌鲁班巴省马丘比丘社区，被分成两个大区——城市区和农业区。两区之间由巨大石墙分隔。农业区再分为上城区和下城区，考古学家将城市区细分为三个区域：圣区（Sacred 
+                <w:br/>
+                District）、平民南区（Popular District to the south）、祭司与贵族区（Priests and the Nobility）。游毕返回库斯科，入住酒店休息，结束当日行程。
+                <w:br/>
+                温馨提示：回程乘坐火车约 1.5 小时返回欧雁台火车站再乘坐巴士约 2 小时抵达库斯科。具体出发时间和火车运行时间根据所定火车票的车次而定。火车站因运营情况如有调整，以境外通知为准。
+                <w:br/>
+                特别安排：羊驼肉特色风味餐（会根据火车票时间适当调整餐的时间）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hilton garden inn /crowne plaza 或同级</w:t>
+              <w:t xml:space="preserve">HOTEL XIMA EXCLUSIVE CUSCO / SAN AGUSTIN CUSCO /XIMA 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                波哥大
-[...5 lines deleted...]
-                游毕，送往酒店休息，结束当天行程。
+                库斯科✈利马
+                <w:br/>
+                早餐后，安排城市观光：【太阳神殿 Coricancha(入内)】、【中央广场】、【外观大教堂】，参观印加帝国时期的重要之军事要塞-【萨萨瓦曼(入内)】——昔日每天动用三万人次，历时 80 年才建成的巨型石垤城塞，至今仍令现代人叹为观止。随后，乘坐飞机返回利马
+                <w:br/>
+                交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hilton garden inn /crowne plaza 或同级</w:t>
+              <w:t xml:space="preserve">INNSIDE BY MELIÁ LIMA MIRAFLORES /SAN AGUSTIN / HOTEL LIBERTADOR LIMA 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                波哥大 ✈哥斯达黎加圣何塞-阿雷纳火山区
-[...7 lines deleted...]
-                交通：参考航班：AV696 BOGSJO 0800/0920
+                利马 ✈圣地亚哥
+                <w:br/>
+                早餐后，市区观光游览，参观【军事广场】、【总统府】、【外观大教堂】、【圣马丁广场】等，这些都是来自当地及旧大陆的工艺师们所协力完成的建筑瑰宝，将西班牙殖民时期的荣华表露无遗。游览【地画公园】、【爱情公
+                <w:br/>
+                园】、【海滨长廊】、【印加市场】，您可以到富有民间手工艺品色彩的【市场】购物，为远在国内的亲朋好友挑选一两件纪念品。随后乘坐飞机前往智利圣地亚哥
+                <w:br/>
+                交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Arenal Paraiso Resort &amp; Spa /Volcano Lodge, Hotel &amp; Thermal 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DIEGO DE ALMAGRO PROVINDENCIA / HOTEL PLAZA EL BOSQUE NUEVA LAS CONDES / BEST WESTERN PREMIER MARINA LAS CONDES 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                阿雷纳火山-波阿斯火山国家公园-圣何塞
-[...11 lines deleted...]
-                由于波阿斯火山的门票须提前在线上购买，如遇临时禁止参观则无法退票。
+                圣地亚哥✈复活节岛
+                <w:br/>
+                早上前往机场，搭乘航班飞往【复活节岛】。距离南美大陆 3,700 多公里，孤立于南太平洋的神祕岛屿【复活节岛】。又称为拉帕努伊岛 Rapa Nui 的复活节岛，面积不大只有 163 平方公里，形状呈三角形，由三座火山组
+                <w:br/>
+                成。抵达后，热情好客的岛民将为您献上花环。首先沿着海边道路，在左侧可以看到被绿草覆盖的山丘，这就是：圣拉诺拉拉库 RanoRaraku（1 小时），从入口处沿着斜坡攀登，有无数制造到一半的摩埃散落在一旁，有些只
+                <w:br/>
+                完成了脸部，有些已雕刻完成，只差从岩石上挖掘下来就可完工，更有依些被造好并直立起来，好像处于搬运中但被放弃的状态，难道真是因为爆发了内战而突然停止了这里的活动？彷彿跟着内战的开始，摩埃也失去了生命之后
+                <w:br/>
+                来到 AhuTongariki（30 分钟左右），作为复活节岛上最大的巨石像群，一共有 15 座直立的 moai 神像群。它是岛上惊人的巨石文化的见证。这里也是最佳观看日出的地方前往世界的肚脐“Te pito Kura”（30 分钟），
+                <w:br/>
+                该遗址位于复活节岛南岸，岛民把复活节岛称为世界的肚脐，传说这是一块拥有神圣力量的石头，是由 Rapa Nui 第一位国王从古老的 Hiva 国带来的今日最后一个景点，去享受 Anakena（30 分钟）阿纳卡纳沙滩上美丽的棕
+                <w:br/>
+                榈树和碧绿的海水，也是号称全岛最梦幻的地点。最后我们参观岛上唯一带眼睛的 moai - Tahai（30 分钟），这里是一座国家公园，是迄今为止最为古老的祭祀庆典地，公园里有三个形状各异的祭祀台，并且有着一尊唯一拥有
+                <w:br/>
+                褐色眼睛的 moai。
+                <w:br/>
+                特别安排：复活节岛海边烧烤
+                <w:br/>
+                交通：航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Park inn by radisson/Holiday inn 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORANA ISLA DE PASCUA HOTEL / TUPA HOTEL / OTAI 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣何塞✈ 墨西哥城
-[...3 lines deleted...]
-                交通：参考航班：AV632 SJOMEX 1220/1525
+                复活节岛✈ 圣地亚哥
+                <w:br/>
+                酒店早餐后，前往参观 RanoKau（30 分钟）火山口，此火山拥有岛上最大的火山口湖，直径约 1.6 公里，深达11 公尺，芦苇附盖了半个湖面，从间隙中可以看到清澈的湖水，闪耀着神祕光辉，好像要引诱人们走进去一样。
+                <w:br/>
+                即将结束复活节岛之旅之前，我们再次了解当地鸟人村文化“Orongo”（1 小时）,这是全岛最重要的村落之一，历史上它是岛上重要比赛的举办地，海拔约 310 米，拥有面向全岛和太平洋的壮丽视野，目前村子里有一条 1 
+                <w:br/>
+                公里长的小径，我们可以近距离的欣赏复原后的房屋和岩画艺术。到此，复活节岛神秘之旅结束。中午后，前往机场，乘机返回圣地亚哥。
+                <w:br/>
+                备注：Orongo 一旦遇上关闭，则换为 Vaihu 文化村
+                <w:br/>
+                中午特别安排：面海景观餐厅
+                <w:br/>
+                交通：航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL NOVOTEL VITAUCRA /MERCURE SANTIAGO CENTRO/ DIEGO DE ALMAGRO PROVINDENCIA 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨西哥城-龙舌兰酒庄 Hacienda Corraleio-瓜纳华托
-[...7 lines deleted...]
-                游毕，入住酒店休息，结束当天行程。
+                圣地亚哥✈布宜诺斯艾利斯
+                <w:br/>
+                早餐后，圣地亚哥市区精华游：参观总统府（外观）、ARMAS(阿马氏)广场，建立于西班牙殖民时代的【大教堂SAN FRANCISCO】及【中央邮局】、【圣露西亚公园】(圣地亚哥发源地)（共约 60 分钟）。然后驱车经过市内
+                <w:br/>
+                现代化的漂亮住宅区，商业及金融中心。随后乘坐航班前往布宜诺斯艾利斯。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOWARD JOHNSON PLAZA / HOTEL SCALA / AMERIAN CONGRESO HOTEL 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                瓜纳华托-圣米格尔-墨西哥城
-[...3 lines deleted...]
-                特别安排：品尝一下地道的“墨西哥国花”——仙人掌及 TACO 风味餐
+                布宜-科洛尼亚（乌拉圭）-布宜
+                <w:br/>
+                早上前往码头乘船（约 1 小时），前往与阿根廷隔河相望的【科洛尼亚】，这座葡萄牙风情的海边古镇带着其独有的韵味和文化气息，整个老城区已被联合国教科文组织定为“人类文化遗产“。沿【乌拉圭国家 1 号公路行
+                <w:br/>
+                驶】，沿途欣赏优美的乌拉圭风光。您可以静静欣赏专属这座浪漫古镇的浪漫气息。漫步【科洛尼亚老城区】（共约 3 小时），入内参观【圣贝尼托教堂】、游览【1811 广场】、【叹息街】、【坎坡门】等。傍晚乘船返回布
+                <w:br/>
+                宜，送回酒店休息，结束当日行程。
+                <w:br/>
+                注意：因签证原因，不能去乌拉圭的客人，将会安排阿根廷高乔农庄一日游高乔农庄位于阿根廷布宜诺斯艾利斯，是一个远离城市喧嚣的世外桃源，人们在这里喂养牛、羊、马，美食相伴，音乐舞蹈相随。在这个世外桃源里，主人用热情奔放的民间舞蹈欢迎我们。明快的音乐、欢快的舞步、飞旋的裙摆、开怀的笑脸,引发热烈的掌声
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOWARD JOHNSON PLAZA / HOTEL SCALA / AMERIAN CONGRESO HOTEL 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨西哥城-特奥蒂华坎-墨西哥城✈坎昆
-[...7 lines deleted...]
-                交通：参考航班：Y43535 NLUCUN 1721/2040
+                布宜诺斯艾利斯✈阿根廷伊瓜苏
+                <w:br/>
+                早餐后，市区精华游，乘车前往参观世界三大剧院之一的【科隆剧院】（外观），【七九大道】，【独立纪念碑】，【车游外观国会广场】，【五月广场】，【总统府】（玫瑰宫），【布宜诺斯艾利斯大教堂】。随后参观
+                <w:br/>
+                【雅典人书店】，这是由布宜诺斯艾利斯闹市一家老剧院改造成的豪华书店。书店共 3 层，营业面积 2000 多平方米，号称南美第一，世界第二，剧院内原有包厢、雕刻、戏台上的深红色幕布均保存完好。包厢则变成了一个个
+                <w:br/>
+                “迷你”阅览室（备注：请进去参观的游客，保持安静，不大声喧哗，文明参观）。随后乘坐飞机前往阿根廷伊瓜苏。
+                <w:br/>
+                交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Royal Solaris Cancun, GR Solaris Cancun,  Golden Paranassus, 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL VIALE CATARATAS / FOZ PRESIDENTE COMFORT HOTEL /HOTEL CARIMA 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                坎昆-奇琴伊察-坎昆
-[...3 lines deleted...]
-                特别安排：午餐安排天坑古玛雅文化传统特色餐厅
+                阿根廷伊瓜苏瀑布-巴西伊瓜苏瀑布
+                <w:br/>
+                早餐后前往【阿根廷伊瓜苏国家公园】。观赏世界三大瀑布之一、跨度最大的【伊瓜苏大瀑布】。该瀑布位于阿根廷与巴西边界上，是目前世界上最宽的瀑布，为马蹄形瀑布，高 82 米，宽 4 公里，由 275 个瀑布组成的瀑布群，1984年，被联合国教科文组织列为世界自然遗产。伊瓜苏瀑布巨流倾泻，气势磅礴，轰轰瀑声 25 公里外都可以听见。抵达瀑布公园后,我们乘坐森林小火车，在悠闲时光中来到瀑布顶部的栈道。漫步在栈道上，俯瞰由 275 大小不同、景观各异的瀑布群所组成的成千上万条河水以千军万马之势从各小瀑布沸腾而下，惊心动魄，不由得令人感叹上帝造物及大自然的美妙。随后乘车去往边境办理巴西西入境手续，伊瓜苏瀑布观赏点众多，可以沿着河边山间小路漫步全程景区，接着进入水上栈桥置身于气势磅礴的瀑布之前，享受天然绝妙景观。随后过境巴西，参观前往世界三大瀑布之一、跨度最大的【巴西伊瓜苏大瀑布】。该瀑布位于阿根廷与巴西边界上，是目前世界上最宽的瀑布，为马蹄形瀑布，高 82 米，宽 4 公里，由 275 个瀑布组成的瀑布群，1984 年，被联合国教科文组织列为世界自然遗产。伊瓜苏瀑布巨流倾泻，气势磅礴，轰轰瀑声 25 公里外都可以听见。伊瓜苏瀑布观赏点众多，可以沿着河边山间小路漫步全程景区，接着进入水上栈桥置身于气势磅礴的瀑布之前，享受天然绝妙景观。
+                <w:br/>
+                特别安排：伊瓜苏瀑布景区西式自助特色餐
+                <w:br/>
+                交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Royal Solaris Cancun, GR Solaris Cancun,  Golden Paranassus, 或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL VIALE CATARATAS / FOZ PRESIDENTE COMFORT HOTEL /HOTEL CARIMA 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                坎昆 ✈哈瓦那
-[...1 lines deleted...]
-                早上乘坐飞机前往哈瓦那，抵达后，入住酒店休息，结束当天行程。
+                伊瓜苏（巴西） ✈里约热内卢
+                <w:br/>
+                早餐后，前往参观【伊瓜苏鸟园】，可以观赏到巴西国鸟金刚鹦鹉和巨嘴鸟 TUCANO，火烈鸟等热带地区的品种丰富的鸟类。随后，乘机飞往里约热内卢。抵达后入住酒店休息。
                 <w:br/>
                 交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comodoro hotel，hotel habana libre，PANORAMA 或同级</w:t>
+              <w:t xml:space="preserve">WINDSOR FLORIDA/ MIRADOR RIO COPACABANA HOTEL / ROYAL RIO PALACE 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                哈瓦那-巴拉德罗
-[...3 lines deleted...]
-                随后，前往被誉为“人间伊甸园”的古巴著名旅游胜地【巴拉德罗】（约 2 小时车程）。巴拉德罗以它蓝色的海滩著称，为古巴旅游胜地。120 公里的海滩、海滨浴场，洁白的细沙，清澈的蓝色的海水；蔚蓝色的天空、旖旎的风景、充足的阳光、含碘的空气，素有“人间伊甸园”之称。每年吸引无数的游客前往度假。抵达后晚餐入住酒店休息，结束当天行程。
+                里约热内卢
+                <w:br/>
+                早上，乘车登上【耶稣山】，参观巨型【基督像】，高 38 米，宽 28 米，重量超过一千吨，是为纪念巴西独立运动成功而建，几乎是不论何时、何地都能从里约市一眼望见，为里约象征，在此还可远观宏伟的【尼特罗伊跨海大
+                <w:br/>
+                桥】，一览十六公里全景。漫步 COPACABANA 著名的海滩，欣赏蓝天白云、椰风海韵。随后乘车前往观看世界第一大足球场【马拉卡纳足球场】（外观）。该球场建于 1950 年，曾有容纳 20 万人的恐怖纪录，之后翻新改建
+                <w:br/>
+                成为一个新的马拉卡纳球场，并成为 2014 年巴西世界杯的总决赛场地，也成为 2016 年里约奥运会开幕式及足球比赛场馆。前往参观【里约热内卢大教堂】和【二战纪念牌】
+                <w:br/>
+                特别安排：里约特色巴西菜
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">hotel brisa del caribe/Hotel Playa De Oro/NAVITI VARADERO 或同级</w:t>
+              <w:t xml:space="preserve">WINDSOR FLORIDA/ MIRADOR RIO COPACABANA HOTEL / ROYAL RIO PALACE 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴拉德罗-哈瓦那
-[...3 lines deleted...]
-                晚餐后前往【圣卡洛斯城堡】，作为圣卡洛斯城堡的一个传统，它至今依然保留着已经沿袭了三百多年的关城礼炮仪式。每到夜幕降临，身着华丽制服的卫兵列队步入城堡的高地，在进行一番简短而庄重的仪式后，燃响古老的礼炮并关闭厚重的城门。当年防止海盗偷袭的一项措施如今却成了一个极具特色的传统旅游项目，成为来到哈瓦那观光的每一个游人不可错失的“夜生活”。后入住酒店休息，结束当天行程。
+                里约热内卢✈圣保罗
+                <w:br/>
+                早上乘坐飞机前往圣保罗，乘车前往参观【IPIRANGA 十八世纪皇宫花园】【皇宫博物馆】(外观)，游毕参观【圣保罗大教堂】（车游外观）。该教堂始建于 1913 年，直到 1954 年才建成，并作为庆祝建市四百周年的活动对外开
+                <w:br/>
+                放。它的前身是殖民时代的大教堂，整个工程由马克西米利亚诺建筑师设计建造。在艺术特点上，它融合了哥特式和文艺复兴时期的风格。随后前往【拉美议会大厦】和【拉美民俗展馆】（外观）；【开拓者雕像】、【护法英雄纪
+                <w:br/>
+                念碑】。随后前往游览【蝙蝠侠胡同】，这是藏在维拉马达莱纳区(Vila Madalena)深处的一条数百米的小巷，巷子从地面到墙上的每一寸都被涂满五颜六色的涂鸦，绝对是拍照圣地。感受一下浓郁的南美色彩，那就从这条巷子开
+                <w:br/>
+                始，这条著名的巷子吸引了世界各地的涂鸦艺术家，每隔一段时间都会有新的涂鸦覆盖。晚餐后入住酒店休息，结束当天行程。
+                <w:br/>
+                特别安排：传统特色风味的【巴西烤肉】，巴西烤肉外焦内嫩，厨师将一道道不同部位的精美烤肉，轮流送到客人面前，让客人根据自己的爱好，选择不同的部位，再由厨师削切入盘，直到游客吃足为止。
+                <w:br/>
+                注意：由于圣保罗大教堂周边最近治安比较差，所以圣保罗大教堂建议车游外观
+                <w:br/>
+                交通：参考航班：待告
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comodoro hotel，hotel habana libre，PANORAMA 或同级</w:t>
+              <w:t xml:space="preserve">NOVOTEL JARAGUÁSAOPAULO CONVENTIONS / TRANSAMERICA EXECUTIVE PAULISTA HOTEL / LUZ PLAZA SÃO PAULO 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                哈瓦那✈ (经停)马德里 ✈北京
-[...7 lines deleted...]
-                交通：参考航班：CA866 HAVPEK 2200/0845+2
+                圣保罗 ✈北京(飞行时间约 23 小时，经停马德里约 1 小时 50 分)
+                <w:br/>
+                早上前往机场，乘坐国际航班返回北京。
+                <w:br/>
+                交通：参考航班：CA898 GRUPEK 0930-1930+1
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">飞机上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -2711,53 +2725,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                航班上
-[...1 lines deleted...]
-                跨越国际日期变更线，夜宿航机上。
+                北京
+                <w:br/>
+                跨越日期变更线，今天抵达北京。
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2905,149 +2919,145 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 全程机票经济舱票价、机场税（费）及燃油附加费；
                 <w:br/>
-                2. 行程所列当地 4 星酒店及山地特色酒店，住宿（2 人 1 间，具有独立卫生间，空调）；
-[...13 lines deleted...]
-                9. 赠送去程北京机场附近住宿 1 晚，不住不退房费！（仅限联运客人包含，以航空公司分配为准）
+                1. 行程所列当地豪华酒店及山地特色酒店，住宿（2 人 1 间，具有独立卫生间，空调）；
+                <w:br/>
+                2. 行程所列餐费（转候机及自由活动期间除外），全程每日酒店西式早餐，午、晚餐为中式餐食（用餐标准为 10人一桌，八菜一汤）或当地餐或特色餐；
+                <w:br/>
+                3. 行程所列游览期间空调旅行车；
+                <w:br/>
+                4. 行程所列景点第一门票（注：全程景点首道门票（耶稣山、巴西伊瓜苏瀑布、伊瓜苏鸟园、阿根廷伊瓜苏瀑布、科洛尼亚船票、复活节岛、马丘比丘观光火车票及景区门票、朗姆酒博物馆、海明威故居、特奥蒂华坎太阳月亮金字塔、奇琴伊察，龙舌兰酒庄，天坑，老爷车游哈瓦那，阿雷纳火山，黄金博物馆，盐教堂）；
+                <w:br/>
+                5. 13 大特色餐：传统特色巴西烤肉，里约特色巴西菜，伊瓜苏瀑布景区餐厅，复活节岛海边烧烤，复活节岛面海景观餐厅，印加庄园酒店三道式烛光晚餐，秘制羊驼肉风味餐，墨西哥国花”——仙人掌及 TACO，天坑古玛雅文化传统特色餐厅，传统墨西哥音乐文化餐厅，墨西哥地道农庄，古巴特色古法猪排饭，哥斯达黎加古法炖牛肉
+                <w:br/>
+                6. 乌鲁班巴升级入住 17 世纪印加庄园超豪华酒店
+                <w:br/>
+                7. 价值 30 万中国人寿旅游意外保险；
+                <w:br/>
+                9. 赠送去程北京机场附近住宿 1 晚，不住不退房费！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费； 
                 <w:br/>
-                2. 巴西签证，阿根廷签证费用。持有效美国签证可申请阿根廷电子签，持有效美国签证可免签秘鲁与智利(美国签证有效期半年以上)乌拉圭(美国签证有效期一年以上)；
-[...5 lines deleted...]
-                5. 全程司导服务费 USD339/人，司导服务费请现付我司领队
+                2. 乌拉圭签证（持有效美国签证可免签乌拉圭（美国签证有效期一年以上）），阿根廷签证费（持有效美国 B1/B2签证可免签阿根廷）、美国签证费、南美签证所需公证费；
+                <w:br/>
+                3.巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费：640 元；VFS 服务费：27.8 元，邮寄费 75元，我司服务费：0 元，巴西签证费用合计 742.8 元。
+                <w:br/>
+                4. 说明：持有效美国签证可免签阿根廷，秘鲁与智利（美国签证有效期半年以上）、乌拉圭（美国签证有效期一年以上）；
+                <w:br/>
+                5. 全程司导服务费 USD339/人，请现付我司领队
                 <w:br/>
                 6. 额外游览用车超时费（导游和司机每天正常工作时间不超过 10 小时，如超时需加收超时费）；
                 <w:br/>
                 7. 行程中所列游览活动之外项目所需的费用；
                 <w:br/>
-                8. 单间差 CNY13100.00/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单间差；如报名时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人间的情况下予以安排同住，否则以我社安排分房为准；
+                8. 单间差 CNY13600.00/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单间差；如报名时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人间的情况下予以安排同住，否则以我社安排分房为准；
                 <w:br/>
                 9. 在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理(在美国及南美内陆的航班不提供免费的飞机餐)；
                 <w:br/>
                 10. 出入境行李的海关税、全程行李搬运费、保管费以及行李托运费；
                 <w:br/>
                 11. 客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电视、行李搬运、邮寄、购物、行程列明以外的用餐或宴请等；自由活动期间交通费；
                 <w:br/>
                 12. 因个人原因滞留产生的一切费用；
                 <w:br/>
                 13. 因气候或飞机、车辆、船只等交通工具发生故障导致时间延误或行程变更引起的经济损失和责任以及行李在航班托运期间的造成损坏的经济损失和责任。
                 <w:br/>
                 14. 特别提醒：因不可抗力因素而额外产生费用的，均需要客人自行承担。
                 <w:br/>
                 注：1、12 岁以下不占床小童减团费 CNY4000/人，占床小童按成人价收取。
                 <w:br/>
-                2、敬请游客遵守我国及旅游目的地国家的相关法律、法规、社会公德、风俗习惯、宗教禁忌，不得参与任何
-[...5 lines deleted...]
-                购物，游客因购物产生的纠纷与本社无关。
+                2、敬请游客遵守我国及旅游目的地国家的相关法律、法规、社会公德、风俗习惯、宗教禁忌，不得参与任何违反以上项目的活动！
+                <w:br/>
+                3、为防止疲劳驾驶，行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，不建议游客购物，游客因购物产生的纠纷与本社无关。
                 <w:br/>
                 4、意见表用于评估领队、导游及当地接待的服务质量，为保证客人的有效权益，请务必如实填写！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -3199,126 +3209,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">$(美元) 180.00</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">$(美元) 273.00</w:t>
+              <w:t xml:space="preserve">$(美元) 199.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">阿根廷探戈舞表演</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -3745,97 +3680,79 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">保险信息</w:t>
+              <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巴西 ：北京、上海、广州都有领馆及签证中心，以实际预约提交为准（广州签证中心需要客人亲自前往中心签名。使领馆保留补充材料、召回面谈、现场签字的权利），不分领区，其它签证都要分领区送，以工作地来划分；大公务护照免签
-[...1 lines deleted...]
-                阿根廷 ：阿根廷移民局电子旅行许可（AVE）已经开放申请，持有有效美国 B 类签证的中国普通护照的旅游游客可以在网上直接交费填表，十个工作日后可看到审批结果，无须再向阿根廷领事馆申请纸质旅游签证。
+                巴西 ：北京、上海、广州都有领馆及签证中心，以实际预约提交为准（使领馆保留补充材料、召回面谈、现场签字的权利），不分领区，其它签证都要分领区送，以工作地来划分；大公务护照免签
+                <w:br/>
+                阿根廷 ：持普通护照的中华人民共和国公民，若持有有效的美国同类签证（旅游签证B1/B2），可免签入境阿根廷旅游。不符合上述条件者需在阿根廷使领事馆申请旅游签证。
                 <w:br/>
                 乌拉圭 ：凡持有有效期内的美国、加拿大和英国签证的中国公民，自 2017 年 6 月 1 日起将可以免签入境乌拉圭。即中国公民所持有护照有效期 6 个月以上，且签证有效期在一年以上，另持有上述三国签证有效期 18 个月以上的中国公民可以随时入境。陆路入境暂不施行。
                 <w:br/>
                 智利 ：中国护照持有 6 个月及以上有效美国或加拿大签证(过境签证除外)，单次停留时间最长不超过 90天）；持有美国绿卡可免签进入智利。
                 <w:br/>
-                秘鲁：自 2016 年 9 月 21 日起，中国公民，持有效期 6 个月以上的美国、加拿大、英国、澳大利亚或申根签证的中国护照，或持有在这些国家和地区的长期居留权，可免签进入秘鲁进行旅游或商务活动，可一次停留 180 天或在六个月内总共停留 180 天！
-[...17 lines deleted...]
-                需要特别提醒的是，我国公民入境哥伦比亚之日，所持的美国、申根成员国签证或居留许可剩余有效期须超过180天。
+                秘鲁 ：自 2016 年 9 月 21 日起，中国公民，持有效期 6 个月以上的美国、加拿大、英国、澳大利亚或申根签证的中国护照，或持有在这些国家和地区的长期居留权，可免签进入秘鲁进行旅游或商务活动，可一次停留 180 天或在六个月内总共停留 180 天！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -3876,51 +3793,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>