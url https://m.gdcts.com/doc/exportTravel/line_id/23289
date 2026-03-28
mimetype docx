--- v3 (2026-03-07)
+++ v4 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【中南美九国+复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴28天|国航联运丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨巴拉德罗海滩丨行程单</w:t>
+        <w:t xml:space="preserve">【中南美九国+复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴28天（国航配联运）丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨巴拉德罗海滩丨行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -3793,51 +3793,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>