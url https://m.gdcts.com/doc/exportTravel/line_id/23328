--- v0 (2025-10-25)
+++ v1 (2026-03-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【私享•王者驾稻】四川成都双飞7天丨成都丨稻城亚丁丨木格措丨泸定桥丨鱼子西丨新都桥（2-8人精品小团）行程单</w:t>
+        <w:t xml:space="preserve">【私享•王者驾稻】四川成都双飞7天丨成都丨稻城亚丁丨海螺沟冰川丨泸定桥丨鱼子西丨新都桥丨长青春科尔寺（2-8人精品小团）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20250218N3</w:t>
+              <w:t xml:space="preserve">WZ-20260304N3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -395,50 +395,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【非凡座驾】2-8人精品小团，6人以上安排1+1豪华座椅，（5人内使用7座商务车）；
                 <w:br/>
                 ★【舒适酒店】5晚携程4钻酒店+1晚藏地轻奢酒店，全程入住低海拔酒店；
                 <w:br/>
                 ★【优质行程】高品质，真纯玩净游0自费0购物；
                 <w:br/>
                 ★【出行保险】川藏专业当地老司机伴您同行出游，保障安全，让你一路无忧；
+                <w:br/>
+                ★【特别赠送】4月1日起，赠送稻城白塔藏服旅拍精修3张（含藏服+化妆）；
                 <w:br/>
                 ★【贴心赠送】随车配备登山杖|氧气|旅游三宝（枕头 耳塞 眼罩）|矿泉水；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -616,117 +618,117 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都明宇丽呈西南交大地铁口店、瑞熙酒店（宽窄店）、瑞熙酒店（望江店）、宜尚酒店西南交大店、秋果S酒店(宽窄巷子奎星楼街店）、艺家城市酒店 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都成都明宇丽呈酒店、瑞熙酒店、金科圣嘉酒店、宜尚酒店、秋果S酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都—泸定桥（350km）—鱼子西（99km）—雅江（94km）
                 <w:br/>
                 早上 06：30 左右集合出发（成都三环内免费小车接人到集合地，且接人为拼车形式，时间会比集合时间提前，具体接人时间和地点，在出团前1天18:00-21:30我社小车师傅通知，请客人保持电话畅通！可能您是先到集合地点需要等候其他游客，敬请理解、如超过这个时段未接到旅行社接人师傅电话，请务必及时联系报名处）
                 <w:br/>
-                早上成都出发经雅康高速公路从四川雅安到天全，雅康高速一路向西，翻越巍峨的二郎山，紧接着来到了大渡河经过【大渡河谷】（川西最大最深峡谷）到达革命前辈经过的地方—【泸定桥】（不含门票10元/人，自理）参观游览（又名大渡桥，是中国四川省甘孜藏族自治州泸定县泸桥镇境内的一座跨大渡河铁索桥，为泸定桥风景区的主要景观文物），伴随着一曲家喻户晓的康定情歌。前往前往【红海子】(垃圾处理费 20/人，自愿自理)，游毕一路走新都桥大美公路———网红机场路到达新都桥换乘当地中转车（必须消费中转车费90元/人，原车摆渡也正常产生费用）【鱼子西】属于木雅贡嘎地区，拥有以藏传佛教为基础的基本文化特征，项目范围内可360度遥望藏区四大神山之一藏区“第二香巴拉”的雅拉神山全貌和四川最高峰“蜀山之王”的木雅贡嘎大雪山山系全貌，为贡嘎西坡地区难得的观景摄影点，最后经令人神往的“摄影家的天堂”新都桥到达雅江酒店。
+                早上成都出发经雅康高速公路从四川雅安到天全，雅康高速一路向西，翻越巍峨的二郎山，紧接着来到了大渡河经过【大渡河谷】（川西最大最深峡谷）到达革命前辈经过的地方—【泸定桥】（不含门票10元/人，自理）参观游览（又名大渡桥，是中国四川省甘孜藏族自治州泸定县泸桥镇境内的一座跨大渡河铁索桥，为泸定桥风景区的主要景观文物），伴随着一曲家喻户晓的康定情歌。前往前往【红海子】(垃圾处理费 35元/人，自愿自理)，游毕一路走新都桥大美公路———网红机场路到达新都桥换乘当地中转车（必须消费中转车费90元/人，原车摆渡也正常产生费用）【鱼子西】属于木雅贡嘎地区，拥有以藏传佛教为基础的基本文化特征，项目范围内可360度遥望藏区四大神山之一藏区“第二香巴拉”的雅拉神山全貌和四川最高峰“蜀山之王”的木雅贡嘎大雪山山系全貌，为贡嘎西坡地区难得的观景摄影点，最后经令人神往的“摄影家的天堂”新都桥到达雅江酒店。
                 <w:br/>
                 <w:br/>
                 赠送景点【鱼子西景区】，此景点为赠送景点，如因天气、堵车、交通管制等特殊原因不能前往，或者游客自愿放弃等主观原因，造成赠送项目没有参加的，没有任何退费，亦不换等价项目。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 早晨在酒店安排司机接客人乘坐循环接驳车到指定地点集合出发（从酒店接驳车时间：早晨5点半-6点半左右，具体时间司机通知为准），早餐路早（请在前台领取早餐）；在出团前一天晚上21点前我社司机或导游会以短信告知客人，具体接您的时间，请客人保持电话畅通！）
                 <w:br/>
                 1、早统一集合出发：（我社安排专业司机早晨接客人到指定地点集合出发，在出团前一天晚上21点前我社司机或导游会以短信告知客人，具体接您的时间，请客人保持电话畅通！）
                 <w:br/>
                 2、藏区水电供应不足，可能会出现水温不稳定，或者出现停电的情况。
                 <w:br/>
                 3、行程沿途会有旅游车加水或供游客上厕所方便的路边站点，类似站点下车后属于自由活动时间，当天用完晚餐后也属于自由活动时间，自由活动期间请随身携带贵重物品，自行负责人身及财产安全。 大部分为山路，如您要晕车，请务必携带晕车药。旅游旺季车辆增多，有可能会堵车，导致用餐时间较晚或抵达酒店入住的时间较晚，敬请理解。
                 <w:br/>
                 4. 因沿途景区属于高原地区，为避免高原反应，客人在出团前可提前服用红景天胶囊（或口服液）等药物预防高原反应！行程中如有身体不适，请告知司机。
                 <w:br/>
                 5. 在不减少景点的前提下，旅行社可根据实际情况调整景点先后游览顺序；
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【泸定桥】
                 <w:br/>
-                自费项：【泸定桥】门票10元/人、【红海子】垃圾处理费 20/人、中转车费90元/人
+                自费项：【泸定桥】门票10元/人、【红海子】垃圾处理费 35元/人、中转车费90元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -756,110 +758,108 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                雅江--理塘（130km ）--稻城（148km）---香格里拉镇 （77Km）
-[...9 lines deleted...]
-                <w:br/>
+                雅江--长青春科尔寺（130km ）--稻城（148km）---香格里拉镇 （77Km）
+                <w:br/>
+                行程介绍：早餐后从雅江出发翻越两座大山海拔 4659 米【剪子弯山】。海拔 4718 米【卡子拉山】，抵高原明珠、世界高城【理塘】海拔 4014 米。参观【长青科尔寺】（东山顶+长青科尔寺电瓶车+讲解费，50元/人自理），东山顶是个网红宝藏景点，在这里可以俯瞰理塘全景，也可以拍到长青春科尔专全景。长青春科尔寺又称理塘寺，由第三世达赖喇嘛索南嘉措创建，是康区历史最悠久，规模最大的藏传佛教黄教寺庙。继续翻越形似兔子的【兔子山】经青藏高原最大的古冰体遗迹，即“稻城古冰帽” 平均海拔 4500 米左右【海子山自然保护区】沿途欣赏赤土河谷迷人风光、世外桃源般藏式村寨，经桑堆稻城尊胜白塔后，抵达香巴拉稻城翻越波瓦山抵达今天的目的地香格里拉镇，入住酒店。
+                <w:br/>
+                【特别提示】：赠送精美藏服旅拍：于每年4月1日至10月31日期间赠送，冬季其余时间无赠送旅拍，请知悉！敬请谅解！
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
-                1、今天的行程将一直在海拔3000米以上行驶，个别人会有高原反应，请游客提前做好高原反应防范工作
-[...5 lines deleted...]
-                4、红草地为季节性景点，只有在每年的9月底至10月初才能观看
+                1、今天的行程将一直在海拔3000米以上行驶，个别人会有高原反应，请游客提前做好高原反应防范工作。
+                <w:br/>
+                2、在今天途中，会经过普及高反知识的休息站其相关配有衣服租赁和氧气瓶的业务，建议客人提前自行准备。
+                <w:br/>
+                3、因旅游景区各景点，酒店内，餐厅沿途可能会有商店摊点，不属于旅行社购物安排，与旅行社无关。请游客谨慎选购，谨慎上当受骗。我社均不负责游客在该类似购物店内购买物品 质量的优劣。请自愿谨慎购买。当地居民卖纪念品、土特产，非我社提供服务，请不要误解。
+                <w:br/>
+                4、红草地为季节性景点，只有在每年的9月底至10月初才能观看。
                 <w:br/>
                 交通：汽车
                 <w:br/>
+                景点：【长青科尔寺】
+                <w:br/>
+                自费项：【长青科尔寺】（东山顶+长青科尔寺电瓶车+讲解费，50元/人自理）
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">香格里拉镇智选假日套房酒店、稻城日瓦翔云酒店、时代亚丁大酒店、华景文澜酒店、贡金莲日生态洞穴酒店 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">香格里拉镇智选假日套房酒店、稻城日瓦翔云酒店、时代亚丁大酒店、华景文澜酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -883,103 +883,103 @@
                 亚丁景区分长线—牛奶海、五色海和短线—珍珠海游览。
                 <w:br/>
                 长线游览：因牛奶海和五色海海拔高，客人务必根据自身实际情况选择是否前往（可选择自费骑马305元/人至舍身崖约1.5小时，再徒步至牛奶海和五色海需约1.5小时，冬季11月中旬至次年3月中旬马帮停运，需徒步单程5KM往返10KM，徒步往返时间约4.5小时）到达【牛奶海】，再徒步前往【五色海】（徒步约20分钟）；
                 <w:br/>
                 【牛奶海】海拔4800米，又叫洛绒措，古冰川湖，状如水滴，四周雪山环绕，湖水清莹碧蓝，山止成瀑，以其玲珑秀雅水色翠蓝而著名。牛奶海在央迈勇的山坳里，呈扇贝形，中间是碧蓝的雪水，周边则是一圈乳白色环绕，这圈乳白色大致就是牛奶海名称的由来。牛奶海是美丽的，远远望去，仿佛碧玉镶嵌在雪山之中，纯净安详。纯净的湖水给人以平和安宁的心境，而蓝湛湛的海子并不透明，显得神秘莫测。传说能治聋哑病的圣湖。
                 <w:br/>
                 【五色海】海拔4600米，由于光的折射下，产生五种不同颜色而得名：其真名为“登崇措”。五色海它位于仙乃日与央迈勇之间，湖面呈圆形。面积0.7公顷，现代冰谷下伸至湖畔，雪山倒影湖面，呈现奇幻的色彩。是藏区著名的圣湖（佛经中赞誉该湖与西藏羊巴雍措齐名），据传能“返演历史，预测未来”。
                 <w:br/>
                 短线游览：游客可乘坐景区观光车抵达扎灌崩，徒步500米到达冲古寺，前往仙乃日神山下的圣湖【珍珠海】短线游览（单程约1.5KM，徒步前往约40分钟），海拔3950米。
                 <w:br/>
                 【珍珠海】在藏语中称为“卓玛拉措”，是仙乃日的融雪形成的海子。面积约0.1平方公里。密林中的珍珠海如一颗镶嵌在莲花宝座上的绿宝石，碧波荡漾，粼粼波光中透出无限清丽，湖畔四周，参翠如屏。春天湖边片片杜鹃花灿烂怒放，秋天层林尽染，倒影着五彩斑斓的世界，令人目眩神迷
                 <w:br/>
                 【亚丁景区】以仙乃日、央迈勇、夏诺多吉三座雪峰为核心区，北南向分布，三座雪山呈品字形，三峰藏名为“念青贡嘎日松贡布”，意为“三怙主雪山”，是众生朝圣积德之所在地。由于特殊的地理环境和自然气候，形成了独特的地貌和自然景观，是中国保存最完整的一处自然生态系统。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1：如欲朝拜五色海，牛奶海，因海拔在5000米左右，对身体素质要求非常高，人行道和马道混杂，存在安全隐患，请游客量力而行，如须前往，费用与安全自理与旅行社无关。
                 <w:br/>
                 2：亚丁景区贡嘎措至牛奶海、五色海区域海拔为4200-4700米，因海拔高、受冰雪天气影响及生态修复需要，该区域于2024年7月13日起实施封闭，禁止游客进入，由此带来的不便敬请谅解。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 【温馨提示】： 
                 <w:br/>
-                1.如欲朝拜五色海，牛奶海：此路段海拔高，对身体素质要求非常的高，不建议前往！五色海和牛奶海也不包含在旅行社常规景点安排内；因亚丁景区内牛奶海、五色海景点属于景区开发中的景点，安全设施设备尚不完善，旅行社及导游不统一建议游客前往该区域游览，若游客自行前往牛奶海、五色海游玩，敬请根据自身体力量力而行，并签订景区告知书；络绒牛场—五色海、牛奶海：此路段海拔高，道路崎岖，客人必须根据自身实际情况选择是否前往游览。若身体不适执意前往者所造成的一切后果由游客自行承担，旅行社已尽到提醒告知义务，景区内马匹较少，在旺季时会有租不到马匹的情况，请提前知晓！
+                1. 如欲朝拜五色海，牛奶海，因海拔在5000米左右，对身体素质要求非常高，不建议前往，人行道和马道混杂，存在安全隐患，请游客量力而行，如须前往，费用与安全自理与旅行社无关。旅行社及导游不统一建议游客前往该区域游览，若游客自行前往牛奶海、五色海游玩，敬请根据自身体力量力而行，并签订景区告知书；络绒牛场—五色海、牛奶海：此路段海拔高，道路崎岖，客人必须根据自身实际情况选择是否前往游览。若身体不适执意前往者所造成的一切后果由游客自行承担，旅行社已尽到提醒告知义务，景区内马匹较少，在旺季时会有租不到马匹的情况，请提前知晓！
                 <w:br/>
                 （1）这天全天在景区内游玩，亚丁景区门票已包含，景区内没有餐厅，中餐请各自备好干粮和水，景区中洛绒牛场有盒饭50元/份。
                 <w:br/>
-                （2）景区里徒步，电瓶车，骑马，运动强度较大，是对“身体在地狱，眼睛在天堂”的诠释。【冬季五色海，牛奶海会因天气原因可能关停不能游览】
+                （2）景区里徒步，电瓶车，骑马，运动强度较大，是对“身体在地狱，眼睛在天堂”的诠释。【冬季五色海，牛奶海会因天气原因可能关停不能游览】。
                 <w:br/>
                 (3) 骑马时一定要注意安全。冲古寺（海拔3980m）到洛绒牛场（海拔4180m）可徒步或乘坐电瓶车往返70元/人单程40元/人（可选择徒步）（客人自愿自主消费）。在亚丁景区游玩时一定要注意安全，不管是骑马还是徒步，并保管好自己的贵重物品，以防遗失.
                 <w:br/>
                 (4)亚丁景区因每位游客在每个景点停留的时间不一样，很容易走散，故在景区内导游不可能陪到每一位游客，请各位游客理解！牛奶海,五色海因强度太大,请根据身体状况选择是否前往。若身体不适执意前往者所造成的一切后果由游客自行承担，旅行社已尽到提醒告知义务，景区内马匹较少，在旺季时会有租不到马匹的情况，请提前知晓！
                 <w:br/>
                 (5)因旅游景区餐馆、酒店、景区、休息区、洗手间、观景台等沿途都会有接触很多非旅行社工作人员的情况和机会；同时这类场所有很多售卖商品的流动摊贩，而且本身这类场所就有很多配套的商店，他们的工作人员会有向游客兜售商品的情况。而在旅游期间旅行社导游或工作人员也无法24小时跟随每一位游客；因此特别提醒游客自己保持安全意识。同时这类场所也非旅行社组织的任何购物场所或活动，也非赔付保障范围；游客如自行在此类场所参与的任何行为，只能由游客自行负责。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【稻城亚丁风景区】
                 <w:br/>
                 自费项：亚丁观光车120元/人‘’电瓶车单程50元、往返70元；骑马单程305元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">香格里拉镇智选假日套房酒店、稻城日瓦翔云酒店、时代亚丁大酒店、华景文澜酒店、贡金莲日生态洞穴  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">香格里拉镇智选假日套房酒店、稻城日瓦翔云酒店、时代亚丁大酒店、华景文澜酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1016,144 +1016,142 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">康定三秦瑞熹酒店、玉景雪莲酒店、郦湾雅布达酒店、希誉酒店、康巴美伦国际大酒店 或不低于以上标准酒店；  （（如遇特旺季或政府征用房将改为新都桥酒店入住）</w:t>
+              <w:t xml:space="preserve">康定康定三秦瑞熹酒店、玉景雪莲酒店、希誉酒店、康巴美伦国际大酒店  或不低于以上标准酒店；  （（如遇特旺季或政府征用房将改为新都桥酒店入住）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                康定—康定【木格措景区】（26km）—成都（270km）
-[...1 lines deleted...]
-                早餐后，乘坐康定情歌【康定情歌木格措景区】的观光车进入景区（不含观光车90元/人，必须消费），景区由芳草坪、七色海、杜鹃峡、药池沸泉（药池泡脚35元/人，自愿自理）、木格措（野人海）和红海、黑海等景点组成；“木格措”一日四时景，早晚不同天。清晨，雾锁海面，银龙般的云雾在水面翻卷，出现“双雾坠海”的动人景观。朝阳射向海面时，波光粼粼，湖光倒影千变万化，令人眼花缭乱。午后微风拂面时，海面上“无风三尺浪，翻卷千堆雪”，站在海滨沙滩上，遥望雾霭烟笼的远方，犹如来到了天涯海角。夕阳西下，余辉洒满海面，流金溢彩，水天一色，群山沉寂，碧海静谧。不同的季节还可以观赏”卧虎观月”、“石佛镇海”等山景外，在各个季节的不同时辰还可观赏到“双雾坠海”、“木格夕照”、“木格晨曦”、“木格潮汐”和迭瀑飞泉等云、霞、雾、水奇景，海滨珍珠沙滩可享沙浴、日光浴之乐，湖中可乘坐游船（游船往返66元/人，游客可以根据自身情况自费乘坐游览，游船运营时间：4-10月份）。之后经泸定雅安返回成都结束愉快的旅行！
+                康定—海螺沟（70km）—成都（270km）
+                <w:br/>
+                行程介绍：早餐后前往磨西镇【海螺沟景区】大门口集合乘观光车（观光车 70元/人，费用自理）， 经一号营地、二号营地、穿越原始森林，沿途欣赏河谷原始森林风光，感受 “一山观四季、十里不同天”的 气象变迁。抵三号营地后，可在三号营地观光车停车场下车，沿观光路步行游览，也可乘坐电瓶车（自愿消费，往返 30 元/人、单程 20 元/人）游览，正常情况下单程步行需 1.5 小时左右，途中穿越原始森林，游览 冰川雨林长廊。游客可观赏城门洞、万年冰河、千年古树、冰川湿地、贡嘎神泉、珍珠滩、杜鹃王等景观，也可继续乘坐景区观光车，在观光车终点站干河坝停车场下车，乘景区便民观景索道上四号 营地看冰川（自愿消费，往返索道 135 元/人）。坐索道鸟瞰冰川与森林的完美结合全景，最后到达本行程海拔最高处——四号营地，在阳光明媚的日子里，可观看到壮丽的大冰瀑布和“蜀山之王”贡嘎山主峰，海拔 7556 米。之后回味海螺神韵经泸定返回成统一散团，结束这次难忘的旅程！！！！
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                  (1):预计晚上8左右到达成都统一散团，旅游合同的行程结束。因路途遥远，建议不要预定当天的返程票，如因堵车造成游客返程票损失，恕本旅行社无法为游客承担任何损失，请知晓！
                 <w:br/>
                 (2):今天是本次稻亚之旅游程最后一站，如若你对此次行程有任何异议，请告诉我们，我们会在第一时间根据你反馈的情况落实调查并及时处理；这次旅程是一次心灵的洗礼，人生观的再次升华。
                 <w:br/>
-                (3) 因旅游景区餐馆、酒店、景区、休息区、洗手间、观景台等沿途都会有接触很多非旅行社工作人员的情况和机会；同时这类场所有很多售卖商品的流动摊贩，而且本身这类场所就有很多配套的商店，他们的工作人员会有向游客兜售商品的情况。而在旅游期间旅行社导游或工作人员也无法24小时跟随每一位游客；因此特别提醒游客自己保持安全意识。同时这类场所也非旅行社组织的任何购物场所或活动，也非赔付保障范围；游客如自行在此类场所参与的任何行为，只能由游客自行负责。
-[...1 lines deleted...]
-                物场所或活动，也非赔付保障范围；游客如自行在此类场所参与的任何行为，只能由游客自行负责。
+                (3) 因旅游景区餐馆、酒店、景区、休息区、洗手间、观景台等沿途都会有接触很多非旅行社工作人员的情况和机会；同时这类场所有很多售卖商品的流动摊贩，而且本身这类场所就有很多配套的商店，他们的工作人员会有向游客兜售商品的情况。而在旅游期间旅行社导游或工作人员也无法24小时跟随每一位游客；因此特别提醒游客自己保持安全意识。同时这类场所也非旅行社组织的任何购物场所或活动，也非赔付保障范围；游客如自行在此类场所参与的任何行为，只能由游客自行负责。物场所或活动，也非赔付保障范围；游客如自行在此类场所参与的任何行为，只能由游客自行负责。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【康定情歌木格措景区】
-[...1 lines deleted...]
-                自费项：【康定情歌木格措景区】观光车90元/人、药池泡脚35元/人、游船往返66元/人
+                景点：【海螺沟景区】
+                <w:br/>
+                自费项：【海螺沟景区】观光车 70元/人、电瓶车往返 30 元/人、单程 20 元/人、景区便民观景索道135 元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都明宇丽呈西南交大地铁口店、瑞熙酒店（宽窄店）、瑞熙酒店（望江店）、宜尚酒店西南交大店、秋果S酒店(宽窄巷子奎星楼街店）、艺家城市酒店 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都成都明宇丽呈酒店、瑞熙酒店、金科圣嘉酒店、宜尚酒店、秋果S酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1285,59 +1283,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含广州至成都往返经济舱机票，含燃油税。
                 <w:br/>
                 2、用车：头尾两天接送安排小车接送；走行程的五天6人以上安排1+1保姆车（5人内使用7座商务车）。
                 <w:br/>
                 关于保姆车温馨提示：保姆车型由于按照国家车辆安全规定的要求设计，车辆的；
                 <w:br/>
                 3、导游：全程无导游服务，司机提供咨询服务（司机不进景区）；在保证不减少景点的情况下，我社有权调整景点游览先后顺序。
                 <w:br/>
-                4、门票：含亚丁景区门票，，木格措景区（赠），(赠送门票，不退不改，不做等价交换)；【备注：门票优惠已经打包在团费内，无优免优退】；不含必须景交：亚丁观光车120 /人，木格措90观光车/人， 鱼子西中转费80/人
-[...7 lines deleted...]
-                7、用餐：6早，（房费含早不用不退）全程不用不退餐，正餐自理。【所有赠送附带服务以及产品若客人不用或因特殊情况无法赠送，不做等值置换，费用不退】，酒水自理，人数减少酌减菜量，酒店住宿均用晚含早。少数民族地区沿线餐质较差，请游客提前做好心理准备。
+                4、门票：含亚丁景区门票，海螺沟门票，(赠送门票，不退不改，不做等价交换)；【备注：门票优惠已经打包在团费内，无优免优退】；不含必须景交：亚丁观光车120 /人、海螺沟观光车70/人、鱼子西中转费90/人、长青春科尔寺讲解费+电瓶车50/人
+                <w:br/>
+                不含自愿消费：泸定桥10元/人、红海子垃圾处理费35元/人、亚丁景区电瓶车往返70元/人、亚丁景区骑马305 元/人 、海螺沟电瓶车往返30/人，海螺沟索道135/人
+                <w:br/>
+                5、小童（2-11岁以下）：不占床位，不含门票，含半餐；【含往返机票。（小童如超高费用自理）】.
+                <w:br/>
+                6、住宿：全程入住精选酒店，未挂星；标准双人间；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解。温馨提示：藏区延线酒店条件相对有限，不可与城市地区相比，敬请谅解！如遇特旺季或政府征用酒店，我社将调整相同等级酒店，请知晓；
+                <w:br/>
+                7、用餐：6早，（房费含早不用不退）全程不用不退餐，正餐自理。【所有赠送附带服务以及产品若客人不用或因特殊情况无法赠送，不做等值置换，费用不退】，酒水自理，人数减少酌减菜量，酒店住宿均用晚含早。少数民族地区沿线餐质较差，请游客提前做好心理准备。特别说明-川西餐饮风俗与广东地区有一定的差异旅游者应有一定的心理准备。可自备些（方便面、榨菜等零食）。
                 <w:br/>
                 8、赠送项目：便携式氧气、旅游三宝（赠送项目，不用费用不退）。
                 <w:br/>
                 9、购物点：纯玩。温馨提示： 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1355,53 +1353,53 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。 
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
-                6、不含：必须景交：亚丁观光车120 /人，木格措观光车90/人， 鱼子西中转费80/人；
-[...1 lines deleted...]
-                自愿消费：泸定桥10元/人、红海子垃圾处理费20元/人、亚丁景区电瓶车往返70元/人、亚丁景区骑马305 元/人 、木格措泡脚35元/人、木格措游船66/元人。
+                6、不含：不含必须景交：亚丁观光车120 /人、海螺沟观光车70/人、鱼子西中转费90/人、长青春科尔寺讲解费+电瓶车50/人
+                <w:br/>
+                不含自愿消费：泸定桥10元/人、红海子垃圾处理费35元/人、亚丁景区电瓶车往返70元/人、亚丁景区骑马305 元/人 、海螺沟电瓶车往返30/人，海螺沟索道135/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1713,102 +1711,102 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 305.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">【康定情歌木格措景区】</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">（必须消费）</w:t>
+              <w:t xml:space="preserve">【海螺沟】景交</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">海螺沟观光车70/人（必须消费）、海螺沟电瓶车往返30/人，海螺沟索道135/人（自愿消费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 90.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 235.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">鱼子西中转费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1835,51 +1833,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 80.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 90.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">红海子垃圾处理费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1906,264 +1904,193 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 20.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 35.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">木格措泡脚</w:t>
+              <w:t xml:space="preserve">【泸定桥】</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">（自愿消费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 35.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 10.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">木格措游船</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">（自愿消费）</w:t>
+              <w:t xml:space="preserve">长青春科尔寺讲解费+电瓶车</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">长青春科尔寺讲解费+电瓶车50元/人  （必消消费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 66.00</w:t>
-[...70 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 10.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 50.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2495,51 +2422,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>