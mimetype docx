--- v1 (2025-10-24)
+++ v2 (2025-12-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【中南美九国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴36天|国航可联运丨13大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴丨行程单</w:t>
+        <w:t xml:space="preserve">【中南美十国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴36天|国航可联运丨16大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴丨行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1709863096lR-FHXY</w:t>
+              <w:t xml:space="preserve">FHXY-SA1709863096lR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">巴西-里约热内卢</w:t>
+              <w:t xml:space="preserve">古巴-里约热内卢</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -388,59 +388,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                十全十美·9国升级版·此生必达
+                十全十美·10国升级版·此生必达
                 <w:br/>
                 ★赠联运:家门口出发更便利景点全·中南美9国走遍
                 <w:br/>
-                ★享美食·13大地道美食
+                ★享美食·16大地道美食
                 <w:br/>
                 ★品美酒·墨西哥龙舌兰酒
-                <w:br/>
-                ★住得好·全程四-五星酒店
                 <w:br/>
                 ★赏奇景·世界奇迹、未解之谜
                 <w:br/>
                 ★古文明·探秘两大古文明
                 <w:br/>
                 ★名海滩·巴拉德罗、坎昆
                 <w:br/>
                 ★真体验·乘复古老爷车游哈瓦那
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -611,2718 +609,2787 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">同级</w:t>
+              <w:t xml:space="preserve">北京机场酒店 （实际以出团书为准）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                北京 ✈圣保罗 (飞行时间约25小时05分，经停马德里约2小时)
-[...5 lines deleted...]
-                交通：参考航班：CA897 PEK GRU 1500 0505+1
+                北京 ✈哈瓦那
+                <w:br/>
+                早上在我司专业领队带领下，前往北京首都国际机场，乘坐国际航班前往古哈瓦那，夜宿航班上。
+                <w:br/>
+                【哈瓦那】哈瓦那位于古巴的西北部海岸，被哈瓦那省包围，为古巴的首都，主要城市以及商业中心。该城市是古巴和加勒比海国家里最大城市，是古巴政府所在地，许多政体机构以及商业总部也都设在哈瓦那。
+                <w:br/>
+                交通：参考航班: CA865 PEKHAV 0700 1910
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">夜宿飞机</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gran Muthu Habana Hotel/Comodoro hotel/hotel habana libre或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                哈瓦那-巴拉德罗
+                <w:br/>
+                早上安排乘坐【老爷车】游览哈瓦那老城区和海滨大道，组成拉风的老爷车队。哈瓦那被誉为露天老爷车博物馆，满大街可见色彩形状各异的老爷车，形成哈瓦那一道独特的风景。前往【帕塔加斯雪茄烟制作工厂】，参观雪茄卷烟厂，深入探索纯手工卷烟的全过程。古巴是世界上最优质的雪茄产地，雪茄爱好者的天堂。游览【朗姆酒博物馆】，朗姆酒博物馆坐落于一个公元 18 世纪的殖民风格的庭院内，直到 1959 年革命胜利，它一直都是一位叫做蒙特拉伯爵的私人住宅。博物馆于 2000 年 3 月 31 日开业，里面通过各种模型和实物介绍了久负盛名的古巴朗姆酒从甘蔗到制造成朗姆酒的全过程。参观完毕后，博物馆还会请游客亲口品尝一杯朗姆酒。随后前往海明威曾经居住过多年，景色优美的【海明威故居】。海明威的《老人与海》就创作于古巴，在古巴生活长达 26 年之久。
+                <w:br/>
+                随后，前往被誉为“人间伊甸园”的古巴著名旅游胜地【巴拉德罗】（约 2 小时车程）。巴拉德罗以它蓝色的海滩著称，为古巴旅游胜地。120 公里的海滩、海滨浴场，洁白的细沙，清澈的蓝色的海水；蔚蓝色的天空、旖旎的风景、充足的阳光、含碘的空气，素有“人间伊甸园”之称。每年吸引无数的游客前往度假。抵达后晚餐入住酒店休息，结束当天行程。 
+                <w:br/>
+                特别安排：特色古法猪排饭
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grand Aston Varadero Beach Resort，hotel brisa del caribe/Hotel Playa De Oro/NAVITI  VARADERO 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                巴拉德罗-哈瓦那
+                <w:br/>
+                早上可以自由享受巴拉德罗恰意时光，客人可以自费选择【私家游艇抓龙虾】，乘搭私家游艇，畅游墨西哥湾，欣赏独特的“加勒比蓝”。 亲自出海细细感受加勒比海的别样风情，当地船员更会现捕龙虾，为您现场料理即捕即食。生长在加勒比深海水域的古巴龙虾享誉全球，优质无污染，其肉质雪白肥美紧致，鲜甜爽口。
+                <w:br/>
+                晚餐后前往【圣卡洛斯城堡】，作为圣卡洛斯城堡的一个传统，它至今依然保留着已经沿袭了三百多年的关城礼炮仪式。每到夜幕降临，身着华丽制服的卫兵列队步入城堡的高地，在进行一番简短而庄重的仪式后，燃响古老的礼炮并关闭厚重的城门。当年防止海盗偷袭的一项措施如今却成了一个极具特色的传统旅游项目，成为来到哈瓦那观光的每一个游人不可错失的“夜生活”。后入住酒店休息，结束当天行程。
+                <w:br/>
+                特别安排：特色古巴海鲜饭
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gran Muthu Habana Hotel/Comodoro hotel/hotel habana libre或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                哈瓦那✈ 坎昆
+                <w:br/>
+                早上乘坐飞机前往墨西哥坎昆，抵达后入住酒店休息，结束当天行程。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krystal Cancun/Royal Solaris Cancun/  GR Solaris Cancun或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                坎昆-奇琴伊察-坎昆
+                <w:br/>
+                早上乘车前往世界十大奇观之一【奇琴伊察 Chichen Itza】（车程约 2 个半小时，游览时间约 2 个小时）。奇琴伊察是已经发掘出的最著名的玛雅文化遗址，曾是玛雅最大且最繁华的城市，玛雅人在这里用石头建造了数百座建筑物，在库库尔坎金字塔 Castillo,也叫大城堡、武士神庙 Templo de los Guerreros ，千柱群 MilColumnas 米尔柱、古球场 Juego de Pelota、骨头墙 Tzompantli，美洲豹神殿 Templo de los Jaguares，鷹豹祭台Plataforma de los Jaguares y Águilas 等古建筑群中， 仿佛还能感受到玛雅城邦全盛时期的气息。这些建筑高大雄伟，雕有精美的纹饰。参观神圣【Ikkil 天坑】，Ikkil 天坑位于墨西哥尤卡坦半岛，距离奇琴伊察古城不远，深约 26 米、直径约 60 米的天然石灰岩洞穴。其碧绿清澈的水池和周围茂密的藤蔓、植被使得这里仿佛一个森林中的天然游泳池。游客可以通过设置在天坑边缘的楼梯和平台进入水池，体验不同深度的游泳和跳水活动。这里独特的自然美景和清凉的天然池水，是到访墨西哥必游的理想选择。此外，Ikkil 天坑的神秘氛围和优美环境使其成为摄影爱好者的天堂。无论是寻求冒险还是放松，这里都是不容错过的目的地。后返回坎昆市区。
+                <w:br/>
+                特别安排：午餐安排天坑古玛雅文化传统特色餐厅
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Krystal Cancun/Royal Solaris Cancun/  GR Solaris Cancun或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                坎昆✈ 墨西哥城-特奥蒂华坎-墨西哥城
+                <w:br/>
+                早上乘坐飞机前往墨西哥城。
+                <w:br/>
+                乘车前往市郊 48 公里处的“众神之城”、世界文化遗产之一的【特奥蒂华坎】探寻“人升华为神的地方”。参观玛雅古老文化的经典建筑-金字塔，您可以亲临朝拜阿兹特克文化了。在此可膜拜雄伟的【太阳金字塔】和【月亮金字塔】【羽蛇神殿】，气势恢宏的【亡灵大道】。午餐在传统音乐文化餐厅 Gran Teocalli 用餐，Gran Teocalli 是一家位于墨西哥特奥蒂华坎的特色餐厅，以其玛雅和墨西哥传统美食闻名。餐厅装潢融合现代与传统元素，此外，餐厅定期邀请当地乐队和艺术家进行现场表演，让客人享受愉悦的用餐氛围。在这里，您不仅可以品尝到美味佳肴，还能感受到丰富的墨西哥音乐文化。下午搭车经过被罗马教皇誉为天主教世界的三大奇迹教堂之一的【瓜达罗培(圣母显灵教堂)】，墨西哥的众神中，最出名又最受爱戴的，该算是有着褐色皮肤的圣母瓜达鲁佩(The Virgin of Guadalupe)了，每年的 12 月 12 日是圣母日，从 12 月初开始通往墨西哥市瓜达鲁佩圣母院的公路就开始繁忙堵塞起来，延绵数哩的车潮人潮不断，都是要去许愿或还愿的朝圣者在距离圣母院约有一哩的地方，许多朝圣的人们开始跪行用膝盖头上血肉模糊的椎心痛楚，来证明他们的信心与虔诚。
+                <w:br/>
+                交通：飞机
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                墨西哥城—龙舌兰酒庄 Hacienda Corraleio-瓜纳华托（4.5 小时）
+                <w:br/>
+                早餐后，乘车前往“上帝打翻调色盘”之城——[瓜纳华托]。前往墨西哥知名的[龙舌兰酒庄 Hacienda 
+                <w:br/>
+                Corralejo]。龙舌兰酒，西班牙语名为 Tequila，为世界八大烈酒之一，是用墨西哥特产的蓝色龙舌兰酿造而成，被誉为墨西哥国酒,且只有墨西哥中部的瓜纳华托和哈里斯革两州出产的龙舌兰酒最为正宗。Corralejo 酒庄建于1753 年距今已有近 300 年的历史，同时它也是墨西哥国父 伊达尔哥的出生地和成长的地方。您将在这里深入龙舌兰的种植田(以当天天气为准，如遇阴雨天则无法下田)，详细了解龙舌兰酒的整个酿造过程，品尝各个种类的龙舌兰酒，感受墨西哥的酒文化。
+                <w:br/>
+                随后，游览被联合国教科文组织评定为世界遗产的[瓜纳华托古城]，这座古城的所有建筑都保留着欧洲帝国时期的新古典主义或巴洛克建筑风格，外观【瓜纳华托圣母大教堂】、墨西哥最美的剧院——【华雷斯剧院】，随后游览被称为“墨西哥古城最浪漫的小巷”的【接吻巷】，此处流传着甜蜜的爱情故事，来自世界各地的夫妻、情侣慕名而来。乘车登上【皮皮拉山】，这里是俯瞰瓜纳华托全景最好的地点，整个瓜纳华托仿佛是上帝打翻的调色盘一样，美得惊心动魄。
+                <w:br/>
+                中午特别安排：墨西哥人传统地道农庄
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">瓜纳华托</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                瓜纳华托-圣米格尔-墨西哥城
+                <w:br/>
+                早上乘车前往墨西哥的“艺术之城”—【圣米格尔】，建立在海拔 1950 米之上的圣米格尔是座典型的殖民地风格小城，同时又是墨西哥著名的艺术之城，很多画家、雕刻家、陶艺家、摄影家都是出自于此。参观【圣米格尔教区教堂】（不少于 20 分钟），这座教堂粉红色“结婚蛋糕”式的高塔非常奇特而醒目，是由当地的原住民石匠在19 世纪末设计的。随后返回墨西哥城。
+                <w:br/>
+                特别安排：品尝一下地道的“墨西哥国花”——仙人掌及 TACO
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Casa Blanca/Eurostar/Galeria Plaza/Nh Centro 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                墨西哥城✈哥斯达黎加圣何塞-阿雷纳火山区
+                <w:br/>
+                早餐后乘坐飞机前往哥斯达黎加首都圣何塞，抵达后，驱车前往哥斯达黎加最有名的景点之一【阿雷纳火山区】。
+                <w:br/>
+                途中会经过被誉为艺术家摇篮之称的城市隆儿奇，在此可以欣赏到各个艺术家创作的手工艺品及雕塑品及哥斯达黎加注明的传统手绘大型彩色牛车。路上还可以参观非常有特色的【铁皮教堂】。
+                <w:br/>
+                下午抵达【阿雷纳火山区】，它附近有数条天然热气腾腾的温泉河，每日都吸引着大量游客前往。随后由导游带领，直接入住当地特色温泉酒店，酒店客房享有阿雷纳尔火山和花园的美丽景致。浸泡在阿雷纳尔火山脚下流淌的天然温泉水中，倾听鸟语花香，消除一身的疲累。
+                <w:br/>
+                特别安排：哥斯达黎加古法炖牛肉
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arenal Paraiso Resort &amp; Spa /Volcano Lodge, Hotel &amp; Thermal 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                阿雷纳火山-波阿斯火山国家公园-圣何塞
+                <w:br/>
+                酒店早餐后，前往景点: 和平瀑布花园，充满绿色的大自然地方，除了可以欣赏园里最特别的瀑布景观以外，还有很多南美洲特有的物种，宛如一座小型的动植物园。园内有蜂鸟乱舞和群蝶翩翩外，还有吸睛的丛林猫区，住着 5种濒绝的美洲猫族，包括美洲小豹猫、豹猫、美洲山猫、美洲豹与美洲狮，以及昆虫馆，蛇馆，青蛙馆等，且还有机会与大嘴鸟近距离接触。
+                <w:br/>
+                前往【波阿斯火山国家公园】，波阿斯火山是世界上最大的间歇性爆发的活火山，海拔为 2574 米，气候转变的非常剧烈，从艳阳高照到笼罩在云雾之中，只在一瞬间。峰顶处上有两个火山口，当您站在火山主口的时候可以闻到火山不断散发出的硫磺气体味道；而另一个是由雨水积成的火山湖口，是全世界最酸性的湖泊之一，行程结束后返回圣何塞，晚餐后入住酒店休息，结束当天行程。
+                <w:br/>
+                温馨提示：波阿斯火山在 2017 年 4 月火山爆发后，关闭至今约 1 年半。2018 年 9 月重新开放，但随时有再次爆发的可能性，若参观当天火山排出超过 2ppm 值的气体，则谢绝参观。此乃不可抗拒之因素，望请理解。由于波阿斯火山的门票须提前在线上购买，如遇临时禁止参观则无法退票。
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Park inn by radisson/Holiday inn/hilton garden inn/BARCELO SAN JOSE PALACIO HOTEL 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                圣何塞 ✈巴拿马
+                <w:br/>
+                早上乘坐飞机前往巴拿马城。
+                <w:br/>
+                前往独具特色的【Casco Viejo 老城区】，这里有美丽的教堂，传统风格的私人住宅等等，仿佛进入了一个露天博物馆。参观位于巴拿马城东面的【Panama La Viejo 老城遗迹】，感受与现在的巴拿马城完全不同的古老风貌。外观原是西班牙殖民时代的【总督住宅】、有“苍鹭宫”之称的白色建筑—【巴拿马总统府】、为纪念修建运河的法国工人建造的【方尖碑】和一座殖民时代建筑的【司法大厦】
+                <w:br/>
+                交通：飞机
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hilton garden inn 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                巴拿马✈ 波哥大
+                <w:br/>
+                早上前往【甘伯亚雨林区/加通湖流域】，验其原始生态，以及乘坐印地安自制的独木舟到「恩本拉印第安自治区」由酋长介绍当地传统文化，尽管毗邻大城市，运河盆地的安贝拉人保留了他们的语言、歌曲和舞蹈，最重要的是，他们保留了与自然的尊重关系。 然而，通过用丛林换取保护区，他们被迫转变经济，现在大部分收入来自旅游业。 对于安贝拉人来说，自然界中的所有生物都有灵魂，因此对他们的河流和森林表达了特殊的尊重。 这些人巧妙地用黄檀叶制作篮子，并用黄檀木和塔瓜籽进行雕刻。 在您访问 Embera 村庄时，您将有机会与社区领袖交谈，他们将解释他们的生活方式和世界观。 您将了解他们的传统家园，参加舞蹈，并可以参观工艺品市场。 借此机会完成美洲虎的人体彩绘！
+                <w:br/>
+                随后前往【巴拿马运河】，了解连接了太平洋与大西洋的伟大工程的历史风貌，现今的作用及未来的发展，参观Miraflores 游客中心，可以亲睹运河如何运作，更可以看到轮船通过时闸门开启及关闭的整个过程。
+                <w:br/>
+                晚上乘坐飞机前往哥伦比亚波哥大
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hilton garden inn /crowne plaza/Four point by sheraton 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                波哥大 ✈利马
+                <w:br/>
+                早上参观南美负盛名的【黄金博物馆】，历史上哥伦比亚是盛产黄金的国家，是传说中的黄金之国，哥伦比亚黄金博物馆是世界上收藏黄金器物多的地方，馆内收藏着 26000 多件价值无法估量的古代印第安人使用过的金器，还有许多玉石制品。前往【玻利瓦尔广场】这座历史名城的中心又是各式建筑的大汇聚，随后前往【拉坎德拉里亚】：波哥大的老城区，拥有殖民地时期特色的区域，街道两旁巴洛克风格和装饰艺术建筑风格，让这里成 为了整座城市醉迷人的地方。
+                <w:br/>
+                随后来到锡帕基拉镇著名的【盐教堂】，被当地人称作“世界第八大奇观”，这里是哥伦比亚著名的盐矿基地，盐矿工人在盐井下修建了世界上的盐教堂。这是座工程宏伟、设计精巧、构思奇特的教堂，见证了锡帕拉基小镇400 年苦难历史，同样吸引着无数游客拜访。随后乘坐飞机前往秘鲁利马
+                <w:br/>
+                注意：如果遇上黄金博物馆闭馆，则改为博特罗艺术馆
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COSTA DEL SOL SALAVERRY / DAZZLER SAN ISIDRO /INNSIDE BY MELIÁ LIMA MIRAFLORES 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                利马 ✈ 库斯科-乌鲁班巴
+                <w:br/>
+                早上乘机飞往曾经是神秘的古印加文明中心的【库斯科古城】，抵达后接机。下午安排城市观光：【太阳神殿Coricancha(入内)】、【中央广场】、【大教堂（外观）】，参观印加帝国时期的重要之军事要塞-【萨萨瓦曼(入内)】——昔日每天动用三万人次，历时 80 年才建成的巨型石垤城塞，至今仍令现代人叹为观止，之后乘车前往 URUBAMBA,晚餐后入住酒店休息。
+                <w:br/>
+                备注:库斯科及马丘比丘为高原地区，海拔在 2800－3200 米左右，抵达上述地区首先保证充分的睡眠，在下机前可食少量糖果，到酒店可饮古卡叶茶，一切动作放慢，不可饮酒及过饱饮食，避免太热水洗澡。机场及各大酒店均备有氧气供高山症状严重者使用。
+                <w:br/>
+                温馨提示：高原反应是指人体急速进入海拔 3000 米以上高原暴露于低压低氧环境后产生的各种不适，是高原地区独有的常见病。常见的症状有头痛，失眠，食欲减退，疲倦，呼吸困难等。通常在高原停留 24～48 小时后症状缓解，客人不必过于焦虑。本病的发生老年人低于青年人，女性低于男性，有器质性疾病、严重神经衰弱或呼吸道感染患者，请谨慎评估是否适宜进入高原地区。
+                <w:br/>
+                特别安排：印加庄园酒店三道式烛光晚餐
+                <w:br/>
+                交通：参考航班： 待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAN AGUSTIN MONASTERIO DE LA RECOLETA / HOTEL SONESTA POSADAS DEL INCA SACRED VALLEY YUCAY / HOTEL HACIENDA DEL VALLE – URUBAMBA 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                乌鲁班巴-圣谷（MARAS 盐田-MORAY 梯田）-深度体验古印加文化活动-热水镇
+                <w:br/>
+                早餐后，乘车（车程约半小时）前往印加峡谷--圣谷中的 MARAS 盐田。这里的出土陶器显示，早在印加帝国前的 Chanapata 人就在这里农耕，权威人士判断约在公元 200-900 年间已存在这处盐田，到印加时期进一步完善与扩大。至今，已有 3000 多个盐池，成为秘鲁南部山区重要的产盐基地。MARAS 的盐是秘鲁最优质的岩盐，由于采盐技法与时间差异，所产原盐有白色、粉红和淡棕色。依山而建的盐田，魅力壮观，也是绝佳的摄影地点。在山原景色的伴随下继续前往参观印加帝国农业的实验室所在地---MORAY 小镇（车程约半小时）。这个小镇是秘鲁众多神秘小镇之一，数百年来它隐藏在高原圣谷中默默无闻，直到 1932 年，在美国国家地理协会赞助的一个航拍探测活动中才被发现，摄影师西皮.约翰逊（Shippe Johnson）首次航拍了这里蔚为壮观、令人震撼的梯田系统，它比发现马丘比丘晚 21 年。MORAY 梯田是古印加人的“农业试验基地”，深度 150 公尺的农业用圆形石梯，其深度形成梯田的温度差异，以便生产出各种不同的农作物。人们在此实施物种杂交及外来物种(如古柯)改良试验，培育出能适应不同气候的作物，如马铃薯、藜麦和玉米等，他们还培育出能抗灾的良种，即使在灾难气候下也能取得好收成。前往奥扬泰坦博 (0llantaytambo)地区，走进安第斯山脉深处，安排古印加部落家访，感受古印加人民的热情，深度体验古印加文化习俗和传统的安第斯生活方式。
+                <w:br/>
+                之后前往欧雁台火车站乘坐火车前往热水镇（车程约 1.5 小时）,抵达后晚餐入住酒店休息，结束当日行程。
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HATUN INTI BOUTIQUE MACHUPICCHU / INTI PUNKU MACHUPICCHU 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                热水镇-马丘比丘-库斯科
+                <w:br/>
+                早上乘坐园区巴士上山（约 20 分钟），马丘比丘印加语意为“古老的山头”，此山城位于海拔 2400 公尺，建于15 世纪，位于群山峻岭、悬崖绝壁之顶端。古城建在悬崖峭壁上，分成数个区域：墓园、监狱、生活区和神殿区，全部由原石砌造、工艺精湛，体现了当年印加王朝的盛世辉煌，是当年印加帝国的圣地，最高祭师居住的神殿。这里曾挖掘出 150 具女性骸骨，是祭典中献给太阳神的祭品，古城因此被列为世界十大文明之谜。马丘比丘遗址位于秘鲁库斯科区乌鲁班巴省马丘比丘社区，被分成两个大区——城市区和农业区。两区之间由巨大石墙分隔。农业区再分为上城区和下城区，考古学家将城市区细分为三个区域：圣区（Sacred District）、平民南区（Popular District to the south）、祭司与贵族区（Priests and the Nobility）。游毕返回库斯科，入住酒店休息，结束当日行程。
+                <w:br/>
+                特别赠送：安排羊驼特色餐（会根据火车票时间适当调整餐的时间）。
+                <w:br/>
+                温馨提示：回程乘坐火车约 1.5 小时返回欧雁台火车站再乘坐巴士约 2 小时抵达库斯科。具体出发时间和车运行时间根据所定火车票的车次而定。火车站因运营等情况如有调整，以境外通知为准。
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL XIMA EXCLUSIVE CUSCO / SAN AGUSTIN CUSCO /XIMA 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                库斯科 ✈利马-（车程约 5 小时）-皮斯科
+                <w:br/>
+                早上乘坐飞机前往利马。抵达利马后，参观【军事广场】、【总统府】、【大教堂(外观)】、【圣马丁广场】等，这些都是来自当地及旧大陆的工艺师们所协力完成的建筑瑰宝，将西班牙殖民时期的荣华表露无遗。游览【地画公园】、【爱情公园】、【海滨长廊】。随后乘车前往皮斯科
+                <w:br/>
+                交通：参考航班： 待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAN AGUSTIN 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                皮斯科-帕拉斯国家保护区-鸟岛-利马
+                <w:br/>
+                早上乘车前往帕拉卡斯自然保护区，来一场沙漠与大海的神秘邂逅。帕拉卡斯国家保护区，这里是秘鲁太平洋海岸著名的旅游胜地。随后前往有名的自然保护区 PARACAS 海狮岛码头，乘游艇沿【鸟岛】游览,可观赏到古老的世界神奇之迷的山间烛台奇观、数以万计的海鸟、海狮、小企鹅等。可以自费乘坐小型飞机在空中观赏世界神奇之迷的纳斯卡大地画（空中时间 1 小时 30 分钟），映入眼帘的是历经数千年、错落在沙漠地上、风吹不散 的神秘几何动物图案 ，包括太空人、蜂鸟、秃骛、猴子、蜘蛛、壁虎、鲸鱼、蛇、鸟、树根、花、几何图案如螺旋、三角形、长方块.其已于 1994 年被联合国科教文组织选为世界遗产，位于高原沙漠中，在西元 400 到 650 年间由纳斯卡文明做出的八百多幅画，因为太大，直到 1939 年因为飞机经过其上空才被发现。使人感叹不已。随后返回利马，晚餐后入住酒店休息，结束当天行程。
+                <w:br/>
+                特别安排：皮斯科传统地道秘鲁菜
+                <w:br/>
+                温馨提示：地画飞机客人需现付机场税约 6 美元/人，旅游税 47 索尔（折合约 14 美元）/人，自费项目价格不含机场税和旅游税，机场税及旅游税金额，以当地现场收费标准为准。
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COSTA DEL SOL SALAVERRY /DAZZLER SAN ISIDRO / INNSIDE BY MELIÁ LIMA MIRAFLORES 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                利马 ✈伊基托斯
+                <w:br/>
+                早上乘坐飞机前往伊基托斯。下午徒步走在美丽的原始热带雨林保护区的周边。林中古木参天，植被茂盛。导游也会介绍一些亚马逊森林的传说。
+                <w:br/>
+                特别安排：伊基托斯雨林酒店特色风味餐
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CEIBA TOPS 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                伊基托斯✈利马
+                <w:br/>
+                早上乘船去寻找海豚，参观印第安人的村落，导游介绍印第安人的文化是如何从欧洲传播来后又是如何传承下去的。还有机会看到一些当地的手工艺品的制造和长老们用特有工具来打猎，视情况而定，下午可安排食人鱼钓鱼之旅。下午乘坐飞机返回利马。
+                <w:br/>
+                利马升级 1 晚 国际品牌超豪华酒店
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COSTA DEL SOL SALAVERRY /DAZZLER SAN ISIDRO / INNSIDE BY MELIÁ LIMA MIRAFLORES 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                利马✈圣地亚哥
+                <w:br/>
+                早上乘坐飞机，前往圣地亚哥，抵达后，市区精华游：参观总统府（外观）、ARMAS(阿马氏)广场，建立于
+                <w:br/>
+                西班牙殖民时代的【大教堂 SAN FRANCISCO】及【中央邮局】、【圣露西亚公园】(圣地亚哥发源地)（共
+                <w:br/>
+                约 60 分钟）。然后驱车经过市内现代化的漂亮住宅区，商业及金融中心，晚餐后入住酒店休息。
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL NOVOTEL VITAUCRA / MERCURE SANTIAGO CENTRO / DIEGO DE ALMAGRO PROVINDENCIA 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                圣地亚哥 ✈ 复活节岛
+                <w:br/>
+                早上前往机场，搭乘航班飞往【复活节岛】。距离南美大陆 3,700 多公里，孤立于南太平洋的神祕岛屿【复活节岛】。又称为拉帕努伊岛 Rapa Nui 的复活节岛，面积不大只有 163 平方公里，形状呈三角形，由三座火山组成。抵达后，热情好客的岛民将为您献上花环。首先沿着海边道路，在左侧可以看到被绿草覆盖的山丘，这就是：圣拉诺拉拉库 RanoRaraku（1 小时），从入口处沿着斜坡攀登，有无数制造到一半的摩埃散落在一旁，有些只完成了脸部，有些已雕刻完成，只差从岩石上挖掘下来就可完工，更有依些被造好并直立起来，好像处于搬运中但被放弃的状态，难道真是因为爆发了内战而突然停止了这里的活动？彷彿跟着内战的开始，摩埃也失去了生命之后来到 AhuTongariki（30 分钟左右），作为复活节岛上最大的巨石像群，一共有 15 座直立的 moai 神像群。
+                <w:br/>
+                它是岛上惊人的巨石文化的见证。这里也是最佳观看日出的地方前往世界的肚脐“Te pito Kura”（30 分钟），该遗址位于复活节岛南岸，岛民把复活节岛称为世界的肚脐，传说这是一块拥有神圣力量的石头，是由 Rapa Nui 第一位国王从古老的 Hiva 国带来的今日最后一个景点，去享受 Anakena（30 分钟）阿纳卡纳沙滩上美丽的棕榈树和碧绿的海水，也是号称全岛最梦幻的地点。最后我们参观岛上唯一带眼睛的 moai - Tahai（30 分钟），这里是一座国家公园，是迄今为止最为古老的祭祀庆典地，公园里有三个形状各异的祭祀台，并且有着一尊唯一拥有褐色眼睛的 moai。
+                <w:br/>
+                特别安排：复活节岛海边烧烤
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORANA ISLA DE PASCUA HOTEL / TUPA HOTEL /OTAI 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                复活节岛✈圣地亚哥
+                <w:br/>
+                酒店早餐后，前往参观 RanoKau（30 分钟）火山口，此火山拥有岛上最大的火山口湖，直径约 1.6 公里，深达11 公尺，芦苇附盖了半个湖面，从间隙中可以看到清澈的湖水，闪耀着神祕光辉，好像要引诱人们走进去一样。即将结束复活节岛之旅之前，我们再次了解当地鸟人村文化“Orongo”（1 小时）,这是全岛最重要的村落之一，历史上它是岛上重要比赛的举办地，海拔约 310 米，拥有面向全岛和太平洋的壮丽视野，目前村子里有一条 1 公里长的小径，我们可以近距离的欣赏复原后的房屋和岩画艺术。到此，复活节岛神秘之旅结束。中午后，前往机场，乘机返回圣地亚哥。
+                <w:br/>
+                备注：Orongo 一旦遇上关闭，则换为 Vaihu 文化村
+                <w:br/>
+                中午特别安排：面海景观餐厅
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL NOVOTEL VITAUCRA/ MERCURE SANTIAGO CENTRO /DIEGO DE ALMAGRO PROVINDENCIA 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                圣地亚哥✈布宜诺斯艾利斯
+                <w:br/>
+                早上乘坐航班前往阿根廷布宜诺斯艾利斯。市区精华游，乘车前往参观世界三大剧院之一的【科隆剧院】（外观），【七九大道】，【独立纪念碑】，【车游外观国会广场】，【五月广场】，【总统府】（玫瑰宫），【布宜诺斯艾利斯大教堂】。随后参观【雅典人书店】，这是由布宜诺斯艾利斯闹市一家老剧院改造成的豪华书店。书店共 3 层，营业面积 2000 多平方米，号称南美第一，世界第二，剧院内原有包厢、雕刻、戏台上的深红色幕布均保存完好。包厢则变成了一个个“迷你”阅览室（备注：请进去参观的游客，保持安静，不大声喧哗，文明参观）
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOWARD JOHNSON PLAZA / HOTEL SCALA / AMERIAN CONGRESO HOTEL 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                布宜-科洛尼亚（乌拉圭）-布宜
+                <w:br/>
+                早上前往码头乘船（约 1 小时），前往与阿根廷隔河相望的【科洛尼亚】，这座葡萄牙风情的海边古镇带着其独有的韵味和文化气息，整个老城区已被联合国教科文组织定为“人类文化遗产“。沿【乌拉圭国家 1 号公路行驶】，沿途欣赏优美的乌拉圭风光。您可以静静欣赏专属这座浪漫古镇的浪漫气息。漫步【科洛尼亚老城区】（共约 3 小时），入内参观【圣贝尼托教堂】、游览【1811 广场】、【叹息街】、【坎坡门】等。傍晚乘船返回布宜，送回酒店休息，结束当日行程。
+                <w:br/>
+                注意：因签证原因，不能去乌拉圭的客人，将会安排阿根廷高乔农庄一日游
+                <w:br/>
+                高乔农庄位于阿根廷布宜诺斯艾利斯，是一个远离城市喧嚣的世外桃源，人们在这里喂养牛、羊、马，美食相伴，音乐舞蹈相随。在这个世外桃源里，主人用热情奔放的民间舞蹈欢迎我们。明快的音乐、欢快的舞步、飞旋的裙摆、开怀的笑脸,引发热烈的掌声。
+                <w:br/>
+                交通：巴士
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOWARD JOHNSON PLAZA / HOTEL SCALA / AMERIAN CONGRESO HOTEL 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                布宜诺斯艾利斯✈ 卡拉法特
+                <w:br/>
+                早上飞往卡拉法特。游览【大冰川国家公园】，由 47 个大小冰川组成，其中最著名的是 PERITO MORENO 大冰川，面积达 257 平方公里，是世界三大冰川之一，也是少数还在继续生长的冰川之一，景色极为壮观。站在专门修建的观赏平台上，游客可以看到冰川是怎样从雪山顶上“倾泻”而下的。冰川正面笔直如削，顶部有无数裂隙，经过阳光的透射、折射，呈现出缤纷的颜色。从冰川上不时传来低沉的隆隆声，这是冰川崩裂的声音。乘坐冰川游船，近距离观赏大冰川。
+                <w:br/>
+                特别安排: 卡拉法特古法烤全羊
+                <w:br/>
+                注意：冰川游船为赠送项目，冰川游船时刻表会根据天气状况而增减航次，如遇上不可抗力情况（如航班延误，游船减航次等情况）或客人自身原因没法坐船，费用不退）
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL EDENIA PUNTA SOBERANA / LAGOS DEL CALAFATE (EX UNIQUE LUXURY PATAGONIA HOTEL)/ ROCHESTER CALAFATE 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                卡拉法特✈乌斯怀亚
+                <w:br/>
+                早上乘坐飞机前往乌斯怀亚。游览火地岛，与南极洲隔海相望，是世界上除南极洲外最靠南的土地。火地岛的首府乌斯怀亚是世界上最南端的城市，也称作世界尽头。这是一个别致、美丽的小城，依山面海而建，街道不宽，但十分干净。
+                <w:br/>
+                游览世界最南端的国家公园----【火地岛国家公园】，是世界最南部的一个自然保护区，雪峰，山脉，湖泊，森林点缀其间，极地风光无限，景色十分迷人。晚餐后，入住酒店休息，结束当天行程
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL TIERRA DEL FUEGO / HOTEL CANAL BEAGLE 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                乌斯怀亚 ✈布宜诺斯艾利斯
+                <w:br/>
+                早上乘坐航班返回布宜诺斯艾利斯
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOWARD JOHNSON PLAZA / HOTEL SCALA / AMERIAN CONGRESO HOTEL 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                布宜诺斯艾利斯✈阿根廷伊瓜苏
+                <w:br/>
+                早上乘坐飞机前往阿根廷伊瓜苏。
+                <w:br/>
+                前往【阿根廷伊瓜苏国家公园】，抵达瀑布公园后,我们乘坐森林小火车，在悠闲时光中来到瀑布顶部的栈道。漫步在栈道上，俯瞰由 275 大小不同、景观各异的瀑布群所组成的成千上万条河水以千军万马之势从各小瀑布沸腾而下，惊心动魄，不由得令人感叹上帝造物及大自然的美妙。
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL VIALE CATARATAS / FOZ PRESIDENTE COMFORT HOTEL / HOTEL CARIMA 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                阿根廷伊瓜苏-巴西伊瓜苏
+                <w:br/>
+                早餐后过境巴西，参观前往世界三大瀑布之一、跨度最大的【巴西伊瓜苏大瀑布】。该瀑布位于阿根廷与巴西边界上，是目前世界上最宽的瀑布，为马蹄形瀑布，高 82 米，宽 4 公里，由 275 个瀑布组成的瀑布群，1984 年，被联合国教科文组织列为世界自然遗产。伊瓜苏瀑布巨流倾泻，气势磅礴，轰轰瀑声 25 公里外都可以听见。伊瓜苏瀑布观赏点众多，可以沿着河边山间小路漫步全程景区，接着进入水上栈桥置身于气势磅礴的瀑布之前，享受天然绝妙景观。
+                <w:br/>
+                随后参观【伊瓜苏鸟园】，可以观赏到巴西国鸟金刚鹦鹉和巨嘴鸟 TUCANO，火烈鸟等热带地区的品种丰富的鸟类
+                <w:br/>
+                特别安排：瀑布景区餐厅
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HOTEL VIALE CATARATAS / FOZ PRESIDENTE COMFORT HOTEL / HOTEL CARIMA 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                巴西伊瓜苏✈里约热内卢
+                <w:br/>
+                早餐后，乘坐航班前往里约热内卢。
+                <w:br/>
+                交通：参考航班：待告
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ROYAL RIO PALACE / WINDSOR GUANABARA HOTEL / WINDSOR PLAZA COPACABANA 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                里约热内卢✈圣保罗
+                <w:br/>
+                早上乘坐航班前往里约热内卢，乘车登上【耶稣山】，参观巨型【基督像】，高 38 米，宽 28 米，重量超过一千吨，是为纪念巴西独立运动成功而建，几乎是不论何时、何地都能从里约市一眼望见，为里约象征，在此还可远观宏伟的【尼特罗伊跨海大桥】，一览十六公里全景。漫步 COPACABANA 著名的海滩，欣赏蓝天白云、椰风海韵。随后乘车前往观看世界第一大足球场【马拉卡纳足球场】（外观）。该球场建于 1950 年，曾有容纳 20 万人的恐怖纪录，之后翻新改建成为一个新的马拉卡纳球场，并成为 2014 年巴西世界杯的总决赛场地，也成为 2016年里约奥运会开幕式及足球比赛场馆。前往参观【里约热内卢大教堂】和【二战纪念牌】。随后乘坐航班前往圣保罗。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRANSAMERICA EXECUTIVE PAULISTA HOTEL / LUZ PLAZA SÃO PAULO /MATSUBARA HOTEL SÃO PAULO 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 圣保罗
                 <w:br/>
-                早上抵达圣保罗，乘车前往参观【IPIRANGA十八世纪皇宫花园】【皇宫博物馆】(外观)，游毕参观【圣保罗大教堂】。该教堂始建于1913年，直到1954年才建成，并作为庆祝建市四百周年的活动对外开放。它的前身是殖民时代的大教堂，整个工程由马克西米利亚诺建筑师设计建造。在艺术特点上，它融合了哥特式和文艺复兴时期的风格。随后前往【拉美议会大厦】和【拉美民俗展馆】（外观）；【开拓者雕像】、【护法英雄纪念碑】。随后前往游览【蝙蝠侠胡同】，这是藏在维拉马达莱纳区(Vila Madalena)深处的一条数百米的小巷，巷子从地面到墙上的每一寸都被涂满五颜六色的涂鸦，绝对是拍照圣地。感受一下浓郁的南美色彩，那就从这条巷子开始，这条著名的巷子吸引了世界各地的涂鸦艺术家，每隔一段时间都会有新的涂鸦覆盖。晚餐后入住酒店休息，结束当天行程。
+                早上乘车前往参观【IPIRANGA 十八世纪皇宫花园】【皇宫博物馆】(外观)，游毕参观【圣保罗大教堂】（车游外观）。该教堂始建于 1913 年，直到 1954 年才建成，并作为庆祝建市四百周年的活动对外开放。它的前身是殖民时代的大教堂，整个工程由马克西米利亚诺建筑师设计建造。在艺术特点上，它融合了哥特式和文艺复兴时期的风格。随后前往【拉美议会大厦】和【拉美民俗展馆】（外观）；【开拓者雕像】、【护法英雄纪念碑】。随后前往游览【蝙蝠侠胡同】，这是藏在维拉马达莱纳区(Vila Madalena)深处的一条数百米的小巷，巷子从地面到墙上的每一寸都被涂满五颜六色的涂鸦，绝对是拍照圣地。感受一下浓郁的南美色彩，那就从这条巷子开始，这条著名的巷子吸引了世界各地的涂鸦艺术家，每隔一段时间都会有新的涂鸦覆盖。晚餐后入住酒店休息，结束当天行程。
+                <w:br/>
+                特别安排：传统特色风味的【巴西烤肉】，巴西烤肉外焦内嫩，厨师将一道道不同部位的精美烤肉，轮流送到客人面前，让客人根据自己的爱好，选择不同的部位，再由厨师削切入盘，直到游客吃足为止。
+                <w:br/>
+                注意：由于圣保罗大教堂周边最近治安比较差，所以圣保罗大教堂建议车游外观
+                <w:br/>
+                交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：特别安排：传统特色风味的【巴西烤肉】，巴西烤肉外焦内嫩，厨师将一道道不同部位的精美烤肉，轮流送到客人面前，让客人根据自己的爱好，选择不同的部位，再由厨师削切入盘，直到游客吃足为止。   </w:t>
-[...36 lines deleted...]
-              <w:t xml:space="preserve">D4</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRANSAMERICA EXECUTIVE PAULISTA HOTEL / LUZ PLAZA SÃO PAULO /MATSUBARA HOTEL SÃO PAULO 或同级</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                圣保罗✈ 玛瑙斯
-[...3 lines deleted...]
-                交通：参考航班：LA3560 GRU MAO 0740 1040
+                圣保罗✈ 北京
+                <w:br/>
+                早上乘坐飞机返回北京
+                <w:br/>
+                交通：参考航班：CA898 GRUPEK 0925 2015+1
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...2431 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">夜宿飞机</w:t>
+              <w:t xml:space="preserve">飞机上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -3428,147 +3495,181 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1. 全程机票经济舱票价、机场税（费）及燃油附加费； 
-[...17 lines deleted...]
-                11. 赠送去程北京机场附近住宿1晚，不住不退房费！
+                1. 全程机票经济舱票价、机场税（费）及燃油附加费；
+                <w:br/>
+                2. 行程所列当地豪华酒店及山地特色酒店，住宿（2 人 1 间，具有独立卫生间，空调）；
+                <w:br/>
+                3. 行程所列餐费（转候机及自由活动期间除外），全程每日酒店西式早餐，午、晚餐为中式餐食（用餐标准为 10
+                <w:br/>
+                人一桌，八菜一汤）或当地餐或特色餐；
+                <w:br/>
+                4. 行程所列游览期间空调旅行车；
+                <w:br/>
+                5. 行程所列景点第一门票（注：全程景点首道门票（耶稣山，巴西伊瓜苏瀑布、伊瓜苏鸟园、阿根廷伊瓜苏瀑
+                <w:br/>
+                布、科洛尼亚船票、复活节岛、马丘比丘观光火车票及景区门票、鸟岛游船，伊基托斯游船，朗姆酒博物馆、海
+                <w:br/>
+                明威故居、特奥蒂华坎太阳月亮金字塔、奇琴伊察，龙舌兰酒庄，天坑，老爷车游哈瓦那，阿雷纳火山，黄金博
+                <w:br/>
+                物馆（若遇上黄金博物馆闭馆，则改为波特罗艺术馆））；
+                <w:br/>
+                6. 16 大特色餐：传统特色巴西烤肉，伊瓜苏瀑布景区餐厅，卡拉法铁特色烤全羊，复活节岛海边烧烤，复活节岛
+                <w:br/>
+                面海景观餐厅，印加庄园酒店三道式烛光晚餐，秘制羊驼肉风味餐，皮斯科地道秘鲁菜，伊基托斯雨林酒店特色
+                <w:br/>
+                晚餐，墨西哥国花”——仙人掌及 TACO，墨西哥特色传统音乐餐厅，墨西哥传统农庄，天坑古玛雅文化传统特
+                <w:br/>
+                色餐厅，古巴特色古法猪排饭，古巴特色海鲜饭，哥斯达黎加古法炖牛肉
+                <w:br/>
+                7. 乌鲁班巴升级入住 17 世纪印加庄园超豪华酒店，特别升级入住 1 晚利马喜来登超豪华或同级酒店，哈瓦那升级为
+                <w:br/>
+                超豪华酒店，巴拉德罗为海边全包式 超豪华酒店
+                <w:br/>
+                8. 价值 30 万中国人寿旅游意外保险；
+                <w:br/>
+                11. 赠送去程北京机场附近住宿 1 晚，不住不退房费！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1. 护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费；  
-[...21 lines deleted...]
-                12. 因气候或飞机、车辆、船只等交通工具发生故障导致时间延误或行程变更引起的经济损失和责任以及行李在航班托运期间的造成损坏的经济损失和责任。
+                1. 护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费；
+                <w:br/>
+                2. 乌拉圭签证（持有效美国签证可免签乌拉圭（美国签证有效期一年以上）），阿根廷签证费（持有效美国
+                <w:br/>
+                B1/B2 签证可免签阿根廷）、美国签证费、EVUS 美签电子登记费用、南美签证所需公证费；
+                <w:br/>
+                3. 巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费：920 元；VFS 服务费：27.8 元，邮寄费 75元，我司服务费：0 元，巴西签证费用合计为：为 1022.8 元。。
+                <w:br/>
+                说明：持有效美国签证可免签阿根廷，秘鲁与智利（美国签证有效期半年以上）、乌拉圭（美国签证有效期一年
+                <w:br/>
+                以上）；
+                <w:br/>
+                4. 全程司导服务费 USD429/人，请现付我司领队
+                <w:br/>
+                5. 额外游览用车超时费（导游和司机每天正常工作时间不超过 10 小时，如超时需加收超时费）；
+                <w:br/>
+                6. 行程中所列游览活动之外项目所需的费用；
+                <w:br/>
+                7. 单间差 CNY18895.00/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单
+                <w:br/>
+                间差；如报名时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人
+                <w:br/>
+                间的情况下予以安排同住，否则以我社安排分房为准；
+                <w:br/>
+                8. 在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理(在美国及南美内陆的航班不提供免费的飞
+                <w:br/>
+                机餐)；
+                <w:br/>
+                9. 出入境行李的海关税、全程行李搬运费、保管费以及行李托运费；
+                <w:br/>
+                10. 客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电
+                <w:br/>
+                视、行李搬运、邮寄、购物、行程列明以外的用餐或宴请等；自由活动期间交通费；
+                <w:br/>
+                11. 因个人原因滞留产生的一切费用；
+                <w:br/>
+                12. 因气候或飞机、车辆、船只等交通工具发生故障导致时间延误或行程变更引起的经济损失和责任以及行李在
+                <w:br/>
+                航班托运期间的造成损坏的经济损失和责任。
                 <w:br/>
                 13. 特别提醒：因不可抗力因素而额外产生费用的，均需要客人自行承担。
                 <w:br/>
-                注：1、12岁以下不占床小童减团费CNY6000/人，占床小童按成人价收取。 
-[...3 lines deleted...]
-                3、为防止疲劳驾驶，行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，不建议游客购物，游客因购物产生的纠纷与本社无关。 
+                注：1、12 岁以下不占床小童减团费 CNY6000/人，占床小童按成人价收取。
+                <w:br/>
+                2、敬请游客遵守我国及旅游目的地国家的相关法律、法规、社会公德、风俗习惯、宗教禁忌，不得参与任何
+                <w:br/>
+                违反以上项目的活动！
+                <w:br/>
+                3、为防止疲劳驾驶，行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，不建议游客
+                <w:br/>
+                购物，游客因购物产生的纠纷与本社无关。
                 <w:br/>
                 4、意见表用于评估领队、导游及当地接待的服务质量，为保证客人的有效权益，请务必如实填写！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -3720,51 +3821,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">$(美元) 180.00</w:t>
+              <w:t xml:space="preserve">$(美元) 199.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">PISCO小飞机</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -3795,51 +3896,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">$(美元) 273.00</w:t>
+              <w:t xml:space="preserve">$(美元) 295.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">阿根廷探戈舞表演</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -4150,51 +4251,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">45 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">$(美元) 55.00</w:t>
+              <w:t xml:space="preserve">$(美元) 90.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">火地岛游艇</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -4239,51 +4340,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">$(美元) 90.00</w:t>
+              <w:t xml:space="preserve">$(美元) 110.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -4309,99 +4410,116 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">本产品供应商为：广州风花雪月国际旅行社有限公司，许可证号：L-GD-CJ00331，此团 10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州风花雪月国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州风花雪月国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。</w:t>
+              <w:t xml:space="preserve">
+                本产品供应商为：广州风花雪月国际旅行社有限公司
+                <w:br/>
+                ，许可证号：L-GD-CJ00331，此团 10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州风花雪月国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州风花雪月国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                <w:br/>
+                <w:br/>
+                如有黄皮书：
+                <w:br/>
+                黄热病疫苗（黄皮书）说明
+                <w:br/>
+                疫苗介绍：在黄热病疫区居住或去疫区旅行的人员，都必须进行黄热病疫苗的预防接种，根据世界卫生组织的规定，黄热病疫苗预防接种的免疫期自接种后第10日起10年内有效。主要禁忌对象为：急性发热性疾病患者、妊娠期及哺乳期妇女、婴儿，详情请向接种医护人员咨询。
+                <w:br/>
+                前往南美洲以及整个加勒比地区的客人，请至少提前10天注射黄热病疫苗，入境时应当向出入境检验检疫机构出示有效期的黄热病预防接种证明（黄皮书）；
+                <w:br/>
+                60周岁以上客人需要前往黄热病办理地点开具《不能注射相关证明》（中英文）--预防接种禁忌证明，出团时携带；
+                <w:br/>
+                如因身体原因或年龄因素无法办理的，请前往疫苗中心办理《不能注射相关证明》（中英文）- 预防接种禁忌证明，于出境携带。
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 18岁以下未成年人参团必备文件
                 <w:br/>
-                	1.	未成年人独自参团旅游	
+                1.	未成年人独自参团旅游	
                 <w:br/>
                 	父母双方签写的“不随行父母同意函”
                 <w:br/>
                 	出生证复印件
                 <w:br/>
                 	2.	未成年人与父或母其中一方参团旅游
                 <w:br/>
                 	父或母其中一方签写的“不随行父母同意函”
                 <w:br/>
                 	出生证复印件
                 <w:br/>
                 	3.	未成年人与父或母其中一方参团旅游，父母离异但同时拥有抚养权	
                 <w:br/>
                 	未随行的父或母签写的“不随行父母同意函”
                 <w:br/>
                 	父母离婚判决书或协议书复印件
                 <w:br/>
                 	4.	未成年人与父或母其中一方参团旅游，父母离异，只其中一方拥有抚养权	
                 <w:br/>
                 	父或母其中一方签写的“不随行父母同意函”（若有）
                 <w:br/>
                 	父母离婚判决书或协议书复印件
                 <w:br/>
                 	5.	未成年人与法定监护人或领养父母参团旅游	
                 <w:br/>
@@ -4507,53 +4625,51 @@
               </w:rPr>
               <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 巴西	在北京、上海、广州都有领馆，旅游签证可以在广州送（广州签证中心需要客人亲自前往中心签名），不分领区，其它签证都要分领区送，以工作地来划分；
                 <w:br/>
                 大公务护照免签
                 <w:br/>
-                阿根廷	阿根廷移民局电子旅行许可（AVE）已经开放申请，持有有效美国B类签证的中国普通护照的旅游游客可以在网上直接交费填表，十个工作日后可看到审批结果，无须再向阿根廷领事馆申请纸质旅游签证。
-[...1 lines deleted...]
-                （福建护照必须申请阿根廷纸质签证）
+                阿根廷	持普通护照的中华人民共和国公民，若持有有效的美国同类签证（旅游签证 B1/B2），可免签入境阿根廷旅游。不符合上述条件者需在阿根廷使领事馆申请旅游签证。
                 <w:br/>
                 乌拉圭	凡持有有效期内的美国、加拿大和英国签证的中国公民，自2017年6月1日起将可以免签入境乌拉圭。即中国公民所持有护照有效期6个月以上，至少去过上述国家一次，且签证有效期在一年以上，另持有上述三国签证有效期18个月以上的中国公民可以随时入境。陆路入境暂不施行。
                 <w:br/>
                 智利	中国护照持有6个月及以上有效美国或加拿大签证(过境签证除外)，单次停留时间最长不超过90天）；持有美国绿卡可免签进入智利。 
                 <w:br/>
                 秘鲁	自2016年9月21日起，中国公民，持有效期六个月以上的美国、加拿大、英国、澳大利亚或申根签证的中国护照，或持有在这些国家和地区的长期居留权，可免签进入秘鲁进行旅游或商务活动，可一次停留180天或在六个月内总共停留180天！
                 <w:br/>
                 墨西哥	持有加拿大、美国、日本、英国或其他任何申根国家的现行有效签证；上述国家签发的签证必须是可多次入境或至少1次有效入境可以免签入境墨西哥。
                 <w:br/>
                 大公务护照免签，小公务护照要签证
                 <w:br/>
                 古巴	根据中古两国协议，中国公民持外交、公务和公务普通护照者可免签入境古巴。因私护照，必须购买旅游卡才能入境古巴。福建客人例外，必须办理签证，属于北京大使馆辖区。
                 <w:br/>
                 哥斯达黎加	持有加拿大或美国现行有效签证且是可多次入境，可以免签入境哥斯达黎加。
                 <w:br/>
                 哥伦比亚	持有多次美国（C1类型签证除外）或多次申根签证的中国公民可以免签进入哥伦比亚，所持的美国、申根签证有效期须超过180天。
                 <w:br/>
                 <w:br/>
                 如客人提供的护照上有发达国家多次往返的有效签证（如美国、加拿大、欧洲、澳大利亚、新西兰、日本等国）并有出入境章，且按乙方要求提供签证所需的资料并保证所有资料真实，如被拒签造成无法出游的，除签证费外无损退团；但如甲方没有按照（或不配合）乙方要求提供的签证所需资料且资料不真实，则需扣除实际损失金额及签证费，余下的退回甲方；
                 <w:br/>
                 注：一切以实际损失为准；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4615,51 +4731,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>