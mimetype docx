--- v2 (2025-12-13)
+++ v3 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【中南美十国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴36天|国航可联运丨16大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴丨行程单</w:t>
+        <w:t xml:space="preserve">【中南美十国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴·巴拿马36天|国航可联运丨16大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -3581,51 +3581,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费；
                 <w:br/>
                 2. 乌拉圭签证（持有效美国签证可免签乌拉圭（美国签证有效期一年以上）），阿根廷签证费（持有效美国
                 <w:br/>
                 B1/B2 签证可免签阿根廷）、美国签证费、EVUS 美签电子登记费用、南美签证所需公证费；
                 <w:br/>
-                3. 巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费：920 元；VFS 服务费：27.8 元，邮寄费 75元，我司服务费：0 元，巴西签证费用合计为：为 1022.8 元。。
+                3. 巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费：640 元；VFS 服务费：27.8 元，邮寄费 75元，我司服务费：0 元，巴西签证费用合计 742.8 元。
                 <w:br/>
                 说明：持有效美国签证可免签阿根廷，秘鲁与智利（美国签证有效期半年以上）、乌拉圭（美国签证有效期一年
                 <w:br/>
                 以上）；
                 <w:br/>
                 4. 全程司导服务费 USD429/人，请现付我司领队
                 <w:br/>
                 5. 额外游览用车超时费（导游和司机每天正常工作时间不超过 10 小时，如超时需加收超时费）；
                 <w:br/>
                 6. 行程中所列游览活动之外项目所需的费用；
                 <w:br/>
                 7. 单间差 CNY18895.00/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单
                 <w:br/>
                 间差；如报名时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人
                 <w:br/>
                 间的情况下予以安排同住，否则以我社安排分房为准；
                 <w:br/>
                 8. 在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理(在美国及南美内陆的航班不提供免费的飞
                 <w:br/>
                 机餐)；
                 <w:br/>
                 9. 出入境行李的海关税、全程行李搬运费、保管费以及行李托运费；
                 <w:br/>
                 10. 客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电
                 <w:br/>
@@ -4731,51 +4731,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>