--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【中南美十国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴·巴拿马36天|国航可联运丨16大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴行程单</w:t>
+        <w:t xml:space="preserve">【中南美十国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴·巴拿马36天（国航配联运）16大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -4731,51 +4731,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>