--- v1 (2025-10-25)
+++ v2 (2026-03-07)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20250521SD</w:t>
+              <w:t xml:space="preserve">WZ-20260304SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -390,51 +390,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【非凡座驾】2-8人精品小团，6人以上安排1+1豪华座椅，（5人内使用7座商务车）；
                 <w:br/>
-                ★【优质行程】藏风秘境朝圣之旅，臻纯玩，净游出行，0自费|0购物|0擦边|0车销；
+                ★【甄选酒店】入住7晚网评4钻酒店，0购物0自费0擦边0车购 进店赔付1000；
                 <w:br/>
                 ★【出行保险】川藏专业当地老司机伴您同行出游，保障安全，让你一路无忧；
                 <w:br/>
                 ★【暖心赠送】氧旅游三宝（枕头 耳塞 眼罩）+氧气+矿泉水；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
@@ -614,51 +614,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都明宇丽呈西南交大地铁口店、瑞熙酒店（宽窄店）、瑞熙酒店（望江店）、宜尚酒店西南交大店、秋果S酒店(宽窄巷子奎星楼街店）、艺家城市酒店 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都明宇丽呈西南交大地铁口店、瑞熙酒店（宽窄店）、瑞熙酒店（望江店）、宜尚酒店西南交大店、秋果S酒店(宽窄巷子奎星楼街店）、艺家城市酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -716,51 +716,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">丹巴金河大酒店、美人谷大酒店、藏韵大酒店、尚客优酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">金河大酒店、美人谷大酒店、藏韵大酒店、尚客优酒店   或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -945,76 +945,66 @@
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 甘孜—理塘（280km）—香格里拉镇 （225km）
                 <w:br/>
                 起床后我们一路驱车前往稻城亚丁，途径有着“高原明珠”“世界高城”之称的【理塘】（海拔4000米），车观【毛垭大草原】风光，给你一种想策马奔腾的感觉，感受了辽阔的大草原，我们将翻越形是兔子的【兔儿山】，远观就像兔子的耳朵特别的可爱。继续翻越最为壮观的、青藏高原最大的古冰体遗址稻城古冰帽【海子山自然保护区】之后欣赏沿途迷人风光、世外桃源般藏式村寨，后至桑堆镇观【红草地】（注：红草地为季节性景观，只有在每年的9月底到10月初才能看到此处的草原呈红色），在秋天的时候，配合上后面泛黄的桦树，倒映在水塘中，是许多书上所介绍的美景。观稻城【尊胜白塔】后，抵达最后的香格里拉镇入住。
                 <w:br/>
                 <w:br/>
                 【小提示】
                 <w:br/>
-                1：晚上赠送藏地密码大型晚会（20:00开始），每年10月25—来年4月25日关停，关停期间无任何费用可退也不等价交换，如有不便敬请谅解！
-[...1 lines deleted...]
-                2：旅拍服务：11月1日—来年4月1号，因天气等原因无法再做安排且无任何费用可退也不等价交接，如有不便敬请谅解！
+                1：赠送项目不用不退费；大型节假日（国庆、五一、春节）和项目若遇特殊情况无法赠送或自愿放弃费用不退。
+                <w:br/>
+                2：香格里拉镇免费赠送《亚丁密码》晚会：因冬季天气原因，于每年5月1日至10月15日期间赠送，其余时间无赠送晚会。（具体赠送时间以官方晚会通知为准！）
+                <w:br/>
+                3：稻城免费赠送白塔精美旅拍：11月1日起，因天气等原因无法再做安排，4月1号开始赠送，敬请理解。
                 <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                  1、今天的行程将一直在海拔3000米以上行驶，个别人会有高原反应，请游客提前做好高原反应防范工作；
                 <w:br/>
                 2、在今天途中，会经过普及高反知识的休息站其相关配有衣服租赁和氧气瓶的业务，建议客人提前自行准备；
                 <w:br/>
                 3、因旅游景区各景点，酒店内，餐厅沿途可能会有商店摊点，不属于旅行社购物安排，与旅行社无关。请游客谨慎选购，谨慎上当受骗。我社均不负责游客在该类似购物店内购买物品 质量的优劣。请自愿谨慎购买。当地居民卖 纪念品、土特产，非我社提供服务，请不要误解；
                 <w:br/>
-                4、红草地为季节性景点，只有在每年的9月底至10月初才那观看 ；
-[...11 lines deleted...]
-                4、红草地为季节性景点，只有在每年的9月底至10月初才能观看 ；
+                4、红草地为季节性景点，只有在每年的9月底至10月初才能观看 。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1050,89 +1040,89 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 稻城亚丁一日游
                 <w:br/>
                 行程介绍：早餐后乘车从酒店出发，进入香格里拉镇亚丁景区，游览5A级旅游景区—【稻城亚丁风景区】{门票已含，游览时间约7-8小时}，换乘亚丁景区观光车（车程约1小时，观光车费用：120元/人，须客人自理），翻越牛郎神山（海拔4760米），远眺仙乃日神山。经亚丁村、扎灌崩（亚丁村至观光车终点扎灌崩约15分钟），徒步20分钟抵达【冲古寺草甸】（藏语意为填湖造寺，海拔3900米），由草地、森林、小溪和嘛呢堆组成的天然冲古草坪，这里就是电影《从你全世界路过》中茅十八求婚的取景地。后自费乘景区电瓶车（车程约20分钟，费用单程50元，往返80元自理）前往【洛绒牛场】，这里观“日松贡布”三座神山尽收眼底。仙乃日，海拔6032米，藏语意为“观世音菩萨”，夏诺多吉意为金刚手菩萨，海拔5958米，央迈勇意为文殊菩萨，海拔5958米。
                 <w:br/>
+                <w:br/>
                 亚丁景区分长线—牛奶海、五色海和短线—珍珠海游览。
                 <w:br/>
                 长线游览：因牛奶海和五色海海拔高，客人务必根据自身实际情况选择是否前往（可选择自费骑马305元/人至舍身崖约1.5小时，再徒步至牛奶海和五色海需约1.5小时，冬季11中旬至次年3约中旬马帮停运，需徒步单程5KM往返10KM，徒步往返时间约4.5小时）到达【牛奶海】，再徒步前往【五色海】（徒步约20分钟）；
                 <w:br/>
                 【牛奶海】海拔4800米，又叫洛绒措，古冰川湖，状如水滴，四周雪山环绕，湖水清莹碧蓝，山止成瀑，以其玲珑秀雅水色翠蓝而著名。牛奶海在央迈勇的山坳里，呈扇贝形，中间是碧蓝的雪水，周边则是一圈乳白色环绕，这圈乳白色大致就是牛奶海名称的由来。牛奶海是美丽的，远远望去，仿佛碧玉镶嵌在雪山之中，纯净安详。纯净的湖水给人以平和安宁的心境，而蓝湛湛的海子并不透明，显得神秘莫测。传说能治聋哑病的圣湖。
                 <w:br/>
                 【五色海】海拔4600米，由于光的折射下，产生五种不同颜色而得名：其真名为“登崇措”。五色海它位于仙乃日与央迈勇之间，湖面呈圆形。面积0.7公顷，现代冰谷下伸至湖畔，雪山倒影湖面，呈现奇幻的色彩。是藏区著名的圣湖（佛经中赞誉该湖与西藏羊巴雍措齐名），据传能“返演历史，预测未来”。
                 <w:br/>
+                <w:br/>
                 短线游览：游客可乘坐景区观光车抵达扎灌崩，徒步500米到达冲古寺，前往仙乃日神山下的圣湖【珍珠海】短线游览（单程约1.5KM，徒步前往约40分钟），海拔3950米。
                 <w:br/>
-                【珍珠海】在藏语中称为“卓玛拉措”，是仙乃日的融雪形成的海子。面积约0.1平方公里。密林中的珍珠海如一颗镶嵌在莲花宝座上的绿宝石，碧波荡漾，粼粼波光中透出无限清丽，湖畔四周，参翠如屏。春天湖边片片杜鹃花灿烂怒放，秋天层林尽染，倒影着五彩斑斓的世界，令人目眩神迷
-[...2 lines deleted...]
-                <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1：如欲朝拜五色海，牛奶海，因海拔在5000米左右，对身体素质要求非常高，人行道和马道混杂，存在安全隐患，请游客量力而行，如须前往，费用与安全自理与旅行社无关。
                 <w:br/>
-                2：亚丁景区贡嘎措至牛奶海、五色海区域海拔为4200-4700米，因海拔高、受冰雪天气影响及生态修复需要，该区域于2024年7月13日起实施封闭，禁止游客进入，由此带来的不便敬请谅解。
+                2：贡嘎措至牛奶海、五色海区域因海拔高、受冰雪天气影响及生态修复需要，该区域于11月1日至来年4月15日起实施封闭，禁止游客进入，具体以景区通知为准！由此带来的不便敬请谅解。
                 <w:br/>
                 <w:br/>
                 【温馨提示】： 
                 <w:br/>
                 1：如欲朝拜五色海，牛奶海，因海拔在5000米左右，对身体素质要求非常高，不建议前往，人行道和马道混杂，存在安全隐患，请游客量力而行，如须前往，费用与安全自理与旅行社无关。旅行社及导游不统一建议游客前往该区域游览，若游客自行前往牛奶海、五色海游玩，敬请根据自身体力量力而行，并签订景区告知书；络绒牛场—五色海、牛奶海：此路段海拔高，道路崎岖，客人必须根据自身实际情况选择是否前往游览。若身体不适执意前往者所造成的一切后果由游客自行承担，旅行社已尽到提醒告知义务，景区内马匹较少，在旺季时会有租不到马匹的情况，请提前知晓！
                 <w:br/>
-                亚丁景区主要游玩景点分为A长线：牛奶海+五色海；B短线：珍珠海；由于游客各自身体条件和游览兴趣不同，所以旅行社无法保证满足每个游客兼顾可以观光景区内所有景点；游客需根据自身情况和兴趣安排好合理的游览路线；自身体力无法前往的景点均视为自动放弃；敬请理解；
-[...5 lines deleted...]
-                3.亚丁景区内用餐没有安排，景区内没有餐厅，请客人中餐请各自备好干粮和水，景区中洛绒牛场有盒饭40元/份。
+                （1）这天全天在景区内游玩，亚丁景区门票已包含，景区内没有餐厅，中餐请各自备好干粮和水，景区中洛绒牛场有盒饭50元/份。
+                <w:br/>
+                （2）(2)景区里徒步，电瓶车，骑马，运动强度较大，是对“身体在地狱，眼睛在天堂”的诠释。【冬季五色海，牛奶海会因天气原因可能关停不能游览】
+                <w:br/>
+                (3)骑马时一定要注意安全。冲古寺（海拔3980m）到洛绒牛场（海拔4180m）可徒步或乘坐电瓶车往返70元/人单程40元/人（可选择徒步）（客人自愿自主消费）。在亚丁景区游玩时一定要注意安全，不管是骑马还是徒步，并保管好自己的贵重物品，以防遗失.
+                <w:br/>
+                (4)亚丁景区因每位游客在每个景点停留的时间不一样，很容易走散，故在景区内导游不可能陪到每一位游客，请各位游客理解！牛奶海,五色海因强度太大,请根据身体状况选择是否前往。若身体不适执意前往者所造成的一切后果由游客自行承担，旅行社已尽到提醒告知义务，景区内马匹较少，在旺季时会有租不到马匹的情况，请提前知晓！
+                <w:br/>
+                (5)因旅游景区餐馆、酒店、景区、休息区、洗手间、观景台等沿途都会有接触很多非旅行社工作人员的情况和机会；同时这类场所有很多售卖商品的流动摊贩，而且本身这类场所就有很多配套的商店，他们的工作人员会有向游客兜售商品的情况。而在旅游期间旅行社导游或工作人员也无法24小时跟随每一位游客；因此特别提醒游客自己保持安全意识。同时这类场所也非旅行社组织的任何购物场所或活动，也非赔付保障范围；游客如自行在此类场所参与的任何行为，只能由游客自行负责。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【稻城亚丁风景区】
                 <w:br/>
-                自费项：【稻城亚丁风景区】观光车120元/人、电瓶车往返80元/人、自费骑马305元/人
+                自费项：【稻城亚丁风景区】观光车120元/人、电瓶车往返80元/人、自费骑马305元起/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1209,91 +1199,91 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">新都桥 云顶星空酒店、森格浪赞民宿、云涧星河酒店、康定畅游星宸酒店、央宗岭酒店、摄影天堂大酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">新都桥云顶星空酒店、森格浪赞民宿、云涧星河酒店、康定畅游星宸酒店、央宗岭酒店、摄影天堂大酒店 或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 新都桥一红海子一成都  （383km）
                 <w:br/>
-                早上早起，一路走新都桥大美公路———网红机场路（车观）远处完美雪山，这里随手都能出大片。后一路前往【红海子】(垃圾处理费10/人自愿自理)位于四川康定折多山上的康定机场后，座落在木格措到塔公的新建旅游环线上。海拔：4200米左右，海子对面是笔架山雪峰。每当天气晴朗的下午，碧水蓝天，水面如镜，雪峰映衬在湖中非常迷人，宛如仙境。夕阳西下，雪峰被染上金色，蔚为壮观。这里是拍摄高山湖泊的理想之地，浏览完红海子后，经康定前往革命前辈经过的地方—【泸定桥】（上桥费10元/人，自理），之后一路驱车返回成都，结束愉快的旅程！
+                早上早起，一路走新都桥大美公路———网红机场路（车观）远处完美雪山，这里随手都能出大片。后一路前往【红海子】不含(垃圾处理费10/人自愿自理)位于四川康定折多山上的康定机场后，座落在木格措到塔公的新建旅游环线上。海拔：4200米左右，海子对面是笔架山雪峰。每当天气晴朗的下午，碧水蓝天，水面如镜，雪峰映衬在湖中非常迷人，宛如仙境。夕阳西下，雪峰被染上金色，蔚为壮观。这里是拍摄高山湖泊的理想之地，浏览完红海子后，经康定前往革命前辈经过的地方—【泸定桥】（不含上桥费10元/人，自理），之后一路驱车返回成都，结束愉快的旅程！
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                  (1):预计晚上7左右到达成都统一散团，旅游合同的行程结束。因路途遥远，建议不要预定当天的返程票，如因堵车造成游客返程票损失，恕本旅行社无法为游客承担任何损失，请知晓！
                 <w:br/>
                 (2):今天是本次稻亚之旅游程最后一站，如若你对此次行程有任何异议，请告诉我们，我们会在第一时间根据你反馈的情况落实调查并及时处理；这次旅程是一次心灵的洗礼，人生观的再次升华。
                 <w:br/>
                 (3)因旅游景区餐馆、酒店、景区、休息区、洗手间、观景台等沿途都会有接触很多非旅行社工作人员的情况和机会；同时这类场所有很多售卖商品的流动摊贩，而且本身这类场所就有很多配套的商店，他们的工作人员会有向游客兜售商品的情况。而在旅游期间旅行社导游或工作人员也无法24小时跟随每一位游客；因此特别提醒游客自己保持安全意识。同时这类场所也非旅行社组织的任何购物场所或活动，也非赔付保障范围；游客如自行在此类场所参与的任何行为，只能由游客自行负责。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【红海子】
                 <w:br/>
                 自费项：【红海子】(垃圾处理费10/人、泸定桥上桥费10元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
@@ -1475,53 +1465,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含广州至成都往返经济舱机票，含燃油税。
                 <w:br/>
                 2、用车：头尾两天接送安排小车接送；走行程的7天6人以上安排1+1保姆车（5人内使用7座商务车）。关于保姆车温馨提示：保姆车型由于按照国家车辆安全规定的要求设计，车辆的；
                 <w:br/>
                 3、导游：全程无导游服务，司机提供咨询服务（司机不进景区）；在保证不减少景点的情况下，我社有权调整景点游览先后顺序。
                 <w:br/>
                 4、门票：双桥沟，墨石公园（赠送），亚丁景区；，(赠送门票，不退不改，不做等价交换)；【备注：门票优惠已经打包在团费内，无优免优退】；不含必消消费：双桥沟观光车70元/人，墨石公园观光车20元/人，亚丁景区观光车120元/人，鱼子西中转费90元/人、不含色达车票48元/人或甘孜玉龙拉措景区门票60元/人+观光车20元/人，
                 <w:br/>
-                不含自愿消费：甘孜格萨尔王城40元/人，卡萨湖清洁费10元/人，亚丁景区电瓶车往返70元/人，亚丁景区骑马305元/人，红海子清洁费20元/人，泸定桥门票10元/人 。
-[...1 lines deleted...]
-                5、小童（2-11岁以下）：不占床位，不含门票，含半餐；【含往返机票。（小童如超高费用自理）】.
+                不含自愿消费：甘孜格萨尔王城40元/人，卡萨湖清洁费10元/人，亚丁景区电瓶车往返70元/人，亚丁景区骑马305元起/人，红海子清洁费20元/人，泸定桥门票10元/人 。
+                <w:br/>
+                5、小童（2-11岁以下）：不占床位，不含门票，不含正餐；【含往返机票。（小童如超高费用自理）】.
                 <w:br/>
                 6、住宿：全程入住精选酒店，未挂星；标准双人间；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解。
                 <w:br/>
                 7、用餐：8早，全程正餐自理，（房费含早不用不退），全程不用不退餐。【所有赠送附带服务以及产品若客人不用或因特殊情况无法赠送，不做等值置换，费用不退】。特别说明-川西餐饮风俗与广东地区有一定的差异旅游者应有一定的心理准备。可自备些（方便面、榨菜等零食）
                 <w:br/>
                 8、赠送项目：便携式氧气、旅游三宝（赠送项目，不用费用不退）。
                 <w:br/>
                 9、购物点：纯玩。温馨提示： 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -2308,50 +2298,121 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 20.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">鱼子西中转费</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">（必须消费）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 90.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2683,51 +2744,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>