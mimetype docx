--- v0 (2025-10-03)
+++ v1 (2026-02-28)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1738910176I</w:t>
+              <w:t xml:space="preserve">SA1738910176Ib-YT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -402,59 +402,59 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ◎【必玩理由】★★★★★
                 <w:br/>
                 ◎【品质出行】纯玩品质
                 <w:br/>
                 ◎【优质航班】五星南航广州直飞巴厘岛，拒绝廉价航空
                 <w:br/>
                 ◎【专业领队】广州起止，专业领队，悉心照料全程旅行
                 <w:br/>
-                ◎【豪气住宿】2晚网评四钻酒店或同级+2晚海边别墅或同级
+                ◎【豪气住宿】2晚网评四钻酒店或同级+2晚度假别墅或同级
                 <w:br/>
                 ◎【网红打卡】巴图尔火山Batur赏绝美一线火山景观+网红Alas Harum（含鸟巢）
                 <w:br/>
                 ◎【优选景点】贝妮达岛西线(精灵坠崖+破碎沙滩+天神浴池)--贝尼达岛水上活动（含浮潜+独木舟+香蕉船）
                 <w:br/>
                 ◎【海鲜升级】金巴兰BBQ（4人份：1公斤虾+1公斤鱼+1公斤蛤蜊+1公斤鱿鱼+每人一只螃蟹+空心菜配菜+米饭+矿泉水）  
                 <w:br/>
-                ◎【美食享受】古龙宫中式料理；红海湾中式料理；网红自助餐；海鲜活虾火锅
+                ◎【美食享受】古龙宫中式料理；网红自助餐；海鲜活虾火锅
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -647,75 +647,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                南湾俱乐部--乌鲁瓦图情人崖--古龙宫--金巴兰落日落+BBQ(4人份:一公斤虾+-公斤鱼+-公斤蛤蜊+一公斤鱿鱼+每人一只螃蟹+空心菜+米饭+矿泉水)
+                南湾俱乐部--乌鲁瓦图情人崖--金巴兰落日落+BBQ(4人份:一公斤虾+-公斤鱼+-公斤蛤蜊+一公斤鱿鱼+每人一只螃蟹+空心菜+米饭+矿泉水)
                 <w:br/>
                 早餐后，约定时间集合出发【南湾俱乐部】这里真是休闲娱乐的好地方！面向碧蓝的海水，周围是郁郁葱葱的椰子树。南湾海滩俱乐部不仅提供各种水上娱乐设施，如水上摩托和浮潜装备，还有吊床让你放松。拍照打卡的话，南湾海滩俱乐部的标志牌和吊床都是好选择。
                 <w:br/>
                 <w:br/>
                 流传着神话色彩的【乌鲁瓦度情人崖】，它的背后有一段凄美的爱情悲剧，为此地平添了离奇色彩。在这里，您可以欣赏印度洋海岸美景。晚餐前我们前往巴厘岛最著名的落日观赏地【金巴兰日落海滩+BBQ烧烤】海景落日、沙滩、歌手民谣、美食、点点烛光,无限浪漫。把巴厘岛旅游带入一个新的境界。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：古龙宫餐厅     晚餐：金巴兰BBQ烧烤   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：博士餐厅     晚餐：金巴兰BBQ烧烤   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">网评四钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -761,51 +761,51 @@
                 【破碎海滩】破碎海滩(Broken Beach)也称之为天仙裂痕，这是一座天然形成的拱桥，海上拱门。事实上是一个巨大洞穴的遗迹，经过多年海水的冲刷，洞穴崩塌并开始与海湾相连。因此在此形成一处特别的景致。
                 <w:br/>
                 <w:br/>
                 【天神浴池】天使浴池(Angel Billabong)是岛上极具人气的必玩儿景点之一。这种景观主要是火山岩经由海浪日积月累拍打形成的。池内海水碧绿澄澈，池外便是广阔浩瀚的大海，可以给予旅行者一座360度无死角的网红拍照圣地。
                 <w:br/>
                 <w:br/>
                 温馨提示：所有的水上活动均有一定的危险性，请根据自身健康状况，评估风险参与。如您计划参加水上活动，建议准备好泳衣泳裤及多备一套衣服，以便水上活动之后可以更换。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：岛上简餐     晚餐：红海湾中式料理   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：岛上简餐     晚餐：古龙宫餐厅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">海边别墅或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1781,77 +1781,71 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、以上行程和航班时刻均为大家参考，一切都以出团通知书为准！因客人的护照、签证或其他私人问题以及有关 边检、海关等政府行为，而导致客人不能如期出境或不能出境；非旅行社过失的，我司概不负任何责任及作任 何赔偿。如因客人护照上有不良记录，包括假签证和借证过境等，如被边检拒绝出境，团费不作任何退款。
                 <w:br/>
                 <w:br/>
                 二、参考酒店
                 <w:br/>
                 2晚网评四钻参考酒店：
                 <w:br/>
-                The sintesa jimbaran金巴兰斯特萨酒店
-[...19 lines deleted...]
-                2晚海边别墅参考酒店：
+                巴厘乌干沙福朋喜来登酒店(Four Points by Sheraton Bali, Ungasan)
+                <w:br/>
+                贝诺瓦蒂吉丽酒店(Tijili Hotel Benoa)
+                <w:br/>
+                金巴兰海滩福克斯酒店(Fox Hotel Jimbaran Beach Bali)
+                <w:br/>
+                巴厘岛库塔日落大道万枫酒店(Fairfield by Marriott Bali Kuta Sunset Road)
+                <w:br/>
+                或同级酒店
+                <w:br/>
+                2晚海边别墅参考酒店（海岛地区别墅均以大床房居多，不能指定房型，以酒店安排为准）
                 <w:br/>
                 Desa Swan willas &amp; spa, Keramas克拉玛斯天鹅别墅及水疗中心
                 <w:br/>
+                The Springs Villas Jimbaran 泉别墅 金巴兰（泳池别墅）
+                <w:br/>
                 Grand kesambi resort dan villa（家庭泳池别墅）
                 <w:br/>
-                Abi Bali villa (套房别墅）
+                Abi Bali villa （套房别墅）
+                <w:br/>
+                或同级别墅酒店
                 <w:br/>
                 声明 ： 以上酒店是我们精心挑选的适合中国人旅行的酒店 ，所有团全部入住以上酒店其中之一 ，若届时酒店满房 ，将按照同等级酒店调房 ！请务必收客之前给客人介绍。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
@@ -1894,51 +1888,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>