--- v0 (2025-12-14)
+++ v1 (2026-01-18)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20251209CDHLZDY</w:t>
+              <w:t xml:space="preserve">WZ-20251216CDHLZDY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -388,52 +388,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【优选行程】服务过上千个家庭的亲子线路，实地亲踩、张弛有度，每天车程不超3小时；
-                <w:br/>
                 ★【精华景点】大熊猫基地+西岭雪山+三星堆博物馆+都江堰水利工程+武侯祠博物馆+安仁古镇 ；
                 <w:br/>
                 ★【网红景点】文殊坊+宽窄巷子+都江堰钟书阁；
                 <w:br/>
                 ★【特色美食】正宗老成都年夜饭、皇城老妈自组火锅、白果土鸡宴、曾氏传家菜；
                 <w:br/>
                 ★【品质酒店】全程四钻酒店，安心入住，大邑升级1晚五钻酒店；
                 <w:br/>
                 ★【纯玩尊享】广东自组团，全程0自费，0购物，0擦边，0餐购；宽松赏美景；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -601,51 +599,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：团队用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都锦江都城酒店/春天酒店/瑞廷西郊雅爵酒店/凤栖酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都锦江都城酒店/臻悦豪庭/馨乐庭/春天酒店/龙潭美居  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -767,136 +765,136 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：团队用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都锦江都城酒店/春天酒店/瑞廷西郊雅爵酒店/凤栖酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都锦江都城酒店/臻悦豪庭/馨乐庭/春天酒店/龙潭美居  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都—成都大熊猫基地（车程约50分钟） — 三星堆（车程约90分钟） —  成都
                 <w:br/>
                 早餐后，乘车前往【成都大熊猫繁育基地】（含门票+电瓶车）这里是世界著名的大熊猫迁地保护基地、科研繁育基地、公众教育基地和教育旅游基地。占地面积1500亩。以保护和繁育大熊猫、小熊猫等中国特有濒危野生动物而闻名于世。这里山峦含黛，碧水如镜，林涛阵阵，百鸟谐鸣，被誉为“国宝的自然天堂，我们的世外桃源”。
                 <w:br/>
                 后乘车前往【三星堆博物馆】（含人工或自助语音耳麦讲解），由于其古域内三个起伏相连的三个黄土堆而得名，有“三星伴月”之美名，集文物收藏保护、学术研究和社会教育多种功能于一体，采用现代科学手段实施管理，集中收藏和展示三星堆遗址及遗址内一、二号商代祭祀坑出土的青铜器/玉石器/金器/陶器/骨器等珍贵文物；结束后返回成都酒店入住休息。
                 <w:br/>
                 <w:br/>
-                特别说明：因三星堆每日限流，如未约到票则改游【金沙遗址博物馆】，同意报名即认可此调整方案。我社将全力抢票，争取能让游客参观三星堆。
+                特别说明：因三星堆每日限流，如未约到票则改游【杜甫草堂】，同意报名即认可此调整方案。我社将全力抢票，争取能让游客参观三星堆。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【成都大熊猫繁育基地】、【三星堆博物馆】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团队用餐     晚餐：团队用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都锦江都城酒店/春天酒店/瑞廷西郊雅爵酒店/凤栖酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都锦江都城酒店/臻悦豪庭/馨乐庭/春天酒店/龙潭美居   或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1021,51 +1019,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含广州=成都 双程特惠经济舱机票（未含航空保险）。
                 <w:br/>
                 2、用车：当地空调旅游车（12-45座，根据实际人数调整，一人一座）。
                 <w:br/>
                 3、导游：优秀地陪讲解服务（不派全陪）。在保证不减少景点的情况下，我社有权调整景点游览先后顺序。
                 <w:br/>
-                4、门票：含所列景点以及门票、观光车、电瓶车费用；温馨提示：三星堆门票提前预约， 如特殊原因无法预约，改游览金沙遗址特此说明。赠送项目如因特殊原因不能成行，不做退款，其中园中园门票需客人自理。
+                4、门票：含所列景点以及门票、观光车、电瓶车费用；赠送项目如因特殊原因不能成行，不做退款，其中园中园门票需客人自理。
                 <w:br/>
                 5、小童（2-11周岁）：只含早餐、车位、半价正餐，不占床位、门票自理；含往返机票。小孩也不享受赠送景点，小童如超高费用自理。
                 <w:br/>
                 全程儿童门票政策：
                 <w:br/>
                 ①身高1.2米以下、年龄6岁以下，免门票；
                 <w:br/>
                 ②年龄7-11岁产生半价门票以及景交合计：400元/人。如不想景区现场排队买门票，可报名时提前补半价门票；
                 <w:br/>
                 6、住宿：入住当地酒店（未挂星）；标准双人间；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解！
                 <w:br/>
                 7.用餐：4早7正，餐标50-198元/人（含四个特色餐；房费含早不用不退），按10人一桌计算，若人数减少则按比例减少菜品和菜量，全程不用不退餐。
                 <w:br/>
                 8、购物点：无。 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 9、备注说明：1）此行程为旅行社综合打包价，所有项目不用不退费，无任何门票优惠，敬请谅解；2）行程安排可能会因航班、天气、路况等不可抗力因素，在不减少景点和接待标准前提下， 我社有权调整游览顺序，敬请谅解。本旅行社对本行程持有最终解释权。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
@@ -1667,51 +1665,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>