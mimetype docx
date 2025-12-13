--- v0 (2025-10-25)
+++ v1 (2025-12-13)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20250814JSJZ</w:t>
+              <w:t xml:space="preserve">WZ-20251208JSJZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -649,51 +649,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都--黄龙九寨/松潘高铁站--黄龙（30公里约30~50分钟）--九寨沟（110公里约2.5小时）
                 <w:br/>
-                早餐后，乘车前往成都动车站，游客乘坐动车前往黄龙九寨/松潘高铁站。接站后，途中穿越险峻的岷江河谷、逆流而上可欣赏秀丽的岷江河谷风光羌民俗风情，切身体会“蜀道难，难于上青天势”，观岷江河谷风光，经有“川西北重镇”、“边陲重镇”、“战略要冲”之称的松潘古城，后经过川主寺，随后乘车抵达【黄龙风景区】（含大门票，游览3-4小时，不含：黄龙上下缆车120元/人、单边电瓶车20元/人、黄龙定位耳麦30元/人），黄龙风景名胜区位于阿坝藏族羌族自治州松潘县岷山主峰雪宝顶下，由黄龙本部和牟尼沟两部分组成。这是一个以奇幻美丽的钙化池闻名于世的景区，景区内众多的钙化池池水清澈见底，五光十色十分漂亮，还有森林、峡谷、雪山、瀑布等众多的自然风光，被称为“人间瑶池”。黄龙景区中壮观的地表钙华流蜿蜒于原始林海，酷似一条金色巨龙，腾飞天地，故名“黄龙”。并以彩池、雪山、峡谷、森林“四绝”著称于世。参观完毕后经过川主寺后沿途经过岷江源头后乘车返回九寨沟口，入住酒店休息。
+                早餐后，乘车前往成都动车站，游客乘坐动车前往黄龙九寨/松潘高铁站。接站后，途中穿越险峻的岷江河谷、逆流而上可欣赏秀丽的岷江河谷风光羌民俗风情，切身体会“蜀道难，难于上青天势”，观岷江河谷风光，经有“川西北重镇”、“边陲重镇”、“战略要冲”之称的松潘古城，后经过川主寺，随后乘车抵达【黄龙风景区】（含优惠大门票，游览3-4小时，不含：黄龙上下缆车120元/人、单边电瓶车20元/人、黄龙定位耳麦30元/人），黄龙风景名胜区位于阿坝藏族羌族自治州松潘县岷山主峰雪宝顶下，由黄龙本部和牟尼沟两部分组成。这是一个以奇幻美丽的钙化池闻名于世的景区，景区内众多的钙化池池水清澈见底，五光十色十分漂亮，还有森林、峡谷、雪山、瀑布等众多的自然风光，被称为“人间瑶池”。黄龙景区中壮观的地表钙华流蜿蜒于原始林海，酷似一条金色巨龙，腾飞天地，故名“黄龙”。并以彩池、雪山、峡谷、森林“四绝”著称于世。参观完毕后经过川主寺后沿途经过岷江源头后乘车返回九寨沟口，入住酒店休息。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1：黄龙海拔高3900米，建议根据自己身体情况量力而行；冬季景区栈道冰雪路面，请注意安全；
                 <w:br/>
                 2：黄龙游览方式：1）乘缆车往返（往返120元/人）；2）乘坐上行缆车80元/人，徒步下行、单边电瓶车20元（自愿）；3）徒步行走；
                 <w:br/>
                 3：由于动车车次不多，景区的游览先后顺序可根据动车时间进行调整，请知悉。
                 <w:br/>
                 4：九寨房费和餐费为套餐制，套餐的餐食为酒店配餐，比较简约；如晚餐不用，无费用退出。
                 <w:br/>
                 5：九寨沟沿线当地饮食与游客饮食习惯差异较大，餐饮条件有限，尽请游客谅解并可自备些零食（方便面、榨菜等）；
                 <w:br/>
                 6：川青铁路在松潘县有三个高铁站：松潘站/黄龙九寨站/黄胜关站，我社根据动车票情况选择出票站点，请知悉。
                 <w:br/>
                 交通：动车/汽车
                 <w:br/>
                 景点：【黄龙风景区】
                 <w:br/>
                 自费项：黄龙上下缆车120元/人、单边电瓶车20元/人、黄龙定位耳麦30元/人
                 <w:br/>
               </w:t>
@@ -748,51 +748,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 全天九寨沟
                 <w:br/>
-                早餐后，前往景区 （10公里约12分钟）。游览世界自然遗产-【童话世界九寨沟】（含优惠门票，不含保险10元+九寨观光车90元/人；游览6—8小时），它集翠海、叠溪、彩林和藏族风情于一体，以其自成天成、美丽绝伦的自然风光而成为中国著名的风景名胜区。九寨沟的蓝天、白云、雪山、森林、尽融于瀑、河、滩、缀成一串串宛若从天而降的珍珠（九寨开放区域为沟口经诺日朗瀑布至长海，其中长海、五彩池、镜海、诺日朗瀑布、树正海、双龙海瀑布、扎如寺为栈道步行景区，具体游览方式为景区安排为准）；游览完毕后返回酒店自由活动。 
+                早餐后，前往景区 （10公里约12分钟）。游览世界自然遗产-【童话世界九寨沟】（含优惠门票，不含九寨观光车淡季80元/人；游览6—8小时），它集翠海、叠溪、彩林和藏族风情于一体，以其自成天成、美丽绝伦的自然风光而成为中国著名的风景名胜区。九寨沟的蓝天、白云、雪山、森林、尽融于瀑、河、滩、缀成一串串宛若从天而降的珍珠（九寨开放区域为沟口经诺日朗瀑布至长海，其中长海、五彩池、镜海、诺日朗瀑布、树正海、双龙海瀑布、扎如寺为栈道步行景区，具体游览方式为景区安排为准）；游览完毕后返回酒店自由活动。 
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                  1：九寨沟部分景点维护，具体游览景点以景区实际开放为准。冬季景区栈道冰雪路面，请注意安全；
                 <w:br/>
                 2：九寨沟景区的游览方式需要乘坐景区观光车，请妥善保管好九寨沟的观光车票，以免查票；  
                 <w:br/>
                 3：九寨沟景区海拔2500-3100米；建议游客可从远至近进行游览，不做剧烈运动，以免高反 ；            
                 <w:br/>
                 4：九寨沟景区停车场距离景区大门需要步行5-15分钟，敬请谅解；
                 <w:br/>
                 温馨提示：[此天行程户外游览时间较长，九寨沟高原地区日照充足，紫外线较强，请备好太阳镜、太阳伞、防晒霜等物品；请遵守景区管理制度，禁止吸烟、乱丢垃圾、违者最低罚款500元起；]
                 <w:br/>
                 <w:br/>
                 当地特色项目推介：
                 <w:br/>
                 《走进藏民家访》到藏家去做客，感受到藏族人民的热情好客一起跳起欢乐的锅庄，热情的为您献上洁白的哈达，更可以品尝手抓肉、酥油茶、特色藏式火锅等地道的藏族人民的饮食；让您体会不一样的生活，（自费150-180元/人）
                 <w:br/>
                 《藏羌歌舞表演》九寨的歌舞晚会是九寨必不可少的秀色大餐，被誉为——“白天看风景，晚上观藏羌风情晚会”成为一道亮丽的人文风景，歌舞晚会，充分展示了九寨沟民俗风情给九寨沟完整旅游融入了浑厚的民族文化色彩，是九寨沟完整旅程中不可缺少的组成部分。（自费180-280元/人）
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：九寨沟景区
                 <w:br/>
@@ -1133,51 +1133,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。 
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。 
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。 
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。 
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
-                6、不含：九寨观光车90元/人+保险10元/人和黄龙上下缆车120元/人+单边电瓶车20元/人、黄龙定位耳麦30元/人、三星堆讲解耳麦30元自愿；走进藏民家访自费150-180元/人、藏羌歌舞晚会自费180-280元/人。
+                6、不含：九寨观光车淡季80元/人和黄龙上下缆车120元/人+单边电瓶车20元/人、黄龙定位耳麦30元/人、三星堆讲解耳麦30元自愿；走进藏民家访自费150-180元/人、藏羌歌舞晚会自费180-280元/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1276,102 +1276,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">九寨沟观光车+保险</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">观光车旺季90元/人（必消消费）、保险10元（自愿消费）</w:t>
+              <w:t xml:space="preserve">九寨沟淡季观光车</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">观光车淡季80元/人（必消消费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 100.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 80.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">九寨藏羌歌舞晚会</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1989,51 +1989,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>