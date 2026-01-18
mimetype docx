--- v1 (2025-12-13)
+++ v2 (2026-01-18)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20251208JSJZ</w:t>
+              <w:t xml:space="preserve">WZ-20251230JSJZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -940,51 +940,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都---广州 （参考航班：  ）
                 <w:br/>
                 早餐后，赠送游览【锦里古街】（游览约1.5小时），古街是川西仿古建筑，青石板小路，大红的灯笼，黑瓦、灰墙、青苔、翠竹、酒肆、戏楼...明清时代的建筑无不给人以古朴宁静的感受，颇有特色的“小吃区”，汇集了四川的名小吃：牛肉焦饼、张飞牛肉、久久丫..让人唇齿留香，富有浓郁三国特色和川西民俗的店铺让人目不暇接。
                 <w:br/>
                 游览【三星堆博物馆】（含门票，不含讲解耳麦30元自愿）由于其古域内三个起伏相连的三个黄土堆而得名，有“三星伴月”之美名，被评为国家AAAA级旅游景区，集文物收藏保护、学术研究和社会教育多种功能于一体，采用现代科学手段实施管理，集中收藏和展示三星堆遗址及遗址内一、二号商代祭祀坑出土的青铜器、玉石器、金器以及陶器、骨器等千余件珍贵文物。
                 <w:br/>
                 完毕后，乘车前往成都机场，乘机（飞行2小时）抵达广州，结束愉快旅程。
                 <w:br/>
                 <w:br/>
-                特别说明：因三星堆每日限流，如未约到票则改游【金沙遗址博物馆】，同意报名即认可此调整方案。我社将全力抢票，争取能让游客参观三星堆。如因航班或动车车次问题，导致无法赠游锦里古街，无费用退出，请知悉。
+                特别说明：因三星堆每日限流，如未约到票则改游【都江堰水利工程】，同意报名即认可此调整方案。我社将全力抢票，争取能让游客参观三星堆。如因航班或动车车次问题，导致无法赠游锦里古街，无费用退出，请知悉。。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、此团是打包特价团，所有项目不用不退费，无任何门票优惠，敬请谅解；
                 <w:br/>
                 2、以上行程安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下， 我社有权调整游览顺序，敬请谅解。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
                 景点：【三星堆博物馆】
                 <w:br/>
                 自费项：【三星堆博物馆】讲解耳麦30元自愿
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
@@ -1989,51 +1989,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>