--- v2 (2026-01-18)
+++ v3 (2026-02-12)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【极速九寨】四川成都双飞双动5天丨仙境九寨沟丨瑶池黄龙丨锦里古街丨三星堆行程单</w:t>
+        <w:t xml:space="preserve">【极速九寨】四川成都双飞双动5天丨仙境九寨沟丨瑶池黄龙丨锦里古街丨三星堆丨大熊猫基地行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20251230JSJZ</w:t>
+              <w:t xml:space="preserve">WZ-20260127JSJZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -390,65 +390,65 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【便利交通】双飞+双动，体验成都到九寨动车，免除舟车劳顿；
                 <w:br/>
-                ★【精选景点】5A景区：童话九寨、瑶池黄龙，三星堆一个都不少；
+                ★【精选景点】5A景区：童话九寨、瑶池黄龙，三星堆、熊猫基地一个都不少；
                 <w:br/>
                 ★【古蜀文明】精心安排探秘沉睡数千年,一醒惊天下”的三星堆博物馆；
                 <w:br/>
                 ★【住宿升级】安排入住网评精品酒店，成都升级2晚当地酒店； 
                 <w:br/>
                 ★【闲适之美】一杯盖碗茶、一场川剧变脸秀、沉浸式感受成都市井休闲生活；
                 <w:br/>
                 ★【打卡必地】游览“锦里古街”“宽窄巷子”体验成都的慢生活和麻辣美食；
                 <w:br/>
                 ★【舌尖美味】特别安排四川鸳鸯麻辣火锅（三流火锅）流汗、流泪、流鼻涕….
                 <w:br/>
                 ★【特色美食】精心安排美食大餐：鸳鸯火锅+野菌山珍煲+高原养生药膳煲； 
                 <w:br/>
-                ★【纯玩尊享】真纯玩到底，全程不进购物店、无景中店、无车销、宽松游玩赏景；
+                ★【纯玩尊享】真纯玩到底，全程0购物0擦边0车销0餐购0套路；宽松赏景
                 <w:br/>
                 ★【超值奉送】安排九寨高原沙棘汁+四川地道盖碗茶+变脸、茶艺秀表演；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -774,51 +774,51 @@
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                  1：九寨沟部分景点维护，具体游览景点以景区实际开放为准。冬季景区栈道冰雪路面，请注意安全；
                 <w:br/>
                 2：九寨沟景区的游览方式需要乘坐景区观光车，请妥善保管好九寨沟的观光车票，以免查票；  
                 <w:br/>
                 3：九寨沟景区海拔2500-3100米；建议游客可从远至近进行游览，不做剧烈运动，以免高反 ；            
                 <w:br/>
                 4：九寨沟景区停车场距离景区大门需要步行5-15分钟，敬请谅解；
                 <w:br/>
                 温馨提示：[此天行程户外游览时间较长，九寨沟高原地区日照充足，紫外线较强，请备好太阳镜、太阳伞、防晒霜等物品；请遵守景区管理制度，禁止吸烟、乱丢垃圾、违者最低罚款500元起；]
                 <w:br/>
                 <w:br/>
                 当地特色项目推介：
                 <w:br/>
                 《走进藏民家访》到藏家去做客，感受到藏族人民的热情好客一起跳起欢乐的锅庄，热情的为您献上洁白的哈达，更可以品尝手抓肉、酥油茶、特色藏式火锅等地道的藏族人民的饮食；让您体会不一样的生活，（自费150-180元/人）
                 <w:br/>
                 《藏羌歌舞表演》九寨的歌舞晚会是九寨必不可少的秀色大餐，被誉为——“白天看风景，晚上观藏羌风情晚会”成为一道亮丽的人文风景，歌舞晚会，充分展示了九寨沟民俗风情给九寨沟完整旅游融入了浑厚的民族文化色彩，是九寨沟完整旅程中不可缺少的组成部分。（自费180-280元/人）
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：九寨沟景区
                 <w:br/>
-                自费项：九寨观光车90元/人+保险10元/人；《走进藏民家访》自费150-180元/人、《藏羌歌舞表演》自费180-280元/人
+                自费项：九寨观光车淡季80元/人；《走进藏民家访》自费150-180元/人、《藏羌歌舞表演》自费180-280元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：入住酒店套餐（不用不退）   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -852,51 +852,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 九寨沟---黄龙九寨/松潘高铁站（140公里约2小时）---成都
                 <w:br/>
                 早餐后，离开迷人仙境九寨沟，途中参观【松州古城】（不上城墙）松潘，古称松州，历史悠远，是一座历史悠久、文化底蕴深厚的古城，素有“高原古城”之称也是国家级文物保护单位；四川省历史名城，是历史上有名的边陲重镇，被称作“川西门户”。
                 <w:br/>
-                乘车前往黄龙九寨/松潘高铁站，乘动车前往成都，接站后入住酒店。
+                乘车前往黄龙九寨/松潘高铁站，乘坐动车抵达成都，游览【锦里古街】（游览约1.5小时），古街是川西仿古建筑，青石板小路，大红的灯笼，黑瓦、灰墙、青苔、翠竹、酒肆、戏楼...明清时代的建筑无不给人以古朴宁静的感受，颇有特色的“小吃区”，汇集了四川的名小吃：牛肉焦饼、张飞牛肉、久久丫..让人唇齿留香，富有三国特色和川西民俗的店铺让人目不暇接。结束后返回酒店入住。。
                 <w:br/>
                 <w:br/>
                 温馨提示：在不减少景点情况下，如遇高铁票紧张，调整景点游览的先后顺序和住宿目的地，请知悉。
                 <w:br/>
                 交通：汽车/动车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途中餐30元/人     晚餐：X   </w:t>
             </w:r>
@@ -931,92 +931,92 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                成都---广州 （参考航班：  ）
-[...1 lines deleted...]
-                早餐后，赠送游览【锦里古街】（游览约1.5小时），古街是川西仿古建筑，青石板小路，大红的灯笼，黑瓦、灰墙、青苔、翠竹、酒肆、戏楼...明清时代的建筑无不给人以古朴宁静的感受，颇有特色的“小吃区”，汇集了四川的名小吃：牛肉焦饼、张飞牛肉、久久丫..让人唇齿留香，富有浓郁三国特色和川西民俗的店铺让人目不暇接。
+                成都---熊猫基地---三星堆---广州 （参考航班：  ）
+                <w:br/>
+                早餐后，乘车前往市区游览 【大熊猫繁育基地】（含门票，自理电瓶车30元/人非必需乘坐），地处成都市北郊斧头山 距市区10公里。常年饲养有大熊猫、小熊猫、黑颈鹤、白鹳、白天鹅、黑天鹅、雁、鸳鸯及孔雀等动物。现在的基地，翠竹葱茏，绿树成荫，鸟语花香，空气清新，自然山野风光和优美人工景观巧妙融合，各种珍稀濒危动物在其中悠然自得地生息繁衍。
                 <w:br/>
                 游览【三星堆博物馆】（含门票，不含讲解耳麦30元自愿）由于其古域内三个起伏相连的三个黄土堆而得名，有“三星伴月”之美名，被评为国家AAAA级旅游景区，集文物收藏保护、学术研究和社会教育多种功能于一体，采用现代科学手段实施管理，集中收藏和展示三星堆遗址及遗址内一、二号商代祭祀坑出土的青铜器、玉石器、金器以及陶器、骨器等千余件珍贵文物。
                 <w:br/>
                 完毕后，乘车前往成都机场，乘机（飞行2小时）抵达广州，结束愉快旅程。
                 <w:br/>
                 <w:br/>
                 特别说明：因三星堆每日限流，如未约到票则改游【都江堰水利工程】，同意报名即认可此调整方案。我社将全力抢票，争取能让游客参观三星堆。如因航班或动车车次问题，导致无法赠游锦里古街，无费用退出，请知悉。。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、此团是打包特价团，所有项目不用不退费，无任何门票优惠，敬请谅解；
                 <w:br/>
                 2、以上行程安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下， 我社有权调整游览顺序，敬请谅解。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
-                景点：【三星堆博物馆】
-[...1 lines deleted...]
-                自费项：【三星堆博物馆】讲解耳麦30元自愿
+                景点：【大熊猫繁育基地】、【三星堆博物馆】
+                <w:br/>
+                自费项：【大熊猫繁育基地】电瓶车30元/人、【三星堆博物馆】讲解耳麦30元自愿
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：团队用餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1073,51 +1073,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含广州至成都往返程特惠经济舱机票（未含航空保险）、高铁动车组二等座火车票（不保证连坐）动车票为团队票，不可单张票退票或改签；
                 <w:br/>
                 2、用车：当地空调旅游车（5-45座，根据实际人数调整，保证每人一正座）。
                 <w:br/>
                 3、导游：优秀地陪讲解服务（不派全陪）。在保证不减少景点的情况下，我社有权调整景点游览先后顺序。
                 <w:br/>
                 4、门票：含景点第一道大门票，赠送项目如因特殊原因不能成行，不做退款，其中园中园门票需客人自理。（温馨提示：此线路为特价线路，已享受门票、当地政策的优惠，故此团团队中未产生费用以及门票优惠费用不退！）
                 <w:br/>
                 5、小童（2-11周岁）：只含早餐、半餐、车位、不占床位，不含门票自理；含往返机票。小孩也不享受赠送景点，小童如超高费用自理。
                 <w:br/>
                 6、住宿：入住当地酒店（未挂星）；标准双人间；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解。
                 <w:br/>
-                7、用餐：30-70元/正，5正4早（房费含早不用不退），八菜一汤，十人一桌（若不足10人，根据实际人数决定菜品数量），全程不用不退餐。温馨提醒：当地饮食与游客饮食习惯差异较大，餐饮条件有限，尽请游客谅解并可自备些零食（方便面、榨菜等）。
+                7、用餐：30-70元/正，6正4早（房费含早不用不退），八菜一汤，十人一桌（若不足10人，根据实际人数决定菜品数量），全程不用不退餐。温馨提醒：当地饮食与游客饮食习惯差异较大，餐饮条件有限，尽请游客谅解并可自备些零食（方便面、榨菜等）。
                 <w:br/>
                 8、购物点：纯玩。温馨提示： 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1133,51 +1133,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。 
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。 
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。 
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。 
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
-                6、不含：九寨观光车淡季80元/人和黄龙上下缆车120元/人+单边电瓶车20元/人、黄龙定位耳麦30元/人、三星堆讲解耳麦30元自愿；走进藏民家访自费150-180元/人、藏羌歌舞晚会自费180-280元/人。
+                6、不含：九寨观光车淡季80元/人和黄龙上下缆车120元/人+单边电瓶车20元/人、黄龙定位耳麦30元/人、熊猫基地电瓶车30元/人、三星堆讲解耳麦30元自愿；走进藏民家访自费150-180元/人、藏羌歌舞晚会自费180-280元/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1561,50 +1561,121 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 170.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">【三星堆博物馆】讲解耳麦</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">（自愿选择）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 30.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">【大熊猫繁育基地】电瓶车</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">（自愿选择）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
@@ -1989,51 +2060,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>