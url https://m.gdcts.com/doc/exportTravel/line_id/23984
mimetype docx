--- v3 (2026-02-12)
+++ v4 (2026-03-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【极速九寨】四川成都双飞双动5天丨仙境九寨沟丨瑶池黄龙丨锦里古街丨三星堆丨大熊猫基地行程单</w:t>
+        <w:t xml:space="preserve">4月【极速九寨】四川成都双飞双动5天丨仙境九寨沟丨瑶池黄龙丨锦里古街丨三星堆丨品四川盖碗茶行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20260127JSJZ</w:t>
+              <w:t xml:space="preserve">WZ-20260323JSJZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -390,63 +390,61 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【便利交通】双飞+双动，体验成都到九寨动车，免除舟车劳顿；
                 <w:br/>
-                ★【精选景点】5A景区：童话九寨、瑶池黄龙，三星堆、熊猫基地一个都不少；
+                ★【精选景点】5A景区：童话九寨、瑶池黄龙，三星堆一个都不少；
                 <w:br/>
                 ★【古蜀文明】精心安排探秘沉睡数千年,一醒惊天下”的三星堆博物馆；
                 <w:br/>
                 ★【住宿升级】安排入住网评精品酒店，成都升级2晚当地酒店； 
                 <w:br/>
                 ★【闲适之美】一杯盖碗茶、一场川剧变脸秀、沉浸式感受成都市井休闲生活；
                 <w:br/>
-                ★【打卡必地】游览“锦里古街”“宽窄巷子”体验成都的慢生活和麻辣美食；
-                <w:br/>
                 ★【舌尖美味】特别安排四川鸳鸯麻辣火锅（三流火锅）流汗、流泪、流鼻涕….
                 <w:br/>
-                ★【特色美食】精心安排美食大餐：鸳鸯火锅+野菌山珍煲+高原养生药膳煲； 
+                ★【特色美食】美食大餐：鸳鸯火锅+高原养生药膳煲+野菌山珍煲； 
                 <w:br/>
                 ★【纯玩尊享】真纯玩到底，全程0购物0擦边0车销0餐购0套路；宽松赏景
                 <w:br/>
                 ★【超值奉送】安排九寨高原沙棘汁+四川地道盖碗茶+变脸、茶艺秀表演；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
@@ -609,51 +607,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：鸳鸯麻辣火锅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都瑞廷西郊雅爵酒店/春天酒店/臻悦豪庭/凤栖酒店/礼悦酒店/馨乐庭酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都臻悦庭酒店/瑞廷西郊雅爵/礼悦酒店/馨乐庭  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -691,332 +689,332 @@
                 6：川青铁路在松潘县有三个高铁站：松潘站/黄龙九寨站/黄胜关站，我社根据动车票情况选择出票站点，请知悉。
                 <w:br/>
                 交通：动车/汽车
                 <w:br/>
                 景点：【黄龙风景区】
                 <w:br/>
                 自费项：黄龙上下缆车120元/人、单边电瓶车20元/人、黄龙定位耳麦30元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途中餐30元/人     晚餐：入住酒店赠送晚餐（不用不退）   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">九寨沟格尔单酒店/丽呈别院/璞枫丽舍/璞禾酒店/西姆山居/九寨度假村  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途中餐     晚餐：入住酒店赠送晚餐（不用不退）   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">九寨沟度假村酒店/格尔单酒店/丽呈君顿酒店/璞禾酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 全天九寨沟
                 <w:br/>
-                早餐后，前往景区 （10公里约12分钟）。游览世界自然遗产-【童话世界九寨沟】（含优惠门票，不含九寨观光车淡季80元/人；游览6—8小时），它集翠海、叠溪、彩林和藏族风情于一体，以其自成天成、美丽绝伦的自然风光而成为中国著名的风景名胜区。九寨沟的蓝天、白云、雪山、森林、尽融于瀑、河、滩、缀成一串串宛若从天而降的珍珠（九寨开放区域为沟口经诺日朗瀑布至长海，其中长海、五彩池、镜海、诺日朗瀑布、树正海、双龙海瀑布、扎如寺为栈道步行景区，具体游览方式为景区安排为准）；游览完毕后返回酒店自由活动。 
+                早餐后，前往景区 （10公里约12分钟）。游览世界自然遗产童话世界【九寨沟】（含优惠门票，不含九寨观光车旺季90元/人+保险10元；游览6—8小时），它集翠海、叠溪、彩林和藏族风情于一体，以其自成天成、美丽绝伦的自然风光而成为中国著名的风景名胜区。九寨沟的蓝天、白云、雪山、森林、尽融于瀑、河、滩、缀成一串串宛若从天而降的珍珠（九寨开放区域为沟口经诺日朗瀑布至长海，其中长海、五彩池、镜海、诺日朗瀑布、树正海、双龙海瀑布、扎如寺为栈道步行景区，具体游览方式为景区安排为准）；游览完毕后返回酒店自由活动。 
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                  1：九寨沟部分景点维护，具体游览景点以景区实际开放为准。冬季景区栈道冰雪路面，请注意安全；
                 <w:br/>
                 2：九寨沟景区的游览方式需要乘坐景区观光车，请妥善保管好九寨沟的观光车票，以免查票；  
                 <w:br/>
                 3：九寨沟景区海拔2500-3100米；建议游客可从远至近进行游览，不做剧烈运动，以免高反 ；            
                 <w:br/>
                 4：九寨沟景区停车场距离景区大门需要步行5-15分钟，敬请谅解；
                 <w:br/>
                 温馨提示：[此天行程户外游览时间较长，九寨沟高原地区日照充足，紫外线较强，请备好太阳镜、太阳伞、防晒霜等物品；请遵守景区管理制度，禁止吸烟、乱丢垃圾、违者最低罚款500元起；]
                 <w:br/>
                 <w:br/>
                 当地特色项目推介：
                 <w:br/>
                 《走进藏民家访》到藏家去做客，感受到藏族人民的热情好客一起跳起欢乐的锅庄，热情的为您献上洁白的哈达，更可以品尝手抓肉、酥油茶、特色藏式火锅等地道的藏族人民的饮食；让您体会不一样的生活，（自费150-180元/人）
                 <w:br/>
                 《藏羌歌舞表演》九寨的歌舞晚会是九寨必不可少的秀色大餐，被誉为——“白天看风景，晚上观藏羌风情晚会”成为一道亮丽的人文风景，歌舞晚会，充分展示了九寨沟民俗风情给九寨沟完整旅游融入了浑厚的民族文化色彩，是九寨沟完整旅程中不可缺少的组成部分。（自费180-280元/人）
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：九寨沟景区
                 <w:br/>
-                自费项：九寨观光车淡季80元/人；《走进藏民家访》自费150-180元/人、《藏羌歌舞表演》自费180-280元/人
+                自费项：九寨观光车旺季90元+保险10元/人；《走进藏民家访》自费150-180元/人、《藏羌歌舞表演》自费180-280元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：入住酒店套餐（不用不退）   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">九寨沟格尔单酒店/丽呈别院/璞枫丽舍/璞禾酒店/西姆山居/九寨度假村  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">九寨沟度假村酒店/格尔单酒店/丽呈君顿酒店/璞禾酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 九寨沟---黄龙九寨/松潘高铁站（140公里约2小时）---成都
                 <w:br/>
                 早餐后，离开迷人仙境九寨沟，途中参观【松州古城】（不上城墙）松潘，古称松州，历史悠远，是一座历史悠久、文化底蕴深厚的古城，素有“高原古城”之称也是国家级文物保护单位；四川省历史名城，是历史上有名的边陲重镇，被称作“川西门户”。
                 <w:br/>
-                乘车前往黄龙九寨/松潘高铁站，乘坐动车抵达成都，游览【锦里古街】（游览约1.5小时），古街是川西仿古建筑，青石板小路，大红的灯笼，黑瓦、灰墙、青苔、翠竹、酒肆、戏楼...明清时代的建筑无不给人以古朴宁静的感受，颇有特色的“小吃区”，汇集了四川的名小吃：牛肉焦饼、张飞牛肉、久久丫..让人唇齿留香，富有三国特色和川西民俗的店铺让人目不暇接。结束后返回酒店入住。。
+                乘车前往黄龙九寨/松潘高铁站，乘坐动车抵达成都，后前往酒店入住。
                 <w:br/>
                 <w:br/>
                 温馨提示：在不减少景点情况下，如遇高铁票紧张，调整景点游览的先后顺序和住宿目的地，请知悉。
                 <w:br/>
                 交通：汽车/动车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途中餐30元/人     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">成都瑞廷西郊雅爵酒店/春天酒店/臻悦豪庭/凤栖酒店/礼悦酒店/馨乐庭酒店   或不低于以上标准酒店；</w:t>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：沿途中餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">成都臻悦庭酒店/瑞廷西郊雅爵/礼悦酒店/馨乐庭   或不低于以上标准酒店；</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                成都---熊猫基地---三星堆---广州 （参考航班：  ）
-[...3 lines deleted...]
-                游览【三星堆博物馆】（含门票，不含讲解耳麦30元自愿）由于其古域内三个起伏相连的三个黄土堆而得名，有“三星伴月”之美名，被评为国家AAAA级旅游景区，集文物收藏保护、学术研究和社会教育多种功能于一体，采用现代科学手段实施管理，集中收藏和展示三星堆遗址及遗址内一、二号商代祭祀坑出土的青铜器、玉石器、金器以及陶器、骨器等千余件珍贵文物。
+                成都---三星堆---广州 （参考航班：  ）
+                <w:br/>
+                早餐后，乘车前往市区赠送游览【锦里古街】（游览约1.5小时），古街是川西仿古建筑，青石板小路，大红的灯笼，黑瓦、灰墙、青苔、翠竹、酒肆、戏楼...明清时代的建筑无不给人以古朴宁静的感受，颇有特色的“小吃区”，汇集了四川的名小吃：牛肉焦饼、张飞牛肉、久久丫..让人唇齿留香，富有三国特色和川西民俗的店铺让人目不暇接。
+                <w:br/>
+                后游览【三星堆博物馆】（含门票，不含讲解耳麦30元自愿）由于其古域内三个起伏相连的三个黄土堆而得名，有“三星伴月”之美名，被评为国家AAAA级旅游景区，集文物收藏保护、学术研究和社会教育多种功能于一体，采用现代科学手段实施管理，集中收藏和展示三星堆遗址及遗址内一、二号商代祭祀坑出土的青铜器、玉石器、金器以及陶器、骨器等千余件珍贵文物。
                 <w:br/>
                 完毕后，乘车前往成都机场，乘机（飞行2小时）抵达广州，结束愉快旅程。
                 <w:br/>
                 <w:br/>
-                特别说明：因三星堆每日限流，如未约到票则改游【都江堰水利工程】，同意报名即认可此调整方案。我社将全力抢票，争取能让游客参观三星堆。如因航班或动车车次问题，导致无法赠游锦里古街，无费用退出，请知悉。。
+                特别说明：因三星堆每日限流，如未约到票则改游【武侯祠】，同意报名即认可此调整方案。我社将全力抢票，争取能让游客参观三星堆。如因航班或动车车次问题，导致无法赠游锦里古街，无费用退出，请知悉。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、此团是打包特价团，所有项目不用不退费，无任何门票优惠，敬请谅解；
                 <w:br/>
                 2、以上行程安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下， 我社有权调整游览顺序，敬请谅解。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
-                景点：【大熊猫繁育基地】、【三星堆博物馆】
-[...1 lines deleted...]
-                自费项：【大熊猫繁育基地】电瓶车30元/人、【三星堆博物馆】讲解耳麦30元自愿
+                景点：【三星堆博物馆】
+                <w:br/>
+                自费项：【三星堆博物馆】讲解耳麦30元自愿
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：团队用餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1073,51 +1071,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含广州至成都往返程特惠经济舱机票（未含航空保险）、高铁动车组二等座火车票（不保证连坐）动车票为团队票，不可单张票退票或改签；
                 <w:br/>
                 2、用车：当地空调旅游车（5-45座，根据实际人数调整，保证每人一正座）。
                 <w:br/>
                 3、导游：优秀地陪讲解服务（不派全陪）。在保证不减少景点的情况下，我社有权调整景点游览先后顺序。
                 <w:br/>
                 4、门票：含景点第一道大门票，赠送项目如因特殊原因不能成行，不做退款，其中园中园门票需客人自理。（温馨提示：此线路为特价线路，已享受门票、当地政策的优惠，故此团团队中未产生费用以及门票优惠费用不退！）
                 <w:br/>
                 5、小童（2-11周岁）：只含早餐、半餐、车位、不占床位，不含门票自理；含往返机票。小孩也不享受赠送景点，小童如超高费用自理。
                 <w:br/>
                 6、住宿：入住当地酒店（未挂星）；标准双人间；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解。
                 <w:br/>
-                7、用餐：30-70元/正，6正4早（房费含早不用不退），八菜一汤，十人一桌（若不足10人，根据实际人数决定菜品数量），全程不用不退餐。温馨提醒：当地饮食与游客饮食习惯差异较大，餐饮条件有限，尽请游客谅解并可自备些零食（方便面、榨菜等）。
+                7、用餐：30-70元/正，5正4早（房费含早不用不退），八菜一汤，十人一桌（若不足10人，根据实际人数决定菜品数量），全程不用不退餐。温馨提醒：当地饮食与游客饮食习惯差异较大，餐饮条件有限，尽请游客谅解并可自备些零食（方便面、榨菜等）。
                 <w:br/>
                 8、购物点：纯玩。温馨提示： 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1133,51 +1131,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。 
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。 
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。 
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。 
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
-                6、不含：九寨观光车淡季80元/人和黄龙上下缆车120元/人+单边电瓶车20元/人、黄龙定位耳麦30元/人、熊猫基地电瓶车30元/人、三星堆讲解耳麦30元自愿；走进藏民家访自费150-180元/人、藏羌歌舞晚会自费180-280元/人。
+                6、不含：九寨观光车旺季90元/人和黄龙上下缆车120元/人+单边电瓶车20元/人、黄龙定位耳麦30元/人、三星堆讲解耳麦30元自愿；走进藏民家访自费150-180元/人、藏羌歌舞晚会自费180-280元/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1276,102 +1274,106 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">九寨沟淡季观光车</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">观光车淡季80元/人（必消消费）</w:t>
+              <w:t xml:space="preserve">九寨沟旺季观光车+保险</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                观光车旺季90元/人（必消消费）；
+                <w:br/>
+                保险10元  （自愿选择）
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 80.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 100.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">九寨藏羌歌舞晚会</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1561,121 +1563,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 170.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">【三星堆博物馆】讲解耳麦</w:t>
-            </w:r>
-[...69 lines deleted...]
-              <w:t xml:space="preserve">【大熊猫繁育基地】电瓶车</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">（自愿选择）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
@@ -2060,51 +1991,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>