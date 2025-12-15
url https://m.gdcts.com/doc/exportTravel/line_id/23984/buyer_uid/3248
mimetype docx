--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20250814JSJZ</w:t>
+              <w:t xml:space="preserve">WZ-20251208JSJZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -649,51 +649,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都--黄龙九寨/松潘高铁站--黄龙（30公里约30~50分钟）--九寨沟（110公里约2.5小时）
                 <w:br/>
-                早餐后，乘车前往成都动车站，游客乘坐动车前往黄龙九寨/松潘高铁站。接站后，途中穿越险峻的岷江河谷、逆流而上可欣赏秀丽的岷江河谷风光羌民俗风情，切身体会“蜀道难，难于上青天势”，观岷江河谷风光，经有“川西北重镇”、“边陲重镇”、“战略要冲”之称的松潘古城，后经过川主寺，随后乘车抵达【黄龙风景区】（含大门票，游览3-4小时，不含：黄龙上下缆车120元/人、单边电瓶车20元/人、黄龙定位耳麦30元/人），黄龙风景名胜区位于阿坝藏族羌族自治州松潘县岷山主峰雪宝顶下，由黄龙本部和牟尼沟两部分组成。这是一个以奇幻美丽的钙化池闻名于世的景区，景区内众多的钙化池池水清澈见底，五光十色十分漂亮，还有森林、峡谷、雪山、瀑布等众多的自然风光，被称为“人间瑶池”。黄龙景区中壮观的地表钙华流蜿蜒于原始林海，酷似一条金色巨龙，腾飞天地，故名“黄龙”。并以彩池、雪山、峡谷、森林“四绝”著称于世。参观完毕后经过川主寺后沿途经过岷江源头后乘车返回九寨沟口，入住酒店休息。
+                早餐后，乘车前往成都动车站，游客乘坐动车前往黄龙九寨/松潘高铁站。接站后，途中穿越险峻的岷江河谷、逆流而上可欣赏秀丽的岷江河谷风光羌民俗风情，切身体会“蜀道难，难于上青天势”，观岷江河谷风光，经有“川西北重镇”、“边陲重镇”、“战略要冲”之称的松潘古城，后经过川主寺，随后乘车抵达【黄龙风景区】（含优惠大门票，游览3-4小时，不含：黄龙上下缆车120元/人、单边电瓶车20元/人、黄龙定位耳麦30元/人），黄龙风景名胜区位于阿坝藏族羌族自治州松潘县岷山主峰雪宝顶下，由黄龙本部和牟尼沟两部分组成。这是一个以奇幻美丽的钙化池闻名于世的景区，景区内众多的钙化池池水清澈见底，五光十色十分漂亮，还有森林、峡谷、雪山、瀑布等众多的自然风光，被称为“人间瑶池”。黄龙景区中壮观的地表钙华流蜿蜒于原始林海，酷似一条金色巨龙，腾飞天地，故名“黄龙”。并以彩池、雪山、峡谷、森林“四绝”著称于世。参观完毕后经过川主寺后沿途经过岷江源头后乘车返回九寨沟口，入住酒店休息。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1：黄龙海拔高3900米，建议根据自己身体情况量力而行；冬季景区栈道冰雪路面，请注意安全；
                 <w:br/>
                 2：黄龙游览方式：1）乘缆车往返（往返120元/人）；2）乘坐上行缆车80元/人，徒步下行、单边电瓶车20元（自愿）；3）徒步行走；
                 <w:br/>
                 3：由于动车车次不多，景区的游览先后顺序可根据动车时间进行调整，请知悉。
                 <w:br/>
                 4：九寨房费和餐费为套餐制，套餐的餐食为酒店配餐，比较简约；如晚餐不用，无费用退出。
                 <w:br/>
                 5：九寨沟沿线当地饮食与游客饮食习惯差异较大，餐饮条件有限，尽请游客谅解并可自备些零食（方便面、榨菜等）；
                 <w:br/>
                 6：川青铁路在松潘县有三个高铁站：松潘站/黄龙九寨站/黄胜关站，我社根据动车票情况选择出票站点，请知悉。
                 <w:br/>
                 交通：动车/汽车
                 <w:br/>
                 景点：【黄龙风景区】
                 <w:br/>
                 自费项：黄龙上下缆车120元/人、单边电瓶车20元/人、黄龙定位耳麦30元/人
                 <w:br/>
               </w:t>
@@ -748,51 +748,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 全天九寨沟
                 <w:br/>
-                早餐后，前往景区 （10公里约12分钟）。游览世界自然遗产-【童话世界九寨沟】（含优惠门票，不含保险10元+九寨观光车90元/人；游览6—8小时），它集翠海、叠溪、彩林和藏族风情于一体，以其自成天成、美丽绝伦的自然风光而成为中国著名的风景名胜区。九寨沟的蓝天、白云、雪山、森林、尽融于瀑、河、滩、缀成一串串宛若从天而降的珍珠（九寨开放区域为沟口经诺日朗瀑布至长海，其中长海、五彩池、镜海、诺日朗瀑布、树正海、双龙海瀑布、扎如寺为栈道步行景区，具体游览方式为景区安排为准）；游览完毕后返回酒店自由活动。 
+                早餐后，前往景区 （10公里约12分钟）。游览世界自然遗产-【童话世界九寨沟】（含优惠门票，不含九寨观光车淡季80元/人；游览6—8小时），它集翠海、叠溪、彩林和藏族风情于一体，以其自成天成、美丽绝伦的自然风光而成为中国著名的风景名胜区。九寨沟的蓝天、白云、雪山、森林、尽融于瀑、河、滩、缀成一串串宛若从天而降的珍珠（九寨开放区域为沟口经诺日朗瀑布至长海，其中长海、五彩池、镜海、诺日朗瀑布、树正海、双龙海瀑布、扎如寺为栈道步行景区，具体游览方式为景区安排为准）；游览完毕后返回酒店自由活动。 
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                  1：九寨沟部分景点维护，具体游览景点以景区实际开放为准。冬季景区栈道冰雪路面，请注意安全；
                 <w:br/>
                 2：九寨沟景区的游览方式需要乘坐景区观光车，请妥善保管好九寨沟的观光车票，以免查票；  
                 <w:br/>
                 3：九寨沟景区海拔2500-3100米；建议游客可从远至近进行游览，不做剧烈运动，以免高反 ；            
                 <w:br/>
                 4：九寨沟景区停车场距离景区大门需要步行5-15分钟，敬请谅解；
                 <w:br/>
                 温馨提示：[此天行程户外游览时间较长，九寨沟高原地区日照充足，紫外线较强，请备好太阳镜、太阳伞、防晒霜等物品；请遵守景区管理制度，禁止吸烟、乱丢垃圾、违者最低罚款500元起；]
                 <w:br/>
                 <w:br/>
                 当地特色项目推介：
                 <w:br/>
                 《走进藏民家访》到藏家去做客，感受到藏族人民的热情好客一起跳起欢乐的锅庄，热情的为您献上洁白的哈达，更可以品尝手抓肉、酥油茶、特色藏式火锅等地道的藏族人民的饮食；让您体会不一样的生活，（自费150-180元/人）
                 <w:br/>
                 《藏羌歌舞表演》九寨的歌舞晚会是九寨必不可少的秀色大餐，被誉为——“白天看风景，晚上观藏羌风情晚会”成为一道亮丽的人文风景，歌舞晚会，充分展示了九寨沟民俗风情给九寨沟完整旅游融入了浑厚的民族文化色彩，是九寨沟完整旅程中不可缺少的组成部分。（自费180-280元/人）
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：九寨沟景区
                 <w:br/>
@@ -1133,51 +1133,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。 
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。 
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。 
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。 
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
-                6、不含：九寨观光车90元/人+保险10元/人和黄龙上下缆车120元/人+单边电瓶车20元/人、黄龙定位耳麦30元/人、三星堆讲解耳麦30元自愿；走进藏民家访自费150-180元/人、藏羌歌舞晚会自费180-280元/人。
+                6、不含：九寨观光车淡季80元/人和黄龙上下缆车120元/人+单边电瓶车20元/人、黄龙定位耳麦30元/人、三星堆讲解耳麦30元自愿；走进藏民家访自费150-180元/人、藏羌歌舞晚会自费180-280元/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1276,102 +1276,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">九寨沟观光车+保险</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">观光车旺季90元/人（必消消费）、保险10元（自愿消费）</w:t>
+              <w:t xml:space="preserve">九寨沟淡季观光车</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">观光车淡季80元/人（必消消费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 100.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 80.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">九寨藏羌歌舞晚会</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1989,51 +1989,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>