--- v0 (2025-10-03)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【深圳最美滨海栈道&amp;任食三文鱼生蚝海鲜自助晚餐】深圳东莞沙滩美食2天丨黄金遍地稻田画丨入住东莞长安海悦大酒店丨食足3餐行程单</w:t>
+        <w:t xml:space="preserve">【东莞厚街海悦大酒店】东莞2天丨大梅沙海滨公园丨松山湖赏松山烟雨丨任食三文鱼海鲜自助晚餐行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20240603SP74351605</w:t>
+              <w:t xml:space="preserve">TX-20251220SP74351605</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,127 +343,129 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：
-[...12 lines deleted...]
-                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                上下车信息
+                <w:br/>
+                出发点：07:30纪念堂地铁站C出口
+                <w:br/>
+                    08:30基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                番禺指定范围内10人或以上定点接送
+                <w:br/>
+                【下车点】原上车点/定点接送
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准
+                <w:br/>
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                行程特色：
+                <w:br/>
                 桥通四海 路达八荒 大湾区超级工程-深中通道
                 <w:br/>
                 游龙共舞 横跨东西 深圳-中山 乘车体验【卧海长龙】
                 <w:br/>
                 入住东莞5钻厚街海悦大酒店 尊享酒店恒温泳池
                 <w:br/>
                 深圳度假圣地 大梅沙滨海公园 漫步棕榈树林 细软沙滩
                 <w:br/>
                 最美滨海栈道-深圳盐田海滨栈道
                 <w:br/>
                 红色景点 历史名街 “一街两制”深圳中英街
                 <w:br/>
-                东莞网红松山湖景区 赏松山烟雨景色
-[...3 lines deleted...]
-                食足3餐 三文鱼海鲜自助晚 任吃哈根达斯 位上野生海参鲍鱼
+                东莞网红松山湖景区 赏松山烟雨景色 
+                <w:br/>
+                食足3个自助餐 大闸蟹无限畅吃，蟹黄自由狂飙！三文鱼海鲜自助晚 任吃哈根达斯 位上野生海参鲍鱼 
                 <w:br/>
                 娱乐升级：
                 <w:br/>
                 ①报名满16人赠送豪华KTV包厢1间！（若遇人数相同，先报先得）
                 <w:br/>
                 ②每团人数最多2组赠送手动麻将任打！（若遇人数相同，先报先得）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -586,53 +588,67 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集中地-深中通道-深圳中英街-大梅沙滨海公园-盐田海滨栈道-东莞厚街海悦花园大酒店含：晚餐                     住：东莞厚街海悦花园大酒店
-[...1 lines deleted...]
-                早上于指定地点集中出发，乘坐旅游巴士穿越【深中通道】伶仃洋上，再现“通途”。【深中通道】横跨伶仃洋、连接珠江口东西两岸的“深中通道”即将正式通车。它也是继港珠澳大桥之后，大湾区又一世界级的跨海超级工程。说是超级工程，不仅因其项目规模大、建设难度高，还在于通车后，它极大地缩短了大湾区城市群的时间距离，对珠江口东西两岸的区域经济格局，特别是产业格局产生巨大影响。让珠江口东西两岸“牵手”，这一“超级接口”将引爆一股势能强大的“超级流量”。小到一枚螺丝钉，大到一架无人飞行器，对于大湾区所有产业而言，“命运的齿轮”都将加速转动。随后前往深圳中英街（车程约2小时，游览约1.5小时）【游客需在出发前3天提供完整个人资料，预约申请办证，如遇当日预约人数已满后，无法入街，不作赔偿。】盐田区沙头角镇的中英街（中英街一个月只能进入一次，我社会有工作人员在车上对中英街历史，进入中英街注意事项等进行介绍，并有个别特色产品推荐销售，喜欢可购，不喜可退，自由选择，不作为购物点推广（注意：进中英街需提供中国大陆二代身份证原件，不满十六周岁的未成年人，如未持有效《居民身份证》，必须在监护人陪同下凭《户口簿》（未满五周岁幼童凭出生证）申办《边境特别管理区通行证》。）中英街，位于盐田区沙头角街道与香港特别行政区北区交界处，背靠梧桐山，南临大鹏湾，由梧桐山流向大鹏湾的小河河床淤积成，原名“鹭鹚径”。长约250米，宽约3—4米，深圳香港各占一半，街心以“界碑石”为界，街边商店林立，有来自五大洲的产品，品种十分齐全。这里以其“一街两制”的独特政治历史闻名于世，其周围还有着其它丰富的旅游文化资源。盐田区的沙头角有一条小街，因为街的一边属于深圳，另一边则属于香港，因此“一街两制”中英街也就被人们称为“特区中的特区”。午餐-自理。随后前往【大梅沙滨海公园】（车程约30分钟，游览约1.5小时）深圳大梅沙海滨公园，位于位于神奇秀丽的南海之滨，风光旖旎的大鹏湾畔，深圳特区的东部，公园的总面积36万平方米，其中沙滩全长1800米，沙滩总面积18万平方米。拥有独特的山海景观资源。公园三面环山，一面临海，中间则是平缓开阔的沙滩。金色的沙滩、蔚蓝的海水、轻淡的白云、碧绿的山峦、阵阵的椰风、飘香的花草，配以轻松的音乐、点点的白帆，多姿的风筝，构成了立体动感的亚热带海滨风光，为您带来自然纯净的空间，给您送上生命的热情、生活的惬意。大梅沙海滨公园已成为一个集观光度假、休闲旅游、运动娱乐于一体的旅游胜地。【盐田滨海栈道】（游览约1小时）盐田海滨栈道是一条位于广东省深圳市盐田区的海滨绿道，全长19.5公里。西起中英街古塔公园，沿着黄金海岸线，串联起沙头角、盐田港、大梅沙，东至小梅沙公园。随后前往【海悦花园大酒店】入住，后自由活动，手动麻将任打（人数最多2组）、豪华KTV欢唱（人数满16人赠送）、国际健身房、室内游泳池畅玩。享用晚餐--【三文鱼海鲜自助晚餐】
+                第一天：集中地-深中通道-深圳中英街-大梅沙滨海公园-盐田海滨栈道-东莞厚街海悦花园大酒店 含：晚餐                     住：东莞厚街海悦花园大酒店
+                <w:br/>
+                早上于指定地点集中出发，乘坐旅游巴士穿越【深中通道】伶仃洋上，再现“通途”。【深中通道】横跨伶仃洋、连接珠江口东西两岸的“深中通道”即将正式通车。它也是继港珠澳大桥之后，大湾区又一世界级的跨海超级工程。说是超级工程，不仅因其项目规模大、建设难度高，还在于通车后，它极大地缩短了大湾区城市群的时间距离，对珠江口东西两岸的区域经济格局，特别是产业格局产生巨大影响。让珠江口东西两岸“牵手”，这一“超级接口”将引爆一股势能强大的“超级流量”。小到一枚螺丝钉，大到一架无人飞行器，对于大湾区所有产业而言，“命运的齿轮”都将加速转动。
+                <w:br/>
+                随后前往深圳中英街（车程约2小时，游览约1.5小时）
+                <w:br/>
+                【游客需在出发前3天提供完整个人资料，预约申请办证，如遇当日预约人数已满后，无法入街，不作赔偿。】盐田区沙头角镇的中英街（中英街一个月只能进入一次，我社会有工作人员在车上对中英街历史，进入中英街注意事项等进行介绍，并有个别特色产品推荐销售，喜欢可购，不喜可退，自由选择，不作为购物点推广（注意：进中英街需提供中国大陆二代身份证原件，不满十六周岁的未成年人，如未持有效《居民身份证》，必须在监护人陪同下凭《户口簿》（未满五周岁幼童凭出生证）申办《边境特别管理区通行证》。）中英街，位于盐田区沙头角街道与香港特别行政区北区交界处，背靠梧桐山，南临大鹏湾，由梧桐山流向大鹏湾的小河河床淤积成，原名“鹭鹚径”。长约250米，宽约3—4米，深圳香港各占一半，街心以“界碑石”为界，街边商店林立，有来自五大洲的产品，品种十分齐全。这里以其“一街两制”的独特政治历史闻名于世，其周围还有着其它丰富的旅游文化资源。盐田区的沙头角有一条小街，因为街的一边属于深圳，另一边则属于香港，因此“一街两制”中英街也就被人们称为“特区中的特区”。
+                <w:br/>
+                午餐-自理。
+                <w:br/>
+                随后前往【大梅沙滨海公园】（车程约30分钟，游览约1.5小时）深圳大梅沙海滨公园，位于位于神奇秀丽的南海之滨，风光旖旎的大鹏湾畔，深圳特区的东部，公园的总面积36万平方米，其中沙滩全长1800米，沙滩总面积18万平方米。拥有独特的山海景观资源。公园三面环山，一面临海，中间则是平缓开阔的沙滩。金色的沙滩、蔚蓝的海水、轻淡的白云、碧绿的山峦、阵阵的椰风、飘香的花草，配以轻松的音乐、点点的白帆，多姿的风筝，构成了立体动感的亚热带海滨风光，为您带来自然纯净的空间，给您送上生命的热情、生活的惬意。大梅沙海滨公园已成为一个集观光度假、休闲旅游、运动娱乐于一体的旅游胜地。
+                <w:br/>
+                【盐田滨海栈道】（游览约1小时）盐田海滨栈道是一条位于广东省深圳市盐田区的海滨绿道，全长19.5公里。西起中英街古塔公园，沿着黄金海岸线，串联起沙头角、盐田港、大梅沙，东至小梅沙公园。
+                <w:br/>
+                随后前往【海悦花园大酒店】入住，后自由活动，手动麻将任打（人数最多2组）、豪华KTV欢唱（人数满16人赠送）、国际健身房、室内游泳池畅玩。
+                <w:br/>
+                享用晚餐--【三文鱼海鲜自助晚餐】任吃哈根达斯 位上野生海参鲍鱼。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -662,53 +678,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店早餐-上元稻田公园-东莞松山湖景区-返程含：早餐、午餐
-[...1 lines deleted...]
-                在酒店睡到自然醒，享用酒店丰富自助早餐约9：00统一退房，，前往【东莞上元稻田公园】（车程约40分钟，游览约1小时）11月份的东莞市茶山镇上元村稻田公园，稻香四溢，每到傍晚都会吸引大量市民和游客前来休闲观光，这样的一片稻田，让生活在城市中的人们有了观光、休闲、体验的地方。蓝天白云下，笔直的田埂旁，金灿灿的水稻随风摇曳着，市民下班后悠然自得地走在稻田的栈道里，天真烂漫的孩子们在田埂中嬉戏玩闹，这样一幅诗意的画面就出现在茶山镇。享用午餐-特色烧鹅濑粉1碗。前往【东莞松山湖景区】（车程约30分钟，游览约1小时）位于松山湖科技产业园区内的松山湖生态景区，享有得天独厚的自然资源：8平方公里自然水源，42公里的亲水湖岸线，青葱峰峦环抱四周，树影婆娑郁郁葱葱，因其旖旎风光被莞人票选为“莞邑新八景之首”。作为松山湖的生态景区的核心景点之一【松湖烟雨】被评选为东莞八景之首，四周峰峦环抱，湖水清澈，湖鸟轻鸣。每当晨霭雨烟，松山湖宛如薄纱遮面的少女，含羞玉立，静穆凝神；雨霁虹出时分，湖面烟波浩渺，云蒸霞蔚；晓月晚风中，松山湖舟舸横掠，渔舟唱晚。沿悠长的湖岸线，42公里长的滨湖路曲径通幽，路旁是绿意嫣然的荔枝林和多品种果园，树影婆姿，果实飘香；亲水湖岸线青草如茵, 桃红柳绿, 争奇斗艳，缤纷醉人。峰峦绿树倒影湖底，波光烟雨青翠流荡，湖光山色相映生辉。浴露披霞，泛舟垂钓，散步、骑车、运动、阅读等，松湖烟雨景色怡人，步移景易，是享受闲情野趣、亲近自然、愉悦身心的绿色场所，将为东莞市民创造典雅、清新的休闲环境。湖面烟波浩渺，湖鸟轻鸣，雨霁虹出时分，云蒸霞蔚；42公里长的滨湖路曲径通幽，路旁是绿意嫣然的荔枝林和多品种果，树影婆娑，峰峦绿树倒影湖底，波光烟雨青翠流荡。以烟雨命名，突出其清晨及雨霁虹出时分的美丽景色，寓意松山湖的美好未来.乘车返回温馨的家！【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                第二天：酒店早餐-东莞松山湖景区-返程 含：早餐、午餐
+                <w:br/>
+                在酒店睡到自然醒，享用酒店丰富自助早餐
+                <w:br/>
+                约10：00统一退房，前往【东莞松山湖景区】（车程约30分钟，游览约1小时）松山湖科技产业园区内的松山湖生态景区，享有得天独厚的自然资源：8平方公里自然水源，42公里的亲水湖岸线，青葱峰峦环抱四周，树影婆娑郁郁葱葱，因其旖旎风光被莞人票选为“莞邑新八景之首”。作为松山湖的生态景区的核心景点之一【松湖烟雨】被评选为东莞八景之首，四周峰峦环抱，湖水清澈，湖鸟轻鸣。每当晨霭雨烟，松山湖宛如薄纱遮面的少女，含羞玉立，静穆凝神；雨霁虹出时分，湖面烟波浩渺，云蒸霞蔚；晓月晚风中，松山湖舟舸横掠，渔舟唱晚。沿悠长的湖岸线，42公里长的滨湖路曲径通幽，路旁是绿意嫣然的荔枝林和多品种果园，树影婆姿，果实飘香；亲水湖岸线青草如茵, 桃红柳绿, 争奇斗艳，缤纷醉人。峰峦绿树倒影湖底，波光烟雨青翠流荡，湖光山色相映生辉。浴露披霞，泛舟垂钓，散步、骑车、运动、阅读等，松湖烟雨景色怡人，步移景易，是享受闲情野趣、亲近自然、愉悦身心的绿色场所，将为东莞市民创造典雅、清新的休闲环境。湖面烟波浩渺，湖鸟轻鸣，雨霁虹出时分，云蒸霞蔚；42公里长的滨湖路曲径通幽，路旁是绿意嫣然的荔枝林和多品种果，树影婆娑，峰峦绿树倒影湖底，波光烟雨青翠流荡。以烟雨命名，突出其清晨及雨霁虹出时分的美丽景色，寓意松山湖的美好未来.
+                <w:br/>
+                午餐-素食自助午餐。
+                <w:br/>
+                餐后乘车返回温馨的家！
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -778,51 +802,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
                 2、用餐：含1早餐2正餐（正餐为包含套餐，不用均无费用退）；早餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与)
                 <w:br/>
                 3、门票：行程所含景点首道大门票（园内园景点门票自理）；
                 <w:br/>
-                4、住宿：东莞厚街长安海悦大酒店 标双（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差）；
+                4、住宿：东莞厚街海悦大酒店 标双（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差）；
                 <w:br/>
                 5、服务：含优秀导游服务
                 <w:br/>
                 6、购物：无。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -906,69 +930,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团40 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足40 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -976,66 +1000,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                本线路仅限80周岁以下游客报名。
-[...14 lines deleted...]
-                本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1076,51 +1105,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>