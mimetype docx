--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【“爸”气出征●峰林晓镇荷花节】清远休闲3天丨连住2晚小华山峪涧山居度假村丨畅游山泉水泳池+浸泡汤泉丨邂逅百亩峰林荷花行程单</w:t>
+        <w:t xml:space="preserve">【东方园林养生温泉】惠州3天丨尊享私家露台温泉泡池 丨无限次浸泡广东省罕见真正硫磺泉行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20240606SP75704870</w:t>
+              <w:t xml:space="preserve">TX-20251123SP37818710</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">清远市</w:t>
+              <w:t xml:space="preserve">惠州市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -343,125 +343,121 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...14 lines deleted...]
-                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                上下车信息
+                <w:br/>
+                出发点：07:30团一大广场地铁站A出口
+                <w:br/>
+                08:30基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                <w:br/>
+                下车点：原上车点
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                赏百亩荷花、观田园风光【九龙峰林晓镇】
-[...11 lines deleted...]
-                每位成人赠送一只养生运动便携水杯；
+                行程特色： 
+                <w:br/>
+                入住东方园林养生温泉酒店  养生疗愈
+                <w:br/>
+                无限次浸泡广东省罕见真正硫磺泉 泉眼处水温高达96℃
+                <w:br/>
+                藏在山野间的温泉！天然汤池 舒适放松
+                <w:br/>
+                10人铁发成团 说走就走
+                <w:br/>
+                娱乐升级：
+                <w:br/>
+                4人同时报名安排升级两房一厅
+                <w:br/>
+                4人同时报名赠送自动麻将任打（数量有限，先报先得）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -578,240 +574,225 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发—英西峰林—T3茶园—午餐自理—乡镇趁圩—晚餐自理—入住酒店  午餐：自理      晚餐：自理                                            住：小华山浴涧山居汤泉度假村
-[...14 lines deleted...]
-                餐后前往小华山汤泉度假村办理入住手续， 自由山水泳池畅游或浸泡汤泉；舒舒服服的躺下泡汤泉。还有多功能按摩池！可以享受全身按摩试问谁能对按摩池say no!浑身筋骨都要酥掉了！舒爽！
+                第一天：广州 -午餐自理 -东方园林养生温泉酒店 -晚餐-自理  含:不含餐                    住：东方园林养生温泉酒店
+                <w:br/>
+                08：30 广州出发，沿路接齐各位贵宾后出发，乘车前往【惠东安墩温泉度假村】（车程约3小时）
+                <w:br/>
+                到达后享用午餐-自理。餐后前往酒店大堂办理入住（因此路线属于拼团出发，届时会按顺路原则先后接送客人到各自酒店办理入住）入住后自由活动。
+                <w:br/>
+                东方园林养生温泉酒店，位于岭南闻名遐迩汤泉小镇-热汤温泉，在惠州市惠东县北部的安墩镇热汤村，地处粤东南有名的三大山脉之一，莲花山支脉乌禽嶂山脉的主峰山下，是现存较环保的山区之一，也是粤东较大的氧吧之一，酒店有着高端奢华装修，华丽大堂，客房用特色木质装修，给人一种低调的奢华感，可以边泡温泉边俯瞰热汤镇的美景。热汤村溪河轻敲流过，位于村内中心地带。有关研究显示，硫磺温泉的效果，受到其本身的温度、酸碱值、流量、矿物成分等内在因子，有不可分割的关联。泉眼处水温高达96℃，整个热汤镇处处洋溢着一片硫磺臭鸡蛋味，广东省罕见真正硫磺泉，浸泡后皮肤嫩滑，尽情享受滑洗凝脂的感觉。晚餐自理
+                <w:br/>
+                4人同时报名安排升级两房一厅，6人同时报名安排升级三房一厅
+                <w:br/>
+                4人同时报名赠送自动麻将任打，KTV任唱（数量有限，先报先得）
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                酒店无公共温泉，每间房都配有独立私密温泉池，无限次浸泡优质硫磺养生温泉池水。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">小华山浴涧山居汤泉度假村</w:t>
+              <w:t xml:space="preserve">东方园林养生温泉酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐—小华山栈道—午餐自理—山泉水泳池畅游+浸泡汤泉—晚餐自理—续住酒店 早餐：含   午餐：自理       晚餐：自理                             住：小华山浴涧山居汤泉度假村
-[...9 lines deleted...]
-                晚餐自理。
+                第二/三天：早餐：自助早餐-自由活动-回程广州 （参加3天团的游客第二天全天自由活动）
+                <w:br/>
+                含：早餐
+                <w:br/>
+                早上睡到自然醒，享用酒店套早早餐，餐后自由活动，午餐：自理。
+                <w:br/>
+                全天自由活动
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">小华山浴涧山居汤泉度假村</w:t>
+              <w:t xml:space="preserve">东方园林养生温泉酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐—峰林晓镇荷花音乐节—午餐品尝荷花宴—红不让—返程 含：早餐、午餐                                                           住：温馨的家
-[...15 lines deleted...]
-                <w:br/>
+                第二/三天：早餐：自助早餐-自由活动-回程广州 （参加3天团的游客第二天全天自由活动）
+                <w:br/>
+                含：早餐
+                <w:br/>
+                早上睡到自然醒，享用酒店套早早餐，餐后自由活动，午餐：自理。
+                <w:br/>
+                随后返回广州，结束愉快行程。
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -877,63 +858,59 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                交通：按实际参团人数安排空调旅游巴士，每人1正座
-[...11 lines deleted...]
-                导游：提供导游服务（广州出发清远送团）
+                1，交通：按实际参团人数安排空调旅游巴士，每人1正座；
+                <w:br/>
+                2，用餐：含2早餐（早餐已含，不用均无费用退）（行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）；
+                <w:br/>
+                3，住宿：东方园林养生温泉酒店（具体房型按酒店安排为准，不可加床，不设退房差，单成人需补房差/放弃床位）；
+                <w:br/>
+                5、服务：含优秀导游服务；
+                <w:br/>
+                6、购物：全程纯玩不入购物点
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -945,243 +922,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中一切个人消费自理。
                 <w:br/>
                 行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
                 3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 68.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1208,74 +992,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1316,51 +1167,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1504,79 +1355,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>