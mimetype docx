--- v0 (2025-12-13)
+++ v1 (2026-03-18)
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：CZ6049/1605-1740，飞行时间约2.5小时，时差1小时
-[...1 lines deleted...]
-                参考航班：CZ6050/1845-2225，飞行时间约2.5小时，时差1小时
+                参考航班：CZ6049/1340-1510，飞行时间约2.5小时，时差1小时
+                <w:br/>
+                参考航班：CZ6050/1600-1950，飞行时间约2.5小时，时差1小时
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -569,51 +569,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 - 芽庄
                 <w:br/>
                 请团员准时于广州新白云机场国际出发厅集中，乘搭客机飞往被游客评为越南最有魅力的旅游地之一的海滨渡假城市——【芽庄】（飞行时间约2.5小时）。芽庄之名是源于占婆语的“Yakram”，意思是指“竹林河流”，原是一个渔港小镇，现已发展成为一个度假胜地，此处海产丰富、海岸绵延悠长、水清沙幼、离岛众多、海水非常清澈，很适合钓鱼、浮潜、水肺潜等水上活动。晚餐安排享用越南海鲜火锅餐，餐后送回酒店休息。
                 <w:br/>
-                交通：参考航班：CZ6049/1605-1740，飞行时间约2.5小时，时差1小时
+                交通：参考航班：CZ6049/1340-1510，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海鲜火锅餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -898,51 +898,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄 — 广州
                 <w:br/>
                 酒店内享用早餐后，上午自由活动。办理退房手续后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约2.5小时），结束此次难忘的愉快之旅。
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 返程前请仔细检查自己的行李物品，不要遗漏酒店。
                 <w:br/>
-                交通：参考航班：CZ6050/1845-2225，飞行时间约2.5小时，时差1小时
+                交通：参考航班：CZ6050/1600-1950，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1066,51 +1066,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、旅游意外保险；
                 <w:br/>
-                2、燃油附加税升幅及超重物品托运费；
+                2、航空公司燃油附加税临时升幅及超重物品托运费；
                 <w:br/>
                 3、始发地到广州机场来回程交通；
                 <w:br/>
                 4、自费项目以及景区内的小景点或交通车等额外费用；
                 <w:br/>
                 5、个人开支及人力不可抗力因素产生的额外费用；
                 <w:br/>
                 6、单房差￥900元/人（如遇自然单间需补单间差或加床处理）；
                 <w:br/>
                 7、越南落地签+导游服务费￥550元/人（需与团费一起支付）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
@@ -1841,51 +1841,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>