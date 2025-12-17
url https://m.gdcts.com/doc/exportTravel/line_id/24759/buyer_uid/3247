--- v0 (2025-10-12)
+++ v1 (2025-12-17)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">阿联酋三国7天 | 迪拜，阿布扎比，沙迦 | 夜海游船 | 法拉利公园/全海洋主题公园（2选1） | 阿布扎比卢浮宫 | 广州CZ（可以申请全国联运）行程单</w:t>
+        <w:t xml:space="preserve">阿联酋三国7天 | 迪拜，阿布扎比，沙迦 |  夜海游船 | 法拉利公园/全海洋主题公园（2选1） | 阿布扎比卢浮宫 | 广州CZ（可以申请全国联运）行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">纯玩无购物，一千零一夜暮色清真寺，夜海游船，全国五，十人发团</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -416,83 +416,83 @@
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【品质保证】: 
                 <w:br/>
                 ★豪华航空：搭乘优质南方航空CZ广州往返（可联运全国）
                 <w:br/>
                 ★优质服务：天天安排有车导，感受优质服务
                 <w:br/>
                 ★缤纷美食体验：阿拉伯当地餐，自助小火锅餐，中式团队餐
                 <w:br/>
                 【升级体验】：
                 <w:br/>
-                双镇游：朱美拉运河古镇、伊朗小镇，感受阿拉伯特色的古建筑群,打卡最美星巴克~
-[...3 lines deleted...]
-                三国游：“奢华之都”-迪拜、”阿联酋首都“-阿布扎比“文化与运动之都”- 沙迦
+                ★双镇游：朱美拉运河古镇、伊朗小镇，感受阿拉伯特色的古建筑群,打卡最美星巴克~
+                <w:br/>
+                ★三岛游：萨迪亚特岛+YAS岛+迪拜棕榈岛
+                <w:br/>
+                ★三国游：“奢华之都”-迪拜、”阿联酋首都“-阿布扎比“文化与运动之都”- 沙迦
                 <w:br/>
                 ★人工奇迹的璀璨明珠：棕榈岛内搭乘单程轻轨前往位于棕榈岛中央全迪拜最宏伟的Atlantis The Palm，感受世界上最大的人工岛、世界第八大奇景的雄伟壮观 
                 <w:br/>
-                ★文化与奢华的碰撞建筑艺术: 走进阿布扎比卢浮宫，欣赏世界级艺术现宝，感受文化交融 
-[...17 lines deleted...]
-                特别安排：全球首家法拉利品牌的室内主题公园/全球最大的室内海洋主题公园（2选其一） 
+                文化与奢华的碰撞建筑艺术: 走进阿布扎比卢浮宫，欣赏世界级艺术现宝，感受文化交融 
+                <w:br/>
+                打卡阿布扎比小众景点-宗教建筑综合体-亚伯拉罕之家
+                <w:br/>
+                【暮色清真寺】：落日余辉与华灯初上的更迭，为暮色下的阿拉伯城-神圣的大清真寺增添一层华美的薄纱
+                <w:br/>
+                沙迦之心-沙迦最大的历史保护项目，文化民俗、建筑艺术和古老遗迹集于一体
+                <w:br/>
+                沙迦伊斯兰文明博物馆-是阿联酋第一家伊斯兰文化博物馆，了解阿拉伯文明
+                <w:br/>
+                ★特别安排：前往外观迪拜新地标“金相框”——迪拜之框，这里又被称为连接历史与未来的“穿越门”
+                <w:br/>
+                ★特别安排：ins网红打卡点：游览Last Exit Truck Park货车公园
+                <w:br/>
+                ★特别安排：迪拜河沿岸的-云溪港，在这里可以远眺迪拜美丽的城市天际线
+                <w:br/>
+                ★特别安排：夜海游船，夜游迪拜河，观望两岸高楼大厦美景
+                <w:br/>
+                ★特别安排：全球首家法拉利品牌的室内主题公园/全球最大的室内海洋主题公园（2选其一） 
                 <w:br/>
                 【甄选住宿搭配】：
                 <w:br/>
-                3晚迪拜国际五星酒店
-[...1 lines deleted...]
-                2晚阿布扎比国际五星酒店
+                ★3晚迪拜国际五星酒店
+                <w:br/>
+                ★2晚阿布扎比国际五星酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -791,51 +791,51 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 迪拜
                 <w:br/>
                 酒店早餐后，乘车前往【伊朗小镇】，感受阿拉伯特色的古建筑群，于AL SEEF 打卡最美星巴克~（参观时间：约20分钟）；
                 <w:br/>
                 前往外观迪拜新地标“金相框”——迪拜之框，这座造型别致的地标建筑位于Zabeel公园，高150米、长93米全身镀金！设计极具创意，在“相框”高处有一架玻璃桥，在这里，你可分别看到迪拜现代地标和老城区的风光；
                 <w:br/>
                 外观迪拜博物馆；游览【茱美拉清真寺】（外观），【酋长皇宫】（车游）；
                 <w:br/>
                 前往DUBAI CREEK乘坐阿拉伯特色水上Taxi（乘坐时间：约5分钟），欣赏迪拜金色海湾美丽风景；
                 <w:br/>
                 前往黄金街与香料市场（约1小时）；
                 <w:br/>
-                前往【帆船酒店】（入内参观并享用（阿拉伯咖啡及椰枣）（约90分钟）），由专职管家带领，搭乘电梯，前往豪华的皇室套房进行参观，近距离领略帆船酒店的魅力。
+                前往Jumeirah海滩，外观帆船酒店；
                 <w:br/>
                 前往紧邻帆船酒店的【 Jumeirah运河古镇】，欣赏着身边阿拉伯城堡的大气庄严，遥望远处帆船酒店的摩登亮丽，显得别有风情！
                 <w:br/>
                 晚上特别安排夜海游船，一边欣赏阿拉伯歌曲，一边欣赏两岸美景。
                 <w:br/>
                 今日亮点： 
                 <w:br/>
                 伊朗小镇：巴斯塔基亚老城是迪拜最古老的遗址之一，是海湾阿拉伯沿岸仅存的风塔建筑群。巴斯塔基亚这一名称源于伊朗小镇Bastak，19世纪早期迪拜的首批经商移民大多来自那座小镇。虽然这一地区非常窄小，但是却值得花费一些时间在它那蜿蜒曲折的狭窄街道感受一下它的氛围。每座房子的顶部都建有风塔，能将凉风引入室内，热风排出，这可能就是那个最早空调的雏形。这些老建筑有的已经改建为咖啡馆、美术馆、餐厅和离奇古怪的小店。
                 <w:br/>
                 帆船酒店：是阿拉伯人奢侈的象征，亦是迪拜的新标志。是世界上惟一的建筑高度最高的七星级酒店(因为饭店设备实在太过高级，远远超过五星的标准，只好破例称它做七星级)，它建在离海岸线280米处的人工岛Jumeirah Beach Resort上。帆船酒店糅合了最新的建筑及工程科技，迷人的景致及造型，使它看上去仿佛和天空融为一体。花了5年的时间，2年半时间在阿拉伯海填出人造岛，2年半时间用在建筑本身，使用了9000吨钢铁，并把250根基建桩柱打在40米深海下。由英国设计师W·S·Atkins设计，外观如一张鼓满了风的帆，一共有56层、321米高。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1606,51 +1606,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-13</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>