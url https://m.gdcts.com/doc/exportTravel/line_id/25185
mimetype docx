--- v1 (2025-10-25)
+++ v2 (2025-12-15)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【鱼骨沙洲 纯玩】福建动车4天  ▏旅拍鼓浪屿 ▏帆船出海体验  ▏打卡山海健康步道  ▏滩涂赶海 曾厝垵  ▏航拍环岛路  ▏东山岛  ▏鱼骨沙州  ▏南门湾  ▏苏峰山行程单</w:t>
+        <w:t xml:space="preserve">【鱼骨沙洲 纯玩】福建动车4天  ▏旅拍鼓浪屿 ▏海上看金门  ▏打卡山海健康步道  ▏曾厝垵  ▏航拍环岛路  ▏东山岛  ▏鱼骨沙州  ▏南门湾  ▏苏峰山行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -392,53 +392,51 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 品质纯玩：广东成团，0购物0必消，导游全程跟进，每人每天/支水，品质出游。
                 <w:br/>
                 海上花园：漫步鼓浪屿，找猫、找路、找风景、找历史、找美食，专属你的浪漫时光。
                 <w:br/>
-                帆船出海：升帆、拉帆亲身体验水上运动的激情与魅力，亲近大海。
-[...1 lines deleted...]
-                滩涂赶海：让您享渔民赶海的生活乐趣，感受一天渔民生活;海蟹/海鱼/皮皮虾等海鲜抓多少全算您的，不收取额外费用
+                台海情缘：搭乘【海上看金门游船】贴近海上军事分界线，近距离看金门前沿列岛。
                 <w:br/>
                 醉美海岛：十大最美海岛东山岛：小众避世海岛深度游+美丽环岛公路+打卡鱼骨沙洲。
                 <w:br/>
                 闽南秘境：有一处秘境，可遇而不可求，它是神秘的【鱼骨沙洲】低调、静谧、而神远。
                 <w:br/>
                 特别安排：专业摄影师鼓浪屿旅拍，赠送旅拍底片，环岛路一国两制沙滩航拍。
                 <w:br/>
                 酒店随心：3晚舒适（网评四钻）/豪华酒店（网评五钻）温馨度假，感受厦门美景。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -644,51 +642,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">华君酒店/凯怡酒店/天成宾馆/威尼斯酒店/舒悦酒店/或同级</w:t>
+              <w:t xml:space="preserve">金桥花园/大亿颐豪/柏纳/金瑞佳泰/宜尚/君帝湾/亨龙花园/君诚酒店/同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -730,51 +728,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：散拼赠送午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">华君酒店/凯怡酒店/天成宾馆/威尼斯酒店/舒悦酒店/或同级</w:t>
+              <w:t xml:space="preserve">金桥花园/大亿颐豪/柏纳/金瑞佳泰/宜尚/君帝湾/亨龙花园/君诚酒店/同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -823,91 +821,91 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：30元/人     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">华君酒店/凯怡酒店/天成宾馆/威尼斯酒店/舒悦酒店/或同级</w:t>
+              <w:t xml:space="preserve">金桥花园/大亿颐豪/柏纳/金瑞佳泰/宜尚/君帝湾/亨龙花园/君诚酒店/同级酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                滩涂赶海→帆船出海→曾厝垵→航拍环岛路→厦门北→广州南
-[...1 lines deleted...]
-                上午：酒店早餐后，开启今天的【赶海之旅】（约1小时，根据每日潮汐调整）捡螺拾贝抓螃蟹，赶海，就是在潮水退去的时候，深入海底世界，去探索、去捕获、去丰收、去感受滩涂上真正的渔民的劳作和生活。游客可三五成群赶海，沿着海滩体验原生态的赶海乐趣，游客们追着海潮，光着脚丫，四处搜寻躲在泥沙里的贝壳、螃蟹，海螺、尽享巡海之旅。所收获的东西归您所有，免费提供赶海工具。前往【帆船中心】乘帆船出海体验（出海时间约40分钟）海天一色的蓝色天堂，升帆、拉帆亲身体验水上运动的激情与魅力！将烦恼、疲倦和困惑统统抖落在容纳百川的大海里 (注1：如因天气原因无法乘坐帆船，厦门当地安排现退门票费用30元/人；2、乘坐帆船须携带相应证件登记)。
+                海上看金门游船→曾厝垵→航拍环岛路→厦门北→广州南
+                <w:br/>
+                上午：酒店早餐后，乘坐豪华游船体验【海上看金门】（约1.5小时）厦门与金门仅一水之隔，亲缘情缘难于割断，金厦海域一弯浅浅海峡，勾起了无数人的相思，这种相思也吸引着众多的旅客，厦金海域——“海上游”主打线路，为两岸民众近距离交流建立了一条特殊的航线。和平码头→鼓浪屿→郑成功塑像→演武大桥→厦门大学→胡里山炮台→白石炮台遗迹→远眺云顶哨所→海上军事分界线→远眺青屿岛→远观金门列岛（小金门、大担岛、二担岛等）→返和平码头。
                 <w:br/>
                 下午：沿途【彩色环岛路】途观世界上最漂亮的马拉松赛道、欣赏无限海岸风光；赠送航拍打卡【一国两制沙滩】（约15-20分钟）。【曾厝垵】（游玩1小时）琳琅满目的商品、丰富美味的小吃、悠闲舒适的环境，让你体验一把文艺青年的浪漫生活。随后送厦门高铁站，乘动车前往深圳北，需返回广州南的客人自行换乘高铁返回广州南（晚餐于动车上自行安排）结束愉快行程。
                 <w:br/>
                 交通：汽车，动车/高铁
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：30元/人     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1341,51 +1339,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>