--- v1 (2025-12-13)
+++ v2 (2026-01-18)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251019SP81117240</w:t>
+              <w:t xml:space="preserve">TX-20260112SP81117240</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,124 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：
-[...6 lines deleted...]
-                <w:br/>
+                上下车信息
+                <w:br/>
+                出发点：08:00海珠广场地铁F出口华厦大酒店
+                <w:br/>
+                08:45花果山地铁站A2出口
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                <w:br/>
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                行程特色：
+                <w:br/>
                 连住2晚丹霞丰源温泉酒店 徽派江南风格清雅/丹泉客房
                 <w:br/>
                 尽情浸泡“双料温泉”苏打泉&amp;硫磺泉 两大天然珍稀温泉
                 <w:br/>
                 徽派水上威尼斯泳道、水上旋转滑道、免费畅玩大型水上玩具
                 <w:br/>
                 每间房赠送2张彩虹滑道体验门票，温泉亲亲鱼疗门票
                 <w:br/>
-                8成人同时报名，升级1间亲水大床房（1房1厅带麻将+私家泡池，仅限2套 先到先得）
-[...5 lines deleted...]
-                住当天晚餐（按床位赠送）入1人1盅滋润鸡煲翅
+                6成人同时报名，升级1间亲水大床房（1房1厅带电动麻将+私家温泉泡池，仅限2套 先到先得）
+                <w:br/>
+                食足6餐：2早餐2特色围餐2下午茶
                 <w:br/>
                 可免费升丹泉轩独立泡池房含4池水（下单备注）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -579,80 +575,83 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天：出发---丹霞丰源温泉--安排入住酒店含：午餐、晚餐住：丰源温泉度假村（清雅客房/丹泉客房，双床1.2 米/大床1.8米）
-[...3 lines deleted...]
-                下午：丰源温泉酒店四面环山，林木葱翠，融于自然；整体建筑群，依山而建，靠水而居，在保障原生山体风貌的同时，依南低北高的山谷地势，打造24米错落高差的恢弘叠级景观水系，呈现极具江南水乡的体验风情。区内各个组团别墅，临私家泳道精心排布，大规模叠级水系环绕其间，在保证每栋别墅的生活私密基础上，可带来时刻亲水的畅游体验。别墅房间设施经典高雅，舒适宜人，为您营造五星级的高质量睡眠环境。酒店总客房379间，每间亲水套房均配备会客厅、麻将桌、私家阳台花园、温泉泡池，让您足不出户即可享受奢华泉世界，更能零距离嬉戏于超长网红威尼斯泳道，享受独有的度假快乐。
+                第1天：出发—午餐-丹霞丰源温泉--安排入住酒店—晚餐自理 含：午餐（围餐/套餐）、下午茶               晚餐自理  住：丰源温泉度假村（清雅客房/丹泉客房，双床1.2 米/大床1.8米）
+                <w:br/>
+                出发地出发，沿路接齐各位贵宾后出发，乘车前往【丹霞丰源温泉酒店】安排入住,安排午餐（10人已上安排围餐，如不足10人，则安排套餐，具体以当天实际为准）。
+                <w:br/>
+                下午：丰源温泉酒店四面环山，林木葱翠，融于自然；整体建筑群，依山而建，靠水而居，在保障原生山体风貌的同时，依南低北高的山谷地势，打造24米错落高差的恢弘叠级景观水系，呈现极具江南水乡的体验风情。区内各个组团别墅，临私家泳道精心排布，大规模叠级水系环绕其间，在保证每栋别墅的生活私密基础上，可带来时刻亲水的畅游体验。别墅房间设施经典高雅，舒适宜人，为您营造五星级的高质量睡眠环境。酒店总客房379间，每间亲水套房均配备会客厅、麻将桌、私家阳台花园、温泉泡池，让您足不出户即可享受奢华泉世界，更能零距离嬉戏于超长网红威尼斯泳道，享受独有的度假快乐。 
+                <w:br/>
                 <w:br/>
                 住宿（酒店安排为准，不指定）：
                 <w:br/>
-                韶关丹霞丰源温泉酒店 清雅双床房/清雅大床房 （外楼梯别墅二楼客房，双床1.2 米/大床1.8米）韶关丹霞丰源温泉酒店 丹泉双床房/清雅大床房 （双床1.2 米/大床1.8米）
+                韶关丹霞丰源温泉酒店 清雅双床房/清雅大床房 （外楼梯别墅二楼客房，双床1.2 米/大床1.8米）
+                <w:br/>
+                韶关丹霞丰源温泉酒店 丹泉双床房/清雅大床房 （双床1.2 米/大床1.8米）
                 <w:br/>
                 交通：旅游空调车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">丰源温泉度假村</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -663,74 +662,74 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第二天：全天自由活动（凭房卡享用自助餐）含：早餐、午餐、晚餐   住：丰源温泉度假村（清雅客房/丹泉客房，双床1.2 米/大床1.8米）
+                第2天：早餐—全天自由活动—午餐晚餐自理 含：早餐、下午茶                        午餐晚餐;自理     住：丰源温泉度假村（清雅客房/丹泉客房，双床1.2 米/大床1.8米）
                 <w:br/>
                 享用酒店自助早餐，餐后自由活动；
                 <w:br/>
                 自由活动/浸泡温泉/威尼斯泳道。体验刺激【彩虹滑道】彩虹滑道坡度长达100米，在这里可以让您感受俯速而下的痛快体验，瞭望彩虹滑道周边有一种七彩之旅的氛围感（每间房赠送2张门票，如下雨天气不对外开放）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -741,55 +740,70 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第三天：早餐--午餐--返程含：早餐、午餐
-[...3 lines deleted...]
-                约13:00-13:30于酒店大堂集中乘车返广州，结束愉快的旅程。旅行社会根据情况与韶关丰源/汝城官溪/汝城福泉等佛冈温泉酒店拼车出发，请知悉。 
+                第3天：早餐-自由活动-午餐—返程 含：早餐、午餐（围餐/套餐）
+                <w:br/>
+                享用酒店自助早餐，餐后在酒店自由活动/浸泡温泉/威尼斯泳道，享用午餐（10人已上安排围餐，如不足10人，则安排套餐，具体以当天实际为准）
+                <w:br/>
+                <w:br/>
+                约13:00-15:30于酒店大堂集中乘车返广州，结束愉快的旅程。
+                <w:br/>
+                温馨提示:
+                <w:br/>
+                1、自助餐：凭房卡到兰亭餐厅一楼用餐，营业时间 早餐午餐08:00-14:30，晚餐宵夜17:30-24:00
+                <w:br/>
+                2、公共温泉开放时间 8:30-23:00，更衣室浴巾、拖鞋都有，可在房间换好泳衣过去，入住客人需带房卡从别墅 10 栋旁边闸机进入或温泉中心大门进入，温泉区有 28 个大小、温度不一的温泉池。
+                <w:br/>
+                3、酒店WIFI免费：WIFI 名称是房间号，点连接后输入手机号码，收到验证码登即。
+                <w:br/>
+                4、所有入住客人需在前台排队刷身份证和拍照上传公安系统 (人证同一),导游拿到房卡后分发给客人，然后坐电瓶车到各自回房间休息。
+                <w:br/>
+                5、酒店设有麻将房棋牌室，200 元/4 小时，58 元/小时，如需使用可在大堂预订缴费(费用自理)。
+                <w:br/>
+                旅行社会根据情况与韶关丰源/汝城官溪/汝城福泉/新丰温德姆酒店/新丰云天海等酒店拼车出发，请知悉。 
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -857,55 +871,57 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
-                2、用餐：含2早5正餐2下午茶2宵夜（全程食足11餐）
+                2、用餐：含2早2正餐2下午茶（全程食足6餐）；
                 <w:br/>
                 3、门票：行程所含景点首道大门票（园内园景点门票自理）；
                 <w:br/>
-                4、住宿：韶关丹霞丰源温泉酒店 清雅双床房/清雅大床房或丹泉客双床/大床房（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）；
+                4、住宿：韶关丹霞丰源温泉酒店 清雅双床房/清雅大床房或丹泉客双床/大床房
+                <w:br/>
+                （具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）；
                 <w:br/>
                 5、服务：提供导游服务（往返导游）；
                 <w:br/>
                 6、购物：无。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -919,51 +935,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
                 3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
                 <w:br/>
-                旅行社会根据情况与韶关丰源/汝城官溪/汝城福泉等酒店拼车出发，请知悉。 
+                3、自费升级客房：泳道亲水大床房(一房一厅套房)，平日周末+450元/间/2晚 。亲水双床房+650元/间/2晚,春节+850元/间/晚
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1228,51 +1244,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>