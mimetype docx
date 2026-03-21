--- v2 (2026-01-18)
+++ v3 (2026-03-21)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【韶关丹霞丰源温泉】韶关3天游丨连住2晚韶关丰源温泉泡双料温泉丨水上威尼斯泳道行程单</w:t>
+        <w:t xml:space="preserve">【韶关丹霞丰源温泉纯玩2天】尽情浸泡“双料温泉”丨徽派水上威尼斯泳道丨水上旋转滑道、免费畅玩大型水上玩具行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20260112SP81117240</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10318390</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -347,118 +347,126 @@
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上下车信息
                 <w:br/>
                 出发点：08:00海珠广场地铁F出口华厦大酒店
                 <w:br/>
-                08:45花果山地铁站A2出口
+                08:45清塘地铁站B出口
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
+                <w:br/>
                 市区指定范围内15人或以上定点接送
                 <w:br/>
                 （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：
-[...1 lines deleted...]
-                连住2晚丹霞丰源温泉酒店 徽派江南风格清雅/丹泉客房
+                住1晚丹霞丰源温泉酒店 徽派江南风格清雅/丹泉客房
                 <w:br/>
                 尽情浸泡“双料温泉”苏打泉&amp;硫磺泉 两大天然珍稀温泉
                 <w:br/>
                 徽派水上威尼斯泳道、水上旋转滑道、免费畅玩大型水上玩具
                 <w:br/>
                 每间房赠送2张彩虹滑道体验门票，温泉亲亲鱼疗门票
                 <w:br/>
-                6成人同时报名，升级1间亲水大床房（1房1厅带电动麻将+私家温泉泡池，仅限2套 先到先得）
-[...3 lines deleted...]
-                可免费升丹泉轩独立泡池房含4池水（下单备注）
+                6成人同时报名，升级1间亲水大床房（1房1厅带麻将+私家泡池，仅限2套先到先得）
+                <w:br/>
+                【尽享美食 任食6餐】
+                <w:br/>
+                酒店自助餐时间（开放时间内 随进任食）上午 08:00-14:30，下午17:30-24:00
+                <w:br/>
+                可免费升丹泉轩独立泡池房含2池水（下单备注，节假日不适用）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -575,83 +583,87 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：出发—午餐-丹霞丰源温泉--安排入住酒店—晚餐自理 含：午餐（围餐/套餐）、下午茶               晚餐自理  住：丰源温泉度假村（清雅客房/丹泉客房，双床1.2 米/大床1.8米）
-[...4 lines deleted...]
-                <w:br/>
+                出发---丹霞丰源温泉--安排入住酒店
+                <w:br/>
+                含：午餐、晚餐、下午茶、宵夜   住：丰源温泉度假村（清雅客房/丹泉客房，双床1.2 米/大床1.8米）
+                <w:br/>
+                <w:br/>
+                出发地出发，沿路接齐各位贵宾后出发，乘车前往【丹霞丰源温泉酒店】安排入住。 
+                <w:br/>
+                下午：丰源温泉酒店四面环山，林木葱翠，融于自然；整体建筑群，依山而建，靠水而居，在保障原生山体风貌的同时，依南低北高的山谷地势，打造24米错落高差的恢弘叠级景观水系，呈现极具江南水乡的体验风情。区内各个组团别墅，临私家泳道精心排布，大规模叠级水系环绕其间，在保证每栋别墅的生活私密基础上，可带来时刻亲水的畅游体验。别墅房间设施经典高雅，舒适宜人，为您营造五星级的高质量睡眠环境。酒店总客房379间，每间亲水套房均配备会客厅、麻将桌、私家阳台花园、温泉泡池，让您足不出户即可享受奢华泉世界，更能零距离嬉戏于超长网红威尼斯泳道，享受独有的度假快乐。
+                <w:br/>
+                体验刺激【彩虹滑道】彩虹滑道坡度长达100米，在这里可以让您感受俯速而下的痛快体验，瞭望彩虹滑道周边有一种七彩之旅的氛围感（每间房赠送2张门票，如下雨天气不对外开放）。
                 <w:br/>
                 住宿（酒店安排为准，不指定）：
                 <w:br/>
                 韶关丹霞丰源温泉酒店 清雅双床房/清雅大床房 （外楼梯别墅二楼客房，双床1.2 米/大床1.8米）
                 <w:br/>
                 韶关丹霞丰源温泉酒店 丹泉双床房/清雅大床房 （双床1.2 米/大床1.8米）
                 <w:br/>
-                交通：旅游空调车
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">丰源温泉度假村</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -662,150 +674,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第2天：早餐—全天自由活动—午餐晚餐自理 含：早餐、下午茶                        午餐晚餐;自理     住：丰源温泉度假村（清雅客房/丹泉客房，双床1.2 米/大床1.8米）
-[...96 lines deleted...]
-                旅行社会根据情况与韶关丰源/汝城官溪/汝城福泉/新丰温德姆酒店/新丰云天海等酒店拼车出发，请知悉。 
+                早餐-自由活动-午餐—返程
+                <w:br/>
+                含：早餐、午餐
+                <w:br/>
+                享用酒店自助早餐，餐后在酒店自由活动/浸泡温泉/威尼斯泳道或者客人自行前往韶关丹霞山景区游玩
+                <w:br/>
+                约12：00享用午餐，后约14:30于酒店大堂集中乘车返广州，结束愉快的旅程。
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -869,63 +792,78 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
-[...11 lines deleted...]
-                6、购物：无。
+                出发时间： 4月4/11/18/25日
+                <w:br/>
+                <w:br/>
+                价格
+                <w:br/>
+                1.2米以上成人：399元/人（占床、含车位、餐）
+                <w:br/>
+                1.2米以下小童：229元/人（含车位）
+                <w:br/>
+                <w:br/>
+                酒店没有三人房，需补单房差：270元/人
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                2、用餐：1早餐3正餐1下午茶1宵夜(均为套餐，不用不退费用)；
+                <w:br/>
+                早餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与)
+                <w:br/>
+                3、住宿：韶关丹霞丰源温泉酒店 清雅双床房/清雅大床房或丹泉客双床/大床房
+                <w:br/>
+                4、景点：含行程所列景点第一道大门票（不含园中园门票，旅行社优惠打包价格，无儿童、长者免票/半价优惠）
+                <w:br/>
+                5、导游：含全程优秀导游服务；
+                <w:br/>
+                6、购物：无购物。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -934,52 +872,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
                 3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
-                <w:br/>
-                3、自费升级客房：泳道亲水大床房(一房一厅套房)，平日周末+450元/间/2晚 。亲水双床房+650元/间/2晚,春节+850元/间/晚
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1007,51 +943,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1244,51 +1180,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>