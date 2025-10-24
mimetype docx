--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -343,51 +343,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：CZ363 / 15:50-17:55，飞行时间约3小时，时差1小时
+                参考航班：CZ357 / 08:15-10:20，飞行时间约3小时，时差1小时
                 <w:br/>
                 参考航班：CZ8024 / 18:05-22:10，飞行时间约3小时，时差1小时
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -565,72 +565,72 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 - 曼谷
                 <w:br/>
-                于指定时间广州白云机场集中，在领队带领下前往柜台办理登机手续。乘搭客机飞往泰国曼谷素万那普机场。抵达后，前往酒店入住休息。
-[...1 lines deleted...]
-                交通：参考航班：CZ363 / 15:50-17:55，飞行时间约3小时，时差1小时
+                于指定时间广州白云机场集中，在领队带领下前往柜台办理登机手续。乘搭客机飞往泰国曼谷素万那普机场。抵达后前往【网红农夫水果市场】蕴含泰国丰富独特的市场文化，却是值得让人 白天舍弃环境舒适的水果购物中心，也得前来逛逛的好地方。体验【泰式按摩】（60 分钟）可以使人快速消除疲劳，恢复体能，还可增强关节韧带的弹性和活力， 恢复正常的关节活动功能，达到促进体液循环，保健防病，健体美容的功效。（注意：12岁以下小孩体骼成长未健全不含按摩。）【唐人街】在泰国首都曼谷市区西部，是城区最繁华的商业区之一，其规模及繁华程度，在东南亚各地的唐人街中，堪称魁首。晚餐在唐人街自理。前往酒店入住休息。
+                <w:br/>
+                交通：参考航班：CZ357 / 08:15-10:20，飞行时间约3小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：泰式风味餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">曼谷网评五钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -641,77 +641,79 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大皇宫 - 玉佛寺 - 湄南河游船 - 唐人街 - 农夫水果市场 - 嘟嘟车游曼谷 - JODD新火车头夜市
-[...1 lines deleted...]
-                早餐于酒店，后安排参观金碧辉煌的拉玛皇朝【大皇宫】（大皇宫、玉佛寺游览约90－100分钟，专业皇家讲解员解说），这里汇集了泰国建筑、绘画、雕刻和装潢艺术的精粹，其风格具有鲜明的暹罗建筑艺术特点，深受各国游人的赞赏，被称为“泰国艺术大全”。【玉佛寺】和大皇宫相邻，以尖顶装饰、建筑装饰、回廊壁画三大特色名扬天下，体现了泰国佛教建筑、雕刻、绘画的艺术瑰宝。随后到昭拍耶码头，搭乘【湄南河长尾船】（乘长尾船游览时间约40－50分钟），沿着昭拍耶河观赏两岸美景，船游【郑王庙】和【水门大佛】。后前往【唐人街】，在泰国首都曼谷市区西部，是城区最繁华的商业区之一，其规模及繁华程度，在东南亚各地的唐人街中，堪称魁首。午餐在唐人街自理。后前往【网红农夫水果市场】，蕴含泰国丰富独特的市场文化，却是值得让人 白天舍弃环境舒适的水果购物中心，也得前来逛逛的好地方。随后【嘟嘟车游曼谷】拉风的嘟嘟车在曼谷老城区绕个圈，就像随心搭配的大冒险。晚上前往【网红JODD FAIRS新火车头夜市】一改以往色彩缤纷的帐篷，而是统一以白色简约色作主调，充满文青风格。于2021年11月，夜市已迁址至拉玛九路重新亮相于人前! 旧有的拉差达火车夜市标志物亦由火车变成古董车，令人眼前一亮！夜市里集合了各种泰国知名小吃（火山排骨、水果西施、彩虹土司等等），完全满足到你的味蕾！
+                大皇宫 - 玉佛寺 - 湄南河游船 - 唐人街 - JODD新火车头夜市
+                <w:br/>
+                早餐于酒店后安排参观金碧辉煌的拉玛皇朝【大皇宫】（大皇宫、玉佛寺游览约90－100分钟，专业皇家讲解员解说），这里汇集了泰国建筑、绘画、雕刻和装潢艺术的精粹，其风格具有鲜明的暹罗建筑艺术特点，深受各国游人的赞赏，被称为“泰国艺术大全”。【玉佛寺】和大皇宫相邻，以尖顶装饰、建筑装饰、回廊壁画三大特色名扬天下，体现了泰国佛教建筑、雕刻、绘画的艺术瑰宝。
+                <w:br/>
+                【湄南河长尾船】（乘长尾船游览时间约40－50分钟），沿着昭拍耶河观赏两岸美景，船游远眺【郑王庙】和【水门大佛】。【网红JODD FAIRS火车头夜市】一改以往色彩缤纷的帐篷，而是统一以白色简约色作主调，充满文青风格。于2021年11月，夜市已迁址至拉玛九路重新亮相于人前! 旧有的拉差达火车夜市标志物亦由火车变成古董车，令人眼前一亮！夜市里集合了各种泰国知名小吃（火山排骨、水果西施、彩虹土司等等），完全满足到你的味蕾！
                 <w:br/>
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 参观大皇宫须穿长裤或过膝长裙，不可穿拖鞋，女士不可穿露背、吊带上衣及超短裙。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：水上餐厅晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：曼谷水上餐厅     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">曼谷网评五钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -884,59 +886,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                四面佛祈福 - 小火车博物馆 - 21 航站楼美食广场 - 美人鱼悬崖下午茶 - KINGPOWE 免税店 - 泰式按摩
-[...7 lines deleted...]
-                按摩需要给 50 铢小费，每晚酒店要给 20 铢小费等。
+                四面佛祈福 - 小火车博物馆 - 21 航站楼美食广场 -  美人鱼悬崖下午茶 - KINGPOWE免税店
+                <w:br/>
+                早餐于酒店后前往【四面佛】（约45分钟）前往泰国当地香火鼎盛的寺庙进香祈福，为自己、为亲朋好友求得平安好运。【小火车博物馆】（约120分钟）乘坐着小火车游览介绍泰国是如何开采矿石，挖掘水晶，打磨制作宝石（真人打磨制作过程禁止拍照）。【21 航站楼美食广场】这里有丰富的各地美食，能够充分 满足您的味蕾。午餐广场自理 。【美人鱼悬崖下午茶】（约 60 分钟）芭提雅非常有名的美人鱼餐厅, 以独特的地理位置和美景著名～网红摄影打卡胜地,落日更是非常绝美。【KING POWER免税店】（约120分钟）泰国皇权免税店隶属于泰国王权国际集团旗下。汇聚众多世界时尚热销品牌，购物空间优雅舒适，两层零售商店，占地面积1.2万平米，提供丰富的豪华商品、手表、皮具、香水、护肤品和化妆品、电器和珠宝首饰。泰国工艺品、丝绸、纪念品、优质葡萄酒、香烟和雪茄应有尽有。（备注：如您购买免税商品，需要在机场提货。）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：免税店自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -968,56 +964,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 曼谷 - 广州
                 <w:br/>
-                早餐后前往【网红农夫水果市场】，蕴含泰国丰富独特的市场文化，却是值得让人 白天舍弃环境舒适的水果购物中心，也得前来逛逛的好地方。随后【嘟嘟车游曼谷】拉风的嘟嘟车在曼谷老城区绕个圈，就像随心搭配的大冒险。根据航班时间前往曼谷机场乘搭客机返回广州机场后，结束愉快的旅程！
-[...4 lines deleted...]
-                返程前请仔细检查自己的行李物品，不要遗漏酒店。
+                早餐后随后【嘟嘟车游曼谷】拉风的嘟嘟车在曼谷老城区绕个圈，就像随心搭配的大冒险。根据航班时间前往曼谷机场乘搭客机返回广州机场后，结束愉快的旅程！
                 <w:br/>
                 交通：参考航班：CZ8024 / 18:05-22:10，飞行时间约3小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1087,129 +1078,121 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、大交通：广州—曼谷往返机票及税金。
                 <w:br/>
                 2、门票：行程中所列景点首道门票。
                 <w:br/>
-                3、用车：跟团期间的空调用车，按照实际参团人数安排交通车辆，座位次序为随机分配，不分先后，
-[...13 lines deleted...]
-                或不低于同档次网评五钻酒店。
+                3、用车：跟团期间的空调用车，按照实际参团人数安排交通车辆，座位次序为随机分配，不分先后，保证 1人1正座，自由活动期间不包含用车。   
+                <w:br/>
+                4、用餐：行程所列餐食，早餐不用不退。正餐十人一桌（八菜一汤，人数减少可能调整份数），或定食套餐每人一份，团队用餐，不用不退，敬请谅解！          
+                <w:br/>
+                5、住宿：3晚曼谷素万那普安查特尔酒店(iChapter Suvarnabhumi)或不低于同档次网评五钻酒店。
+                <w:br/>
+                2晚芭堤雅芭堤雅中天海滩温德姆酒店(WYNDHAM JOMTIEN PATTAYA)或不低于同档次网评五钻酒店。 
                 <w:br/>
                 以上所列酒店视为优先安排酒店，如遇所列酒店房满情况下，则安排同档次的其他酒店，敬请谅解！
                 <w:br/>
-                东南亚酒店没有星级标准及挂星制度，行程中所列名的标准以参考携程或 agoda 或 booking 网评标
-[...3 lines deleted...]
-                注：用房为 2 人入住 1 间房，如您要求单住，则须补单房差费用。
+                东南亚酒店没有星级标准及挂星制度，行程中所列名的标准以参考携程或agoda或booking网评标准，部分酒店大床房为两小床拼成大床，敬请谅解！
+                <w:br/>
+                注：用房为2人入住1间房，如您要求单住，则须补单房差费用。
                 <w:br/>
                 6、导游：当地中文导游服务。（接驳期间或自由活动期间不含导游服务）
                 <w:br/>
-                7、领队：全程领队服务。
+                7、领队：全程领队服务。  
+                <w:br/>
+                8、保险：30万保额的旅游意外保险、旅行社责任险。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、泰国签证费（目前泰国实行免签政策）。
                 <w:br/>
-                2、综合服务费￥300 元/人（随团费一并收取）。
-[...1 lines deleted...]
-                3、如单人出游，要求享受单房，请补交单人房差￥900 元/人。
+                2、综合服务费￥300元/人（随团费一并收取）。
+                <w:br/>
+                3、如单人出游，要求享受单房，请补交单人房差￥1000元/人。
                 <w:br/>
                 4、自费项目以及景区内的小景点或交通车等额外费用。
                 <w:br/>
                 5、非行程内活动项目及个人消费。
                 <w:br/>
                 6、燃油附加税升幅及超重物品托运费。
                 <w:br/>
                 7、不可抗力因素所产生的费用。
                 <w:br/>
                 8、除自由活动外，不可离团。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
@@ -1335,51 +1318,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">小火车博物馆</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">宝石原石、珠宝、耳坠、戒指</w:t>
+              <w:t xml:space="preserve">泰国本土特产(红宝石、黄宝石、蓝宝石戒指、 吊坠、首饰等等)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">120 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1443,61 +1426,57 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
-                1、2-11 岁小孩不占床与成人同价；12-18 岁小孩必须占床加收￥500 元/人。
-[...9 lines deleted...]
-                （http://zxgk.court.gov.cn/ 自查失信人网站）
+                1、2-11岁小孩不占床与成人同价；12-18岁小孩必须占床加收￥500元/人。
+                <w:br/>
+                2、70岁以上长者（包含70岁）需签订健康免责书。
+                <w:br/>
+                3、按照航空公司条例：除了持中国大陆护照的，港澳台护照及外籍护照加收500元/人；（签证自理）所有团队机票，一旦误机或出票后因客人个人问题不能参团机票款及机场税均不允许退税。
+                <w:br/>
+                4、切记：因客人信用导致无法正常出发而所产生的费用损失由客人自行承担。（http://zxgk.court.gov.cn/ 自查失信人网站）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1680,51 +1659,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>