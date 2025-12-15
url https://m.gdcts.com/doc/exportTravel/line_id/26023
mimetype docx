--- v1 (2025-10-24)
+++ v2 (2025-12-15)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CZMB6DDAQ-ZC</w:t>
+              <w:t xml:space="preserve">ZC-CZMB6DDAQ-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -1659,51 +1659,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>