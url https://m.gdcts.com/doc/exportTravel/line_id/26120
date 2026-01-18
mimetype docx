--- v0 (2025-10-04)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【双谷•陕晋传奇】陕西山西双飞6天 | 云丘山万年冰洞  | 雨岔大峡谷 | 波浪谷 | 壶口瀑布 | 兵马俑 | 延安枣园 | 隰县小西天 |苹果采摘（纯玩）行程单</w:t>
+        <w:t xml:space="preserve">【新品•非遗里的新年】陕西河南山西双飞6天 |龙门石窟 | 天堂明堂 | 地坑院 | 大慈恩寺 | 西安博物院 | 大唐不夜城 | 韩城司马迁祠（纯玩）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-20250910A4</w:t>
+              <w:t xml:space="preserve">DFY-202602C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">山西省-陕西省</w:t>
+              <w:t xml:space="preserve">山西省-河南省-陕西省</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -343,114 +343,116 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州—运城CZ3921  1655-1920
-[...3 lines deleted...]
-                （具体航班时间以实际出票为准，可能会调成早机去中午机回来，广州-运城CA4594   0710-0940，运城-广州CA4593   1025-1255以实际出票为准！在不影响原接待条件的情况下，旅行社有权调整行程游览顺序，敬请谅解）
+                以下时间仅供参考，寒假春节旺季，不接受指定航班，以实际名单通知出票为准，敬请谅解
+                <w:br/>
+                【去程】广州-临汾，CZ8927/1620-1910
+                <w:br/>
+                【回程】临汾-广州，CZ8928/2005-2305
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【特色赠送】赠送项目如遇政策或天气或其他人力不可抗因素临时取消或客人自身原因不参观，费用不退，敬请谅解！
-[...11 lines deleted...]
-                ★【行程简表】以下行程安排可能会因大交通、天气、路况等原因做相应调整，实际景点数目不会减少，敬请谅解！
+                ★【价值238元/人大秦帝国】带你沉浸式穿越2000多年走进秦始皇统一六国的壮烈历程！
+                <w:br/>
+                ★【秦佣DIY】亲手“复活”兵马俑，带娃秒变“小小考古家”！
+                <w:br/>
+                ★【唐三彩制作】在非遗大师的指导下，捏塑属于自己的唐三彩马/骆驼（可邮寄回家，邮费自理）
+                <w:br/>
+                ★【非遗剪纸课】跟着传承人剪出自己心目中的“龙凤呈祥”“五谷丰登”窗花！
+                <w:br/>
+                ★【亲子汉服换装】换上唐制汉服，漫步在大唐不夜城主题街区，今夕是何年？原来我们就在盛唐的春节里!
+                <w:br/>
+                ★【舌尖上的年味】匠心安排满载年味的丰盛美食，相聚欢宴，举杯共饮！
+                <w:br/>
+                ★【甄选住宿】全程入住当地四星酒店！西安升级2晚五星酒店！高端就此区分！
+                <w:br/>
+                ★【品质保证】当地必消景交一价全含，赠送蓝牙耳麦讲解器，听无遗漏，高端就此区分！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -567,491 +569,489 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-运城
-[...5 lines deleted...]
-                报名须知：
+                广州-临汾
+                <w:br/>
+                根据航班时间，前往广州白云机场集中，送团人将为您办理登机手续搭乘航班飞赴有“华夏第一都”之称的临汾，入住酒店后，自由逛【鼓楼街】不仅是古代科举考试的重要场地，也是临汾历史文化街区的一部分。它不仅具有历史意义，而且也具有一定的现代价值，是临汾的地标性建筑。
                 <w:br/>
                 我社有权根据港口及具体航班时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间的情况下，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【黄河夜市】
+                景点：【鼓楼街】
                 <w:br/>
                 到达城市：运城
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">运城：蔚徕酒店、维也纳酒店、巴厘岛或同级</w:t>
+              <w:t xml:space="preserve">临汾：秋果酒店、晋琳酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                运城-云丘山-壶口
-[...1 lines deleted...]
-                酒店早餐后，车赴云丘山（约1.5小时），参观“河汾第一名胜”【云丘山】（游览约2小时），这里历史文化积淀博大精深，上古时期，是稷王教民稼穑的农耕文化始发地，是上古羲和以云丘山为北顶高榘观天定时，夏历产生的地方。参观【塔尔坡古村】欣赏云丘山婚俗表演，体验打花鼓、观皮影戏、村长家访、听民歌！还可自费参观全国仅有的【万年冰洞群】（门票120+电瓶车10，此费用非必须产生，如需参观敬请自理）夏日结冰，冬日冒热气，更为奇观的是犬牙交错的冰凌柱争奇斗艳，十分壮观，经央视科技频道探索节目播出之后，吸引着无数游客揭开神秘面纱。车赴壶口（约1.5小时），游览世界上唯一的金色瀑布【黄河壶口瀑布】（约2小时），世界上最大的黄河瀑布，黄河巨流至此，两岸苍山挟持，被压缩到20—30米的宽度。1000立方米/秒的河水，从20多米高的陡崖上倾注而泻，形成“千里黄河一壶收”的气概。
+                临汾-洛阳
+                <w:br/>
+                早餐后，车赴洛阳孟津（约3小时），体验【唐三彩制作】（含每人一件自己的作品，如需邮寄运费自理），参观陶瓷产业领域内历史最传统、资源最丰富、人才最集中、工艺最优秀、产品最畅销的唐三彩企业和唐三彩文化产业基地； 因唐三彩仿古技艺精湛 ，产品曾被当作礼品被国家领导人赠送外宾 ，被称为“ 中国唐三彩文化第一村。 ”走进该村 ，一排排漂亮农家小院的屋脊上，门楼上到处都是仿古的三彩，秦俑，仿佛走进了一座露天的唐三彩陈列馆。通过体验唐三彩素胎施釉制作工艺，创造出属于自己的唐三彩作品，巧妙植入唐代审美与唐三彩制作工艺相关的开相游戏，激发孩子的好奇心，挖掘美的体验，培养他们良好的审美情趣。特别安排：隋唐洛阳城，最潮中国年新春活动（包含景点：明堂天堂、九洲池新春灯会、应天门夜景），洛阳3大网红打卡地，春节期间好物琳琅、美食云集，夜幕下的古城灯火通明，雄伟壮观，往来游客熙熙攘攘，在这里仿佛瞬间穿越到盛世大唐！三大景区动态路线联动，共同演绎万国来“潮”，带您体验“宫里过大年”：开城--沉浸体验、演绎万国来“潮”--开城迎宾、万国来“潮”、金甲巡游、隋唐新展--应天门。上朝--上朝贺岁、复原元日大朝会--元日大朝会、武皇赐宴、庭燎守岁、假面舞会--明堂观灯--皇家灯会、千灯点亮隋唐城--皇家灯会、九洲百戏、鱼灯龙舞、打铁花--九洲池一起穿越盛世“宫里过大年“ 寻找那久违的年味（新春活动属于年味活动，具体活动安排以景区通告为准，敬请谅解）。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【云丘山】【万年冰洞群】【壶口瀑布】
-[...1 lines deleted...]
-                自费项：万年冰洞不含门票及景区交通130元/人
+                景点：【唐三彩制作】【明堂天堂、九洲池新春灯会、应天门夜景】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：养生宴     晚餐：迎亲宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">壶口：七月轩、知青文苑、学苑宾馆或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：河洛小宴     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">洛阳：欣源景致、太学府酒店、丽朵酒店、万龙酒店、丽呈睿轩、伊川智选假日或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                壶口-隰县-延安
-[...1 lines deleted...]
-                早餐后，特别安排【洛川采摘苹果】（项目提示：入园费已含，采摘买苹果费用自理，如遇苹果未成熟不能入园，则改为壶口酥梨采摘或赠送每人2个苹果，无费用退还，敬请谅解），车赴隰县（约1.5小时），游览中国佛教“西方圣境”之地—【隰县小西天】（参观时间 2 小时），原名千佛庵。一看明版善本藏经；二看彩色悬塑艺术：全堂彩塑是我国少见的彩塑艺术群塑；三看小西天楹联“果有因因有果，有果有因，种甚因结甚果；心即佛佛即心，即心即佛，欲求佛先求心”。车赴延安（约2.5小时），游览【杨家岭】（游览约1小时），中共中央在这里领导和开展了轰轰烈烈的大生产运动和延安整风运动。游览【枣园】（游览约1小时），毛泽东同志和老一辈无产阶级革命家，在这里领导和指挥了抗日战争和解放战争，培育了永放光芒的“延安精神”。
+                洛阳-三门峡
+                <w:br/>
+                早餐后，参观世界文化遗产，中国最大的皇家石刻艺术宝库【龙门石窟】（约2小时，含景交含耳麦），以伊河为界，分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期，是龙门精华的部分，通过聆听导游现场讲解的石刻艺术，思考不同历史时期的政治和文化时尚。车赴三门峡（约2小时），游览【陕州地炕院】（约2小时），作为一种古老而神奇的民居样式，地炕院蕴藏着丰富的文化，是全国乃至世界唯一的地下古民居建筑，被誉为“地平线下的古村落，民居史上的活化石”，春节期间，“醒狮迎宾”“盛世花开”“黄河起源”“黄河明珠”“黄龙入海”“灵蛇献瑞”“光耀陕州”“生肖迎春”等丰度的新春活动轮番上演，地上与地下空间联动映衬，现代技术与年俗文化完美融合，层次丰富，亦真亦幻，打造古老民居中的光影浪漫（新春活动属于年味活动，具体活动安排以景区通告为准，敬请谅解）。游览【天鹅湖国家湿地公园】（约1小时），每年11月-次年三月，成千上万只白天鹅从西伯利亚启程，飞越千山万水如期而至，落脚在黄河之畔，这里已成为中国最大的城市天鹅越冬栖息地，让我们相约三门峡黄河之滨，看一场来自西伯利亚的白色浪漫，听一曲人与自然的和谐交响！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【洛川采摘苹果】【隰县小西天】【杨家岭】【枣园】
+                景点：【龙门石窟】【陕州地炕院】【天鹅湖国家湿地公园】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">延安：丽恒酒店、弘泽酒店、鸿禧南苑、金融宾馆、欢顺酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：牡丹宴     晚餐：十碗席   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">三门峡：万达美华、维也纳、海联国际、美豪怡致或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                延安-靖边-延安
-[...1 lines deleted...]
-                酒店早餐后，车赴靖边（约2.5小时），游览【靖边波浪谷】（游览约3小时），景区内的丹霞地貌景观主要形成于距今9600万年前的白垩纪时期。这里的沙丘不断浸渍地下水，一层层沉积下来，凝结成砂岩,又经地壳运动、流水与风力的自然雕琢，形成了各类线谷、巷谷、赤壁等奇特的丹霞地貌景观。车返延安（约2.5小时），打卡重现北宋延州历史风貌的【金延安】（游览约1小时），以老延安为摹本重现历史场景，穿过曾经激情燃烧的革命岁月，让人仿佛置身于千年前的北宋延州府边塞小城，穿越时空走进当年无数热血青年向往的老延安，领略黄土文化，感受古老延安！特别邀请延安老艺人与您同台互动被称为“天下第一鼓”的【腰鼓表演】，齐唱时代的信仰--陕北红歌唱不衰！
+                三门峡-临潼-西安
+                <w:br/>
+                早餐后，车赴临潼（约2.5小时），参观“世界第八大奇迹”【秦始皇帝陵博物院】（约2.5小时，含耳麦）。景区包含兵马俑1、2、3号坑，兵马俑坑的规模宏大，三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园，而三座坑是按兵法布阵的，其中三号坑是总指挥部统帅三军。独家赠送价值238元/人《大秦帝国-秦陵秘境》（含表演+秦俑手工制作+秦弓体验+真人AI变装）通过自己动手体验，进一步了解修复兵马俑背后的奥秘，学习工匠智慧，增强文物保护意识，通过A1体验，带你沉浸式穿越，走进秦始皇统一六国的壮烈历程，车赴西安，特别安排【亲子汉服换装】换上唐制汉服，漫步在大唐不夜城主题街区，3公里盛唐街区、万盏宫灯、飞天巡游、诗词地屏……无需布景，步步皆画卷；【大唐不夜城新春灯会】（约2小时）（新春灯会属于年味活动，具体时间以景区通告为准，敬请谅解），看盛唐天街花灯万盏，梦回大唐盛世，感受盛唐天街的年味。耗资50亿打造的新唐人街，整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、兵马俑电瓶车不含，单程 5 元/人，乘坐约 5 分钟，如不坐电瓶车需要步行 10 分钟左右；非必须产生项目，请根据自身情况选择。
+                <w:br/>
+                2、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
+                <w:br/>
+                3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。不衰！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【波浪谷】【金延安】
+                景点：【秦始皇帝陵博物院】【大唐不夜城新春灯会】《大秦帝国-秦陵秘境》
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">延安：欢顺酒店、御澜华廷、金岳酒店、泗海酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：秦宫御宴     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">西安：锦江国际酒店、雀笙酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                延安-甘泉-西安
-[...1 lines deleted...]
-                酒店早餐后，赴甘泉（约1.5小时），走进“黄土高原自然的地缝奇观”【甘泉大峡谷】（约2小时），走进峡谷，峡壁呈现凹凸不平，线条流畅，如波浪从您身边划过，宽的地方可几人并排可行，窄的地方只容一人过去，属于陕北独一无二的地质奇观！车赴西安（约4小时），漫步于【钟鼓楼广场+北院门仿古步行街】（自由活动约1小时），在具有民族特色的回民小吃街自费品尝美食【网红蛋菜夹馍】、没有翅膀却能带你味蕾飞翔的【羊肉泡馍】、回坊必打卡的【花奶奶酸梅汤】、念念不忘必有回响的【石家包子】，夜游【大唐不夜城】（游览约1.5小时），整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
+                西安一日游
+                <w:br/>
+                早餐后，前往【大慈恩寺】祈福纳祥（约2小时），又名“大雁塔”「闻钟声，烦恼消，智慧长，菩堤增」大慈恩寺雁塔祈福依托长安的唐文化历史资源，每年新年，都會鸣钟祈福。据传，敲响新年的钟声可以給人们带来好运。参观【西安博物院】（约1小时）又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。青铜器的厚重、陶俑的生动、瓷器的温润、金银器的华丽、书画的墨香……无不散发着古文化的独特魅力。游览清朝榜眼高岳崧的府邸【高家大院】（游览约1小时）是了解陕西民俗的好地方。赏非物质文化遗产【皮影戏】厅堂内看戏，体验古代官家的生活。漫步于【钟鼓楼广场+北院门仿古步行街】（约1.5小时），在具有民族特色的回民小吃街自费品尝美食：【网红蛋菜夹馍】、没有翅膀却能带你味蕾飞翔的【羊肉泡馍】、回坊必打卡的【花奶奶酸梅汤】、念念不忘必有回响的【石家包子】等等，
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、西安博物院逢周二闭馆，免费不免票，需提前预约。寒假春节旺季不保证预约成功，如遇闭馆或预约不成功，则改为参观：西安考古博物馆/西安事变纪念馆/陕历博分馆之秦汉馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【甘泉大峡谷】【钟鼓楼广场+北院门仿古步行街】【大唐不夜城】
+                景点：【大慈恩寺】【西安博物院】【高家大院】【钟鼓楼广场+北院门仿古步行街】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">西安：中洲国际、锦业二路智选、怡景花园、高新南智选假日或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：原味陕菜     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">西安：锦江国际酒店、雀笙酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-临潼-运城-广州
-[...9 lines deleted...]
-                3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
+                西安-韩城-临汾-广州
+                <w:br/>
+                酒店早餐后，车赴韩城（约2小时），游览【司马迁祠】（约1.5小时，含讲解含耳麦），坐落于韩城市芝川镇的高岗之上，背靠梁山 ，南临黄河，气势肃穆，松柏森森。它不仅是司马迁的归葬之地，更是中华史学精神的象征 ，是无数文人墨客心中的“精神原乡 ”。游览【韩城古城】（约2小时），这里不仅保存着完好的明清古城，更因一位伟大的历史人物而名垂千古——他就是被尊为“ 史圣 ”的司马迁 ，五街七十二巷，街街典雅 ，巷巷古朴，轮回中的明清，怎一个美字所能解释得了完全？ 可在古城内自淘美食，古城内各种面食、小吃应有尽有，饸络面、羊肉糊卜等，车赴机场乘机返广州，结束愉快旅程！
                 <w:br/>
                 交通：汽车，飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：特色餐花椒宴     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1100,51 +1100,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：含往返机票经济舱（机票一经开出，不得更改、不得签转、不得退票）
                 <w:br/>
                 2.住宿：全程入住豪华酒店标准双人房。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准。
                 <w:br/>
-                3.用餐：含5早7正，正餐餐标30元/人/正，升级4个特色餐！，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
+                3.用餐：含5早6正，正餐餐标40元/人/正，升级4个特色餐！，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.门票：含行程中景点首道大门票，不含园中园门票。因个人原因自愿放弃景点参观，将不退还门票费用；在不影响旅游景点的情况下，我司有权对进出港口和旅游景点顺序进行调整，恕不另行通知（长者和学生优惠请携带相关有效证件与当地导游协商退现，门店不办理退门票费用）！
                 <w:br/>
                 5.导游：当地持证专业中文导游！
                 <w:br/>
                 6.交通：陕西省当地旅游空调大巴，9-55座旅游车，根据人数安排车型。
                 <w:br/>
                 7.儿童：半价餐、占车位、导游服务费、 含半价早餐，不占床，含半价门票,超高需当地补门票差价。
                 <w:br/>
                 8.其他：每天每人赠送一瓶矿泉水
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1315,321 +1315,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">红色文化类表演：《再回延安》或《延安延安》</w:t>
+              <w:t xml:space="preserve">盛唐文化类表演：《西安千古情》或《驼铃传奇》</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">含门票+导游服务费+车费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">60 分钟</w:t>
+              <w:t xml:space="preserve">70 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 198.00</w:t>
-[...69 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 298.00</w:t>
-            </w:r>
-[...146 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 240.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1941,51 +1722,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>