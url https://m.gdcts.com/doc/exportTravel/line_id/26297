--- v0 (2025-10-01)
+++ v1 (2025-10-24)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【尊享泰国】曼谷芭提雅6天5晚丨大皇宫丨玉佛寺丨金佛寺丨东方公主号行程单</w:t>
+        <w:t xml:space="preserve">【尊享泰国】曼谷芭提雅6天5晚丨大皇宫丨玉佛寺丨泰式按摩丨杜拉拉水上市场行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -343,114 +343,108 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：CZ363 / 15:50-17:55，飞行时间约3小时，时差1小时
-[...1 lines deleted...]
-                参考航班：CZ8024 / 18:05-22:10，飞行时间约3.5小时，时差1小时
+                参考航班：CZ357 / 08:15-10:20，飞行时间约3小时，时差1小时
+                <w:br/>
+                参考航班：CZ8024 / 18:05-22:15，飞行时间约3小时，时差1小时
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、超爽行程：【大皇宫+玉佛寺、金佛寺】：深入了解佛教文化。
-[...13 lines deleted...]
-                     真无自费，含高价值必玩项目：泰拳表演、神秘表演秀、太平洋观景台、富贵黄金屋、实弹射击、水果榴莲大餐
+                精彩独家行程：大皇宫+玉佛寺、泰式按摩、海天盛筵、杜拉拉水上市场、JODD新火车头夜市、打卡跑男拍摄地唐人街、泰爽庄园一站式泰式玩乐体验......
+                <w:br/>
+                欢乐畅玩：芭堤雅游金沙岛+珊瑚岛，海岛风光，阳光沙滩。。。
+                <w:br/>
+                奇趣之旅：实弹射击场，体验真枪实弹射击的刺激。
+                <w:br/>
+                升级美食盛宴：曼谷盛泰兰五星酒店自助餐、咖喱螃蟹，泰爽庄园帝王宴、海天盛筵船晚餐、美人鱼悬崖餐厅下午茶、皇权免税店自助餐、榴莲水果餐！
+                <w:br/>
+                全程3晚曼谷网评五钻酒店+2晚芭提雅中天温德姆国际五星酒店 ！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -567,74 +561,74 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州 - 曼谷
-[...1 lines deleted...]
-                于指定时间广州白云机场集中，在领队带领下前往柜台办理登机手续。乘搭客机飞往泰国曼谷素万那普机场。抵达后，前往酒店入住休息。
+                广州 - 曼谷 - 泰式古法按摩 - 唐人街
+                <w:br/>
+                于指定时间广州白云机场集中，在领队带领下前往柜台办理登机手续。乘搭客机飞往泰国曼谷素万那普机场。抵达后前往体验【泰式按摩】（按摩时间大约60 分钟）可以使人快速消除疲劳，恢复体能，还可增强关节韧带的弹性和活力， 恢复正常的关节活动功能，达到促进体液循环，保健防病，健体美容的功效。（注意：12岁以下小孩体骼成长未健全不含按摩。）【唐人街】（游览时间大约60分钟）在泰国首都曼谷市区西部，是城区最繁华的商业区之一，其规模及繁华程度，在东南亚各地的唐人街中，堪称魁首。前往酒店入住休息。
                 <w:br/>
                 交通：参考航班：CZ363 / 15:50-17:55，飞行时间约3小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：泰式风味餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">曼谷网评五钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -645,79 +639,74 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大皇宫 - 玉佛寺 - 湄南河游船 - 农夫水果市场 - 泰式按摩  - JODD新火车头夜市
-[...8 lines deleted...]
-                2、泰国是一个小费制的国家，当各位贵宾在享受了别人提供的服务后需要给予一定的小费作为答谢，例如：按摩需要给50铢小费，每晚酒店要给20铢小费等。
+                大皇宫 - 玉佛寺 - 湄南河游船 - JODD新火车头夜市
+                <w:br/>
+                早餐于酒店后安排参观金碧辉煌的拉玛皇朝【大皇宫】（大皇宫、玉佛寺游览大约90－100分钟，专业皇家讲解员解说），这里汇集了泰国建筑、绘画、雕刻和装潢艺术的精粹，其风格具有鲜明的暹罗建筑艺术特点，深受各国游人的赞赏，被称为“泰国艺术大全”。【玉佛寺】和大皇宫相邻，以尖顶装饰、建筑装饰、回廊壁画三大特色名扬天下，体现了泰国佛教建筑、雕刻、绘画的艺术瑰宝。【湄南河长尾船】（乘长尾船游览时间大约30分钟），沿着昭拍耶河观赏两岸美景，船游远眺【郑王庙】和【水门大佛】。【网红JODD FAIRS新火车头夜市】（游览时间大约60分钟）一改以往色彩缤纷的帐篷，而是统一以白色简约色作主调，充满文青风格。于2021年11月，夜市已迁址至拉玛九路重新亮相于人前! 旧有的拉差达火车夜市标志物亦由火车变成古董车，令人眼前一亮！夜市里集合了各种泰国知名小吃（火山排骨、水果西施、彩虹土司等等），完全满足到你的味蕾！
+                <w:br/>
+                〖温馨提示〗参观大皇宫须穿长裤或过膝长裙，不可穿拖鞋，女士不可穿露背、吊带上衣及超短裙。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：盛泰兰自助餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：盛泰兰自助餐     晚餐：火山排骨   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">曼谷网评五钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -728,239 +717,242 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                珠宝画廊 - 人蛇大战 - 实弹射击场 - 杜拉拉水上市场 - 泰爽庄园 - 神秘表演秀
-[...3 lines deleted...]
-                后前往【泰爽庄园】，带领您一一体验原汁原味的泰国风情：海龙王瀑布，爽泰花园，您可亲临【骑大象】【坐马车】欣赏四周花园美景，换上泰国民族服饰体验【泼水节狂欢】彼此送上美好祝福，品尝【时令水果榴莲大餐】，让您和家人一起感受独特的泰式生活。晚上，特别安排品尝一顿正宗的【泰式帝王宴】，泰式帝王宴是根据泰国古代宫廷菜谱，选用新鲜高档食材精心烹制的泰国皇家菜肴及各地区精美小吃，并为您安排欣赏精彩绝伦的【泰国文化表演】。后前往观看泰国有名的【神秘表演秀】。
+                实弹射击 - 杜拉拉水上市场 - 泰爽庄园
+                <w:br/>
+                早餐于酒店后前往【实弹射击场】，体验真枪实弹射击带来的刺激（每人赠送五发子弹，如果自行放弃，子弹不能转让他人使用。18岁以下儿童，以及60岁以上老人不赠送）。【杜拉拉水上市场】（游览时间大约60分钟）方圆36800平方公尺面积融合了浓郁纯朴的泰国乡村文化气息，一幢幢古色古香的木雕风格泰屋围建于迂回的河道上而形成风情独特的水上人家。河岸边设铺摆摊、水道央行舟贩卖琳琅商货的水上市场，间或有传统民俗舞蹈笙歌，又见炊烟袅绕的食档扁舟烹饪着当地小吃，小贩殷勤的吆喝，让游客无法拒绝。相信古朴的水乡风情魅力将会在您旅行记忆中定格为远离泰国都市现代化外最动人的画面。【泰爽庄园】（游览时间大约60分钟）带领您一一体验原汁原味的泰国风情：海龙王瀑布，爽泰花园，您可亲临【骑大象】【坐马车】欣赏四周花园美景，换上泰国民族服饰体验【泼水节狂欢】彼此送上美好祝福，品尝【时令水果榴莲大餐】，让您和家人一起感受独特的泰式生活。晚上特别安排品尝一顿正宗的【泰式帝王宴】泰式帝王宴是根据泰国古代宫廷菜谱，选用新鲜高档食材精心烹制的泰国皇家菜肴及各地区精美小吃，并为您安排欣赏精彩绝伦的【泰国文化表演】。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：泰式咖喱蟹     晚餐：泰式帝王宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">芭堤雅网评五钻酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：咖喱螃蟹风味餐     晚餐：泰式帝王宴   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芭提雅中天温德姆酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                游艇出海游 - 太平洋观景台 - 东方公主号 - 泰拳表演
-[...1 lines deleted...]
-                早餐于酒店，后导游已经身着短裤短袖抱着浴巾在大厅等候着您，提醒您千万不可穿长裤皮鞋出海。后安排乘游艇出海，已经成为芭提雅最火爆的度假休闲方式！这不仅是一种时尚，更是一种浪漫的轻奢体验。想象一下，在宽广的海洋上，你与亲朋好友一起，享受着海风的拂面，感受着海水的波动，仿佛整个世界都属于你们。（水上项目(费用自理）：香蕉船、摩托艇、水上漂移沙发等)，午餐享用游艇自助餐。继而前往【太平洋观景台】，设在芭堤雅最高的山上,面朝暹罗湾，确实是芭堤雅观景的最佳去处。在参观了多处风光之后，感到累了的时候，就可以上山顶休息，能见到暹罗湾的外海，令人眼界赫然开朗。后登上【东方公主号】（游览时间约60分钟）停于暹罗湾海洋之中，外围环绕着美丽的沙滩浪漫的夜景，汇集泰国顶级当红艺人与你热情共舞，热闹的气氛带你渡过罗曼蒂克的夜晚，船上无限供应洋酒和啤酒，望你能带着酒意沉浸在浪漫灯光和悦耳旋律怀抱，让您感受不一样的开心，不一样的玩法及美好回忆。晚餐结束后，前往观看泰国精彩的【泰拳表演】，泰拳是发源于泰国，弘扬于世界的搏击技术，被称为“八臂拳术”、“八条腿的运动”、“八肢的艺术”、“八体的科学”。
+                金沙岛出海 - 珊瑚岛 - 东方公主号
+                <w:br/>
+                早餐于酒店后导游已经身着短裤短袖抱着浴巾在大厅等候着您，提醒您千万不可穿长裤皮鞋出海。后安排快艇到芭堤雅唯一真正的四面环海岛屿【金沙岛】(乘快艇时间约 30 分钟，格兰岛时间 约60分钟，由客人玩项目时间而定)该岛是芭提雅常规团体抵达离岛中沙滩最大、沙质最 好、人气最旺、商业最繁荣的海岛，这里有各种水上活动，跳伞、水上摩托艇等都可自由参加。后乘坐快艇达到【珊瑚岛】（自由活动时间大约 90-120 分钟）尽情欣赏海岛风光，享受阳光 沙滩，享受一个悠闲自在的假期，在岛上用餐。后登上【海天盛筵】(Oriental Princess)（游览时间大约60分钟） 是芭堤雅首艘集餐饮及娱乐于一身的游轮，亦是芭堤雅著名的遊船之一，同時也是非常美妙的体验。登上东方公主号可饱览暹罗湾沿岸的芭堤雅夜景，而 ”海天盛筵男模海上餐厅”位於此遊船的三楼，可以一边欣賞一望无际的芭堤雅，一边感受海风的拂面，同時还能享受到激情四射的歌舞表演。
                 <w:br/>
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 1、今日出海，请换轻松休闲服。
                 <w:br/>
                 2、因为海上之水上项目涉及个人身体状况，导游仅介绍，如有需要请自愿自行参加，提前准备防水袋以
                 <w:br/>
                 免手机及电子产品被海水侵蚀！当然防晒霜是必不可少的。
                 <w:br/>
-                3、海上项目请自理（例如香蕉船，降落伞等），且不在普通意外险范围，需另签保。
+                海上项目请自理（例如香蕉船、降落伞、摩托艇等），且不在普通意外险范围，需另签保。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：游艇自助餐     晚餐：东方公主号游船餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">芭堤雅网评五钻酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：游艇自助餐     晚餐：海天盛筵游船餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芭提雅中天温德姆酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                金佛寺祈福 - 国际睡眠体验馆 - 富贵黄金屋 - KING POWER免税店
-[...3 lines deleted...]
-                午餐安排品尝一顿富贵千人宴。后前往【KING POWER免税店】（约120分钟），泰国皇权免税店隶属于泰国王权国际集团旗下。汇聚众多世界时尚热销品牌，购物空间优雅舒适，两层零售商店，占地面积1.2万平米，提供丰富的豪华商品、手表、皮具、香水、护肤品和化妆品、电器和珠宝首饰。泰国工艺品、丝绸、纪念品、优质葡萄酒、香烟和雪茄应有尽有。（备注：如您购买免税商品，需要在机场提货。）
+                四面佛祈福 - 21 航站楼美食广场 -  美人鱼悬崖下午茶 - KINGPOWE免税店
+                <w:br/>
+                早餐于酒店后前往【四面佛】（游览大约45分钟）前往泰国当地香火鼎盛的寺庙进香祈福，为自己、为亲朋好友求得平安好运。【21航站楼美食广场】（游览时间大约60分钟）这里有丰富的各地美食，能够充分 满足您的味蕾。午餐广场自理。【美人鱼悬崖下午茶】（游览大约 60 分钟）芭提雅非常有名的美人鱼餐厅, 以独特的地理位置和美景著名～网红摄影打卡胜地,落日更是非常绝美。【KING POWER免税店】（游览时间大约60-90分钟）泰国皇权免税店隶属于泰国王权国际集团旗下。汇聚众多世界时尚热销品牌，购物空间优雅舒适，两层零售商店，占地面积1.2万平米，提供丰富的豪华商品、手表、皮具、香水、护肤品和化妆品、电器和珠宝首饰。泰国工艺品、丝绸、纪念品、优质葡萄酒、香烟和雪茄应有尽有。（备注：如您购买免税商品，需要在机场提货。）
+                <w:br/>
+                <w:br/>
+                〖温馨提示〗
+                <w:br/>
+                泰国是一个小费制的国家，当各位贵宾在享受了别人提供的服务后需要给予一定的小费作为答谢，例如：
+                <w:br/>
+                按摩需要给50铢小费，每晚酒店要给20铢小费等。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：富贵千人宴     晚餐：免税店自助餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：免税店国际自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">曼谷网评五钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -975,51 +967,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 曼谷 - 广州
                 <w:br/>
                 乘搭客机返回广州机场后，结束愉快的旅程！
                 <w:br/>
-                交通：参考航班：CZ8024 / 18:05-22:10，飞行时间约3.5小时，时差1小时
+                交通：参考航班：CZ8024 / 18:05-22:15，飞行时间约3小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1085,169 +1077,164 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、大交通：广州—曼谷往返机票及税金。
                 <w:br/>
-                2、门票： 行程中所列景点首道门票（不含园中园门票）。
-[...9 lines deleted...]
-                网评五钻酒店。 
+                2、门票：行程中所列景点首道门票。
+                <w:br/>
+                3、用车：跟团期间的空调用车，按照实际参团人数安排交通车辆，座位次序为随机分配，不分先后，保证 1人1正座，自由活动期间不包含用车。   
+                <w:br/>
+                4、用餐：行程所列餐食，早餐不用不退。正餐十人一桌（八菜一汤，人数减少可能调整份数），或定食套餐每人一份，团队用餐，不用不退，敬请谅解！          
+                <w:br/>
+                5、住宿：3晚曼谷休闲酒店The Leisure Hotel、曼谷白金套房酒店The PlatinumSuite或不低于同档次网评五钻酒店。
+                <w:br/>
+                2晚芭堤雅芭堤雅中天海滩温德姆酒店(WYNDHAM JOMTIEN PATTAYA)或不低于同档次网评五钻酒店。 
                 <w:br/>
                 以上所列酒店视为优先安排酒店，如遇所列酒店房满情况下，则安排同档次的其他酒店，敬请谅解！
                 <w:br/>
                 东南亚酒店没有星级标准及挂星制度，行程中所列名的标准以参考携程或agoda或booking网评标准，部分酒店大床房为两小床拼成大床，敬请谅解！
                 <w:br/>
-                <w:br/>
-                注：用房为2人入住1间房，单男单女及单人住宿，则要求须补单房差费用。
+                注：用房为2人入住1间房，如您要求单住，则须补单房差费用。
                 <w:br/>
                 6、导游：当地中文导游服务。（接驳期间或自由活动期间不含导游服务）
                 <w:br/>
                 7、领队：全程领队服务。  
                 <w:br/>
-                8、保险：50万保额的旅游意外保险、旅行社责任险。
-[...1 lines deleted...]
-                9、购物：全程3个购物店
+                8、保险：30万保额的旅游意外保险、旅行社责任险。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、泰国签证费（目前泰国实行免签政策）。
                 <w:br/>
-                2、导游服务费￥300元/人（需出团前付清）。
-[...1 lines deleted...]
-                3、如单人出游，要求享受单房，请补交单人房差￥1000元/人/5晚，泰国酒店没有三人房。
+                2、综合服务费￥300元/人（随团费一并收取）。
+                <w:br/>
+                3、如单人出游，要求享受单房，请补交单人房差￥900元/人。
                 <w:br/>
                 4、自费项目以及景区内的小景点或交通车等额外费用。
                 <w:br/>
                 5、非行程内活动项目及个人消费。
                 <w:br/>
                 6、燃油附加税升幅及超重物品托运费。
                 <w:br/>
                 7、不可抗力因素所产生的费用。
                 <w:br/>
-                8、除自由活动外，客人若离团需缴纳离团费￥1000元/人/天。
+                8、除自由活动外，不可离团。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">购物点</w:t>
+        <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="4200" w:type="dxa"/>
         <w:gridCol w:w="2000" w:type="dxa"/>
         <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
-        <w:tblStyle w:val="shop"/>
+        <w:tblStyle w:val="own"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">项目类型</w:t>
             </w:r>
           </w:p>
@@ -1315,244 +1302,102 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">珠宝展示中心</w:t>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">120 分钟</w:t>
+              <w:t xml:space="preserve">富贵黄金庄园</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">泰国华人首富花费14亿泰铢重金打造的一个富丽堂皇的风水宝地私家花园。参观纯金打造的望海观音，体验真正有钱人的奢华生活，参观佛堂，招财纳运。电视连续剧“流星花园”曾以这里取景拍摄。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"/>
-[...141 lines deleted...]
-              <w:t xml:space="preserve"/>
+              <w:t xml:space="preserve">฿(泰铢) 1,000.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1581,59 +1426,60 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
+                <w:br/>
                 备注
                 <w:br/>
-                1、2-11岁小孩不占床减￥300元/人；12-18岁小孩必须占床加收￥1200元/人。
-[...1 lines deleted...]
-                2、65岁以上长者（包含65岁）加收￥300元/人。
+                1、2-11岁小孩不占床与成人同价；12-18岁小孩必须占床加收￥500元/人。
+                <w:br/>
+                2、70岁以上长者（包含70岁）需签订健康免责承诺函。
                 <w:br/>
                 3、按照航空公司条例：除了持中国大陆护照的，港澳台护照及外籍护照加收500元/人；（签证自理）所有团队机票，一旦误机或出票后因客人个人问题不能参团机票款及机场税均不允许退税。
                 <w:br/>
-                4、切记：因客人信用导致无法正常出发而所产生的费用损失由客人自行承担。
+                4、切记：因客人信用导致无法正常出发而所产生的费用损失由客人自行承担。（http://zxgk.court.gov.cn/ 自查失信人网站）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1816,51 +1662,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-02</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2031,52 +1877,52 @@
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="shop">
-    <w:name w:val="shop"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>