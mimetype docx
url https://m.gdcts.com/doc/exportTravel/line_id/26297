--- v1 (2025-10-24)
+++ v2 (2025-12-13)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ZXMB6D5CZ-ZC</w:t>
+              <w:t xml:space="preserve">ZC-MB6D5CZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -825,51 +825,51 @@
                 1、今日出海，请换轻松休闲服。
                 <w:br/>
                 2、因为海上之水上项目涉及个人身体状况，导游仅介绍，如有需要请自愿自行参加，提前准备防水袋以
                 <w:br/>
                 免手机及电子产品被海水侵蚀！当然防晒霜是必不可少的。
                 <w:br/>
                 海上项目请自理（例如香蕉船、降落伞、摩托艇等），且不在普通意外险范围，需另签保。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：游艇自助餐     晚餐：海天盛筵游船餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：岛上简餐     晚餐：海天盛筵游船餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芭提雅中天温德姆酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -963,53 +963,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                曼谷 - 广州
-[...1 lines deleted...]
-                乘搭客机返回广州机场后，结束愉快的旅程！
+                曼谷 - 暹罗商圈 - 农夫水果市场 - 广州
+                <w:br/>
+                早餐后前往【暹罗商圈】（Siam）不仅是整个曼谷的中心，甚至是整个泰国的中心，也是世界各地游客到曼谷必须打卡的地标。【网红农夫水果市场】（游览时间大约60分钟）蕴含泰国丰富独特的市场文化，却是值得让人 白天舍弃环境舒适的水果购物中心，也得前来逛逛的好地方。根据航班时间前往曼谷机场乘搭客机返回广州机场后，结束愉快的旅程！
                 <w:br/>
                 交通：参考航班：CZ8024 / 18:05-22:15，飞行时间约3小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1662,51 +1662,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>