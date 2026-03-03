--- v1 (2025-12-15)
+++ v2 (2026-03-03)
@@ -343,118 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-昆明 AQ1119/1855-2145/CZ3419/2140-0010+1
-[...1 lines deleted...]
-                昆明-广州 AQ1120/2255-0100/CZ3500/2130-2355
+                广州-昆明 AQ1119/1855-2145/CZ3489/1855-2130
+                <w:br/>
+                昆明-广州 AQ1120/2255-0100/CZ3500/2015-2225
                 <w:br/>
                 仅供参考，以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                5 A精选：玉龙雪山大索道、丽江古城、昆明石林
-[...15 lines deleted...]
-                尽情尽兴：畅游大理古城、丽江古城，在浓郁的民族风情中，享受静谧的小时光
+                ✅  5A精选：玉龙雪山大索道、丽江古城、昆明石林，在自然和文化课堂里收藏共同的惊叹号
+                <w:br/>
+                ✅  贴心旅程：升级大理动车返回昆明，把时间留给更美好的时光
+                <w:br/>
+                ✅  老饕玩法：桃源苍洱大观线
+                <w:br/>
+                【音乐酒吧车】乘坐专属定制行走的音乐吧，和宝贝一起欢唱移动KTV，车轮上的家庭音乐会
+                <w:br/>
+                【洱海生态廊道】骑行于苍洱，赠旅拍航拍，用镜头定格家庭笑脸
+                <w:br/>
+                【金花共舞】与白族金花共同起舞，同乐于苍洱大观
+                <w:br/>
+                【喜洲古镇有风小院】体验国家级非物质文化遗产，完成专属扎染，把非遗记忆带回家
+                <w:br/>
+                ✅  特色美食：楚雄长街宴彝族篝火晚餐+风味餐，篝火映红家人的脸庞，欢声笑语一起舞
+                <w:br/>
+                ✅  尽情尽兴：畅游大理古城、丽江古城，在浓郁的民族风情中，享受静谧的小时光
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -789,53 +789,54 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                楚雄→→大理（行驶约180公里，2.5小时）
+                楚雄→大理（行驶约180公里，2.5小时）
                 <w:br/>
                 行程：圣托里尼·理想邦-乘坐音乐酒吧车-廊道骑行-航拍旅拍-扎染
+                <w:br/>
                 <w:br/>
                 早上：酒店自助早餐
                 <w:br/>
                 上午：前往大理（约2.5小时车程）我们将特意安排打卡大理抖音最网红景点，有中国圣托里尼之称的【圣托里尼·理想邦】浪漫从这里开始。蓝色浪漫，白色纯净，温柔与风和白云一样恍惚，（带着美美的、帅气的衣服）在这里随便一拍都是大片。蓝天像被洗涤晒干了的蓝色一样浪漫。
                 <w:br/>
                 下午：前往桃源苍洱大观线。游览如下：
                 <w:br/>
                 第一站:【乘坐音乐酒吧车】：到达大理苍山十九峰之首云弄峰下，观苍山之险峻，赏洱海之碧波，乘坐【音乐酒吧车】行进廊道之中，共享海天一色。（20分钟）
                 <w:br/>
                 第二站：【生态廊道骑行】：可选心仪自行车，骑入自然之中，用些许汗水换取美妙风景，为自己的心灵之旅添上一笔美好回忆。（30分钟）
                 <w:br/>
                 第三站：【航拍、旅拍】：专业摄影师和航拍师已为您提前找好记录苍洱美景最好的机位，只等您的到来，带上您最好的状态展现在镜头前，将您留在大理的笑容再一次具象化。（4张照片、15分钟）。
                 <w:br/>
                 第四站：【金花共舞】：廊道最美草湾，临水与白族金花共同起舞，同乐于苍洱大观（15分钟）。
                 <w:br/>
                 第五站：前往【喜洲古镇有风小院】体验大理民间传统手工艺【非遗白族扎染】（可带走一份A4大小扎染布）扎染是我国民间传统的染色技术之一，与蜡染和镂空印花并称为我国古代三大印花技术。扎染曾一度较为兴盛，技术成熟，花色繁多，很多地区都生产使用。唐朝尤为兴盛，后来由于历史原因，扎染濒临绝迹。扎染除了在印度、柬埔寨、泰国、印度尼西亚、马来西亚等国保留外，仅在中国的西南少数民族地区仍旧保留使用。
                 <w:br/>
                 晚上：晚餐体验原汁原味风土人文，参与篝火晚会载情歌舞，跳一段白族打跳舞，听白儿女唱着古老的白族歌谣，火光摇曳，星汉灿烂，感受一场传承文化的时光穿梭旅行。鼓起勇气加入人群中，围着火堆手拉手，跳一次白族专属的广场舞，是令人难忘的体验。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.高原地区紫外线强，请各位贵宾涂抹好防晒霜，带好遮阳帽等，并注意安全
                 <w:br/>
@@ -893,78 +894,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大理→→丽江（行驶约180公里，2.5小时）
-[...5 lines deleted...]
-                下午：后根据索道预约时间乘车前往丽江游览国家5A级景区【玉龙雪山】（整个景区约180分钟）。乘坐【冰川大索道】（赠送雪山能量包：防寒服+小瓶氧气）走进冰川公园，攀登雪山栈道，看青山如黛，赏雪山美景。玉龙雪山是中国最南的雪山，也是北半球最南的大雪山。最高海拔5596米， 以险、奇、美、秀著称于世；有时霞光辉映，雪峰如披红纱，娇无比。在碧蓝天幕的映衬下，像一条银色的玉龙在作永恒的飞舞，故名“玉龙山”。之后前往游览【蓝月谷】（不含电瓶车，不推不含），源自雪山的万古冰雪消融之后顺着峭壁流淌而下，不断汇集为山涧、溪流，最终在蓝月谷中形成了清澈见底、甘冽无比的河流。晴天时，水的颜色是蓝色的，山谷呈月牙形，远看就像一轮蓝色的月亮镶嵌在玉龙雪山脚下。
+                大理→丽江（行驶约180公里，2.5小时）
+                <w:br/>
+                行程：大理古城-玉龙雪山大索道-丽江古城
+                <w:br/>
+                <w:br/>
+                早上：酒店自助早餐
+                <w:br/>
+                上午：前往大理最美【大理古城】（车程约30分钟，游览约120-150分钟）赏“一水绕苍山，苍山抱古城”的雄秀相间，在汇聚南诏文化的“太和城遗址大理古城，感受“三月街”的浓郁风情,讲述大理国悠长厚重的文化印记。
+                <w:br/>
+                下午：后根据索道预约时间乘车前往丽江游览国家5A级景区【玉龙雪山】（整个景区约150分钟）乘坐【冰川大索道】（赠送雪山能量包：防寒服租借使用归还+小瓶氧气）走进冰川公园，攀登雪山栈道，看青山如黛，赏雪山美景。玉龙雪山是中国最南的雪山，也是北半球最南的大雪山。最高海拔5596米， 以险、奇、美、秀著称于世；有时霞光辉映，雪峰如披红纱，娇无比。在碧蓝天幕的映衬下，像一条银色的玉龙在作永恒的飞舞，故名“玉龙山”。（备注：玉龙雪山门票为统一提前制卡实名制购买，若退票或改期门票会全损，若至景区因个人原因放弃游览，无法退费，敬请谅解。）
                 <w:br/>
                 晚上：后自行前往【丽江古城】丽江古城属于开放式景区，大家自行游览，游玩后自行返回酒店。自由活动期间，您可前往打卡网红油纸伞街、大水车、夏夏手鼓店等，当然也可以去古城寻觅古今中外荟萃的美食，烤串、鸡豆粉、腊排骨等，自由选择，大饱口福。
                 <w:br/>
                 <w:br/>
-                温馨提示：
-[...15 lines deleted...]
-                5、雪山上气候温度较低，游览时请注意防寒保暖；
+                【温馨提示】 
+                <w:br/>
+                1、玉龙雪山大索道管理处告知，至2015年起，丽江玉龙雪山风景区参观实行限流政策，游客乘坐大索道前往冰川公园执行实
+                <w:br/>
+                名制预约制度，我社尽量预约大索道门票。如遇预约不成功或者因天气、检修停运或限制游览人数等不可抗力原因不能上大索，则将改为景区应急索道票（云杉坪索道或牦牛坪索道），并退差价80元/人。如三条索道皆限流或停运，将现退差价120元/人不上索道。请知悉，敬请理解！
+                <w:br/>
+                2、玉龙雪山海拔4000m以上，如出现头晕、呼吸困难等症状，请尽快告知随团导游或景区工作人员；
+                <w:br/>
+                3、旺季游览期间，索道游客集中，有可能会出现排队现象，请您耐心等待；
+                <w:br/>
+                4、雪山上气候温度较低，游览时请注意防寒保暖。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -998,54 +996,60 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 丽江→大理（车程约2.5小时）→昆明（动车约2小时）
                 <w:br/>
-                唐卡手工绘制体验-束河古镇-大理动车返回昆明
-[...2 lines deleted...]
-                上午：酒店自助早餐，随后前往【唐卡手工绘制体验】，了解藏文化，学习唐卡知识:在开始绘制之前，有专业的唐卡画师或者指导老师为你介绍唐卡的历史、文化背景、艺术特点以及绘制唐卡的基本要求和注意事项等，这有助于你更好地理解和体验唐卡艺术。之后游览中国魅力名镇【束河古镇】（车程约30分钟，游览约150分钟）“夜市荧火，龙门望月，雪山倒映，断碑敲音。鱼水亲人，西山红叶，石莲夜话，柳烟平桥。”丽江著名的束河八景，是马帮几百年踩出的烙印，这里曾是木氏土司的发祥地和纳西集市，现成为游人最爱的丽江休闲之所。后根据动车车次，大理乘动车回昆明。入住昆明酒店。（因节假日、旅游旺季或车次、运行图调整等特殊原因及堵车、限流等人力不可抗因素造成动车票火车票超售、停售、延误等导致游客无法从行程规定的动车，火车往、返地或无法乘坐动车火车的极端情况，我社会根据实际情况调整为乘汽车往、返，动车票火车票价冲抵车费，敬请谅解）
+                束河古镇-二次进山-印象丽江/丽水金沙-蓝月谷-大理动车返回昆明
+                <w:br/>
+                <w:br/>
+                上午：酒店自助早餐，游览中国魅力名镇【束河古镇】（车程约30分钟，游览约90-120分钟）“夜市荧火，龙门望月，雪山倒映，断碑敲音。鱼水亲人，西山红叶，石莲夜话，柳烟平桥。”丽江著名的束河八景，是马帮几百年踩出的烙印，这里曾是木氏土司的发祥地和纳西集市，现成为游人最爱的丽江休闲之所。
+                <w:br/>
+                之后安排二次进雪山，游览【蓝月谷】（赠送电瓶车，不坐不退）源自雪山的万古冰雪消融之后顺着峭壁流淌而下，不断汇集为山涧、溪流，最终在蓝月谷中形成了清澈见底、甘冽无比的河流。晴天时，水的颜色是蓝色的，山谷呈月牙形，远看就像一轮蓝色的月亮镶嵌在玉龙雪山脚下。
+                <w:br/>
+                后赠送观赏原生态大型实景演出《印象丽江》（赠送项目，不看不退费用；不可抗力因素导致无法游览不退费。如安排不了【印象丽江】，则换成【丽水金沙】）印象丽江由中国最具影响力的导演张艺谋携手王潮歌、樊跃共同执导、历时1年多时间，经上百次修改完成，以雪山为背景，集天地之灵气，取自然之大成，以民俗文化为载体，用大手笔的写意，在海拔3100米的世界上最高的演出场地，让生命的真实与震撼，如此贴近每一个人。
+                <w:br/>
+                后根据动车车次，大理乘动车回昆明。入住昆明酒店。（因节假日、旅游旺季或车次、运行图调整等特殊原因及堵车、限流等人力不可抗因素造成动车票火车票超售、停售、延误等导致游客无法从行程规定的动车，火车往、返地或无法乘坐动车火车的极端情况，我社会根据实际情况调整为乘汽车往、返，动车票火车票价冲抵车费，敬请谅解）
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1079,58 +1083,57 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 昆明→斗南花市→飞机→广州（飞行约2小时）
                 <w:br/>
-                上午：前往【斗南花市】（车程约40分钟，游览约150分钟）旅行是快乐的，总要留下美好记忆，最后一天特意为您安排集散市场，这里有特色商品，有需要可以带一份伴手礼回家哦，送亲人送朋友。
-[...6 lines deleted...]
-                备注：第六天19:00前航班或动车，大观楼调整到第二天游览；19：00后航班/动车第六天安排游览大观楼！
+                早上：酒店自助早餐
+                <w:br/>
+                上午：前往【斗南花市】（车程约40分钟，游览约150分钟）旅行是快乐的，总要留下美好记忆，最后一天特意为您安排集散市场，这里有特色商品，有需要可以带一份伴手礼回家哦，送亲人送朋友。备注：因行程是打包优惠价格，如当天1230以前的航班/动车将无法安排【斗南花市】或客人自愿放弃【斗南花市】都需要补交200元/人费用。
+                <w:br/>
+                下午：后根据航班/动车时间，安排送机/送站，结束愉快的云南之旅。晚机赠送游玩【滇池大坝】（【行程备注】滇池大坝为时令景点，为了让各位体验到不同季节的云南风光，滇池大坝景点会根据不同时令季节替代安排大观楼/圆通山赏樱花/蓝花楹盛景等景点，具体以导游当地的安排为准。），位于昆明市西山区观景路，毗邻滇池，全长2.8千米，属全天候免费开放景区。滇池是中国第六大、西南地区最大的淡水湖，站在滇池大坝上，可将滇池的湖光山色尽收眼底，湖面宽阔，碧波荡漾 。该地以冬季观赏西伯利亚迁徙红嘴鸥著称。（赠送项目，不去不退费，不可抗力因素无法安排无费用可退，仅师傅接送，期间无导游，自行游玩，注意安全）。
+                <w:br/>
+                备注：第六天19:00前航班或动车，滇池大坝调整到第二天游览；19：00后航班/动车第六天安排游览滇池大坝！
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。
                 <w:br/>
                 2.感谢各位贵宾对我们工作的支持和理解，针对我们服务工作中的不足，请留下您的宝贵意见。谢谢！
                 <w:br/>
                 3.注意航班/动车时间，考虑到交通等不可预估因素，请提前到机场办理登机手续或动车站办理进站手续，以免延误航班/误车。
                 <w:br/>
                 4.在返程前，请关注目的地当日气候状况，下机前做好添减衣物的准备。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -1212,51 +1215,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票。进出港口、航班时间等以航司出票为准。
                 <w:br/>
                 2、住宿：入住当地豪华酒店的标准双人间。每成人每晚一个床位，若出现单男单女，客人需补单房差入住双标间。
                 <w:br/>
-                3、用餐：含5早6正，赠送雪山营养餐包，正餐35元/人特色餐40元/人（酒店房费含早，不用不退，如有特殊用餐需备注），10-12人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
+                3、用餐：含5早6正，赠送雪山营养餐包，正餐3元/人+特色餐40元/人（酒店房费含早，不用不退，如有特殊用餐需备注），10-12人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：5-55座空调旅游车，按实际人数用车，保证一人一正座。
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。
                 <w:br/>
                 备注：此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、小童：2周岁以下婴儿不含任何费用，全部由家长自理；2-11周岁小孩含机位、车位、半价正餐，不占床位、不含门票（超高门票需当地自理）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1637,51 +1640,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>