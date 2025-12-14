--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【经典江南 钱江观潮】华东双飞6天 | 含9正餐 | 钱塘江观潮 | 中山陵 | 梧桐大道 | 藕园评弹 | 杭州西湖 | 外滩 | 水乡乌镇 | 桑蚕宴 | 太湖三白宴行程单</w:t>
+        <w:t xml:space="preserve">【童话迪士尼·住享希尔顿】华东双飞6天 | 升级一晚希尔顿品牌酒店 | 迪士尼乐园 | 留园| 乌镇西栅 | 灵隐寺祈福 |孤山赏梅 | 拈花湾拍古风 | 品年味特色暖锅宴行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">JB-20250826-A1</w:t>
+              <w:t xml:space="preserve">JB-20251209A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -388,78 +388,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                √ 精选景点：
-[...26 lines deleted...]
-                ❊全程纯玩0购物! 每天赠送矿泉水！
+                ❊童话王国：上海迪士尼乐园嗨玩一整天，点亮您的心中奇梦！
+                <w:br/>
+                ❊年味江南：不可错过的非遗灯会—秦淮灯会；乌镇西栅水上年市烟火气；留园花展；灵隐祈福、禅行灯光秀；
+                <w:br/>
+                ❊精选酒店：全程入住四星酒店（网评4钻)+升级一晚国际希尔顿品牌酒店，尽享旅程的舒适。
+                <w:br/>
+                ❊乌镇过大年：乌镇特色暖锅宴：600元/桌，感受热闹的团圆氛围。‌
+                <w:br/>
+                ❊尊享品质：全程纯玩0购物! 每天赠送矿泉水。
+                <w:br/>
+                ❊报名有礼：每人赠送电影票1张。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -578,521 +561,522 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州--上海
                 <w:br/>
-                广州乘飞机赴（约 2 小时 15 分）上海，抵达后接机，入住酒店。
-                <w:br/>
+                出发：指定时间在广州白云机场集合，乘坐飞机飞上海，抵达后接机，
+                <w:br/>
+                下午：逛【南京路】南京路是上海的第一繁华街，也是上海开埠后最早建立的一条商业街，被誉为＂中华商业第一街＂，步行街长约1200米，两侧商店林立，一眼望去，现代建筑夹杂着欧式老楼，竖挂的店铺灯箱连绵不绝，尤其夜幕之下霓虹灯光闪烁，别有风情。游览：【十里洋场•外滩】（游览时间不少于30分钟）外滩是近代上海城市的起点，也收录着整座城市的精华。自1843年上海开埠（通商）以来，这里便成为了整座城市中最繁华的区域，时至今日。沿着宽阔的黄埔江，外滩一侧百年历史的万国建筑与对岸陆家嘴的新型都市交相辉映，转眼间展现着上海的过往与繁华。
+                <w:br/>
+                 游览：【城隍庙商城 4A】（自由活动时间 1.5小时，晚餐自理）,在老城隍庙内，汇集了众多的上海地方小吃，真可称是小吃王国了。春节期间这里将举行【城隍庙新年灯会】（自由活动时间不少于1.5小时），上海城隍庙新年灯会是新新上海一直传承下来的过年风俗，自清末民初以来，上海城隍庙就和周边的园林、市场以及老街巷融合在一起，成了一个区域的代名词。城隍庙春节期间大小店铺、住户张挂起制作精巧、式样繁多的彩灯，你会看到城隍庙布满元宝、聚宝盆、顺风船、荷花、蝙蝠、蝴蝶、刘海戏金蟾等各式彩灯，气氛好不热闹！新年灯会是上海本土文化的一个载体，更被誉为上海滩旅游的名片。（庙会为春节期间活动，春节期间灯会如遇景区收费，则费用自理，参考价格80元/人。非春节期间过去可提前感受年味）
                 <w:br/>
                 特别备注：
                 <w:br/>
                 1、报名时行程为参考,团航班进出口城市为芜湖/上海/常州/杭州/无锡/南京/扬州/合肥/南通/义乌等或同一港口往返，具体的行程游览顺序将根据航班安排的首末站城市最终确定。
                 <w:br/>
                 2、具体集合时间及地点将在出团前告知。
                 <w:br/>
                 3、航班以实际出票为准，进出港口的不同，入住各城市及景点游览顺序也将有调整，但决不会影响该行程的行走及接待标准，以旅行社出票为准，不可更改，出票前不另行通知，以出发前通知集中时间为准。
                 <w:br/>
                 4、参考航班时间段：06:00-23:55,实际以出票为准。
                 <w:br/>
                 5、因华东特殊情况，第一天有可能会是司机兼导游或安排专职接机导游接机，有可能会与后面的接团导游不同，但不会影响接待质量，请知悉。
                 <w:br/>
                 交通：飞机/旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">上海锦江之星品尚/云舒丽华或不低于以上级别酒店</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：桌餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">上海虹桥北智选假日酒店/开元名庭会展中心店/东江明城或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上海（车约4H）南京
-[...11 lines deleted...]
-                游览：【秦淮河夫子庙风景区】（自由活动不少于1小时）看秦淮河两岸风光，感受旧时“江南佳丽地、金陵帝王洲”的气势，在这里不仅能看到古都南京的历史建筑，还能吃到地道的秦淮风味小吃，可自费品赏特色小吃（魁光阁的五香茶叶蛋、五香豆；永和园的蟹壳黄烧饼、开洋干丝；奇芳阁的鸭油酥烧饼、麻油干丝）；
+                上海一日游
+                <w:br/>
+                早上：享用早餐后车赴上海迪士尼乐园。
+                <w:br/>
+                全天：游览【上海迪士尼乐园】（导游不入园，后自由活动，全天用餐自理，晚上大约21:00左右集中离园），每个人都能在这里点亮心中奇梦。您可在此游览全球最大的迪士尼城堡——奇幻童话城堡，探索别具一格又令人难忘的八大主题园区——米奇大街、奇想花园、梦幻世界、探险岛、宝藏湾和明日世界、疯逛动物城、皮克斯玩具总动员。
+                <w:br/>
+                晚上：点亮奇梦【夜光幻影秀】（如遇雨天或官方停演，费用不变，请谅解!）：当夜幕降临时，在迪士尼城堡前准备迎接迪士尼不容错过的奇迹瞬间，当音乐响起，焰火绽放天际，点亮整个天空，和家人朋友一起许下最美好的心愿！ 伴随着优美的旋律与童话王国道别，这一天的独特体验值得我们用一生来珍藏！
+                <w:br/>
+                迪士尼订票入园注意事项，请认真阅读：
+                <w:br/>
+                ※ 二代身份证作为入园凭证，请携带预订时填写的二代身份证原件前往上海迪士尼乐园刷身份证进园游玩。
+                <w:br/>
+                ※ 凭二代身份证（外籍客户凭护照）可在入园当日多次进出。
+                <w:br/>
+                ※ 门票仅可在购票时所选定的使用日期凭身份证当天入园。
+                <w:br/>
+                ※ 该门票一经预订，不支持退票，不得变更证件！不能换人！不能改期！如客人需要改期、改名、换人出发、变更证件等，只能重新购买门票，原门票费用需要全额扣除！不作任何退款，敬请谅解！
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：桌餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">南京康铂酒店/南京锦江都城酒店或不低于以上级别酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">上海虹桥北智选假日酒店/开元名庭会展中心店/东江明城或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                南京（车约2.5H）无锡（车约1.5H）苏州
-[...9 lines deleted...]
-                车赴苏州，漫步【七里山塘】苏州山塘街是国家AAAA级景区、中国历史文化名街，曾是明清时期中国商贸、文化最为发达的街区之一，被誉为"神州第一古街"。山塘老街全长360米。虽仅有七里山塘的十分之一，却是山塘的精华所在，被称之为"老苏州的缩影、吴文化的窗口"。
+                上海（车约1.5小时）苏州（车约1小时）无锡
+                <w:br/>
+                上午：早餐后车赴苏州，游览：中国四大园林之一的【留园】（游览约90分钟），为我国大型古典私家园林，在一个园林中能领略到山水、田园、山林、庭园四种不同景色。留园以建筑艺术精湛著称，厅堂宏敞华丽，庭院富有变化。欣赏留园三宝：冠云峰、楠木殿、鱼化石。新春期间，留园花展营造丰富多变、喜庆的春节氛围。
+                <w:br/>
+                漫步【平江古街】水陆并行，河街相邻”，典型的苏州特色。这里有全苏州最具特色的老宅民居，最有韵味的石板小路，其清静古朴的生活气息。
+                <w:br/>
+                下午：后车赴东方禅意度假胜地【灵山小镇拈花湾】。游览：【拈花湾】，在如梦如幻的【香月花街】畅游来自世界的禅意主题店铺，邂逅大师的创意佳作；在【公案馆】 里体验禅宗公案，感受迦叶之境、如影随行、点亮心灯和镜花水月的别样魅力； 在守望自然的生态湿地【悠悠渔港】， 欣赏渔舟唱晚的人文画卷；还有财神庙 、如是楼 、拈花堂 、禅趣馆、一笑堂、拈花塔等精品景点。
+                <w:br/>
+                晚餐：小镇里汇聚了来自世界各地四大主题美食：主题禅餐、江南本帮菜、世界多国料理、风味小吃。有多种餐厅， 为方便游览，晚餐敬请自理；
+                <w:br/>
+                夜幕降临，鳞次栉比的灯光映照着东方韵味的禅意小镇，展现出美轮美奂的禅境画面，令人心向往之。
+                <w:br/>
+                观看·Tips： 亮灯仪式    地点：香月花街拈花塔       表演时间：19:00、19:30、20:00、20:20
+                <w:br/>
+                花开五叶    地点：五灯湖广场            表演时间：19:15、19:45、20:15
+                <w:br/>
+                拈花一笑    地点：微笑广场              表演时间：19:00、20:00
+                <w:br/>
+                水幕电影    地点：半山衔日广场         表演时间：18:00-20:30 循环播放
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：桌餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">苏州锦江之星酒店/维也纳智好酒店/非繁诚品酒店或不低于以上级别酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">无锡蝶来花半南长街店/东站智选假日酒店/曙光薇酒店或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                苏州（车约2H）杭州
-[...11 lines deleted...]
-                晚上：推荐自费游览中国最大的宋文化主题景区-【宋城景区+宋城千古情表演】（游玩时间约120分钟，费用自理320-350元/人，含导服+车费）：古越先民劳作生息的动人场景、南宋王朝的繁华如烟、岳飞抗金的英雄悲情、感人至深的白蛇与许仙、催人泪下的祝传说，在这里您不仅可以充分感受古都昔日的繁华景象，也可以欣赏到世界最前的手法演绎出来的一段最古老的文化记忆。
+                无锡（车约2.5小时）南京
+                <w:br/>
+                上午：早餐后乘车赴六朝古都——南京，游览：气势雄伟的【中山陵】（不含电瓶车，博爱广场、陵门、碑亭等）(游览约2小时，周一（法定节假日除外）闭馆，只能到达天下为公，游览约45分钟 )，中山陵坐北朝南，其中祭堂为仿宫殿式的建筑，建有三道拱门，门楣上刻有“民族，民权，民生”横额，祭堂内放置孙中山先生大理石坐像，壁上刻有孙中山先生手书《建国大纲》。
+                <w:br/>
+                下午：游览：中国最大的皇家园林湖泊、仅存的江南皇家园林，被誉为“金陵明珠”——【玄武湖】，湖中分布着五块绿洲，环游烟柳、樱洲花海、梁洲秋菊翠洲云树、凌洲山岚等。李煜《虞美人》：春花秋月何时了，往事知多少，小楼昨夜又东风，故国不堪回首明月中，雕栏玉砌应犹在，只是朱颜改，问君能有几多愁，恰似一江春水向东流；
+                <w:br/>
+                逛【秦淮夫子庙一条街】（自由活动约1小时，晚餐自理，自费品尝小吃，推荐小吃：鸭血粉丝、如意回卤干、盐水鸭、糕团小点、什锦豆腐涝等；推荐店家：夫子庙小吃城、南京大排档、尹氏鸡汁汤包），有乌衣巷、文德桥、秦淮河等。晚上自由步行游览秦淮风光，夜赏秦淮河夜色，感受朱自清笔下的浆声灯里的秦淮河景观。而春节的夫子庙，有秦淮灯会、舞龙舞狮，民间戏曲等，来南京一定不要错过哦（具体活动以官方公示为准）
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：桌餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">杭州星海君澜酒店/三立开元酒店/临平温德姆酒店或不低于以上级别酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">南京锦江都城麒麟门店/南京宜尚酒店/南京世纪缘溧水店或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                杭州（车约1H）海宁（车约1.5小时）上海
-[...11 lines deleted...]
-                车赴：有东方巴黎之称的上海，晚上：推荐游览：上海夜景：【外滩夜色+浦江游船+登金茂大厦或登环球金融中心94层2选1，320元/人自理，大小同价】登金茂大厦，极目远眺，鸟瞰上海日新月异的国际化大都市景观，俯揽长江口浑然天成的海天浩瀚，欣赏动人心弦的璀璨夜景，后乘坐浦江游船，赏外滩风貌，看大上海浮沉往事。
+                南京（车约3.5小时）杭州
+                <w:br/>
+                上午：早餐后乘车赴“休闲之都”杭州。
+                <w:br/>
+                中午：游览“东南第一山”【飞来峰和千年古刹灵隐寺】（约2小时，因为灵隐寺实行预约制，如不能预约上则改为西湖十景——净慈寺），揭秘全国罕见的五代、宋代、元代、明代时期精湛的石窟岩壁佛像雕刻群，自古至今，关于它「从哪来」的猜测和传闻从未停止过。后观名誉天下的佛家名刹【灵隐寺】烧新年第一香，祈求来年一切顺利。原是东晋不为人知的深山古寺，历经多次劫难，世人将美好愿望投映在佛像之上，千年来灵验无比。在天王殿、大雄宝殿、药师殿三大宝殿参拜礼佛，收获佛祖修行故事，感知灵禅宗立身于此的千年文化积淀。
+                <w:br/>
+                下午：接着游览国家5A级风景区——【西湖风景区】（约1.5小时）：杭州之美，美在西湖。游览西湖最大的岛屿——【孤山】，游览西泠桥、西泠印社、平湖秋月、探访林和靖“梅妻鹤子”之所——放鹤亭。腊梅盛开（每年1月底至2月，花期受气侯影响，若遇上不是花期，尽请谅解），孤山赏梅，别具风味，体验中国诗歌史上最为经典的林和靖“咏梅诗”——“疏影横斜水清浅，暗香浮动月黄昏”的曼妙意境。（说明：因杭州市政府规定，周末及节假日西湖区域限行，需要换乘公交车或包公交进入景区，该费用敬请自理）
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内自助早     午餐：桌餐     晚餐：桌餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">上海锦江之星品尚/云舒丽华或不低于以上级别酒店</w:t>
+              <w:t xml:space="preserve">杭州运河希尔顿欢朋酒店或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上海（飞行约2小时）广州
                 <w:br/>
-                早晨：酒店享用自助早餐
-[...7 lines deleted...]
-                后根据航班时间，乘机返回广州，结束行程！
+                上午：早餐后乘车赴梅坞，这里便是杭州最有名的龙井茶生产基地。客人可以在周边的茶园随意拍照、喝茶、打牌。体验杭城当地人的休闲生活。
+                <w:br/>
+                接着：后车赴最后的枕水人家——乌镇，午餐品乌镇特色暖锅宴；
+                <w:br/>
+                下午：游览江南王牌水乡，互联网大会永久落户，新时代江南科技水乡——【乌镇西栅】，进入乌镇西栅，游览：“枕水人家”——【乌镇西栅】主要景点有【草本染色作坊】，【昭明书院】，【三金莲馆】，【老邮局】，  【叙昌酱园】，【桥里桥】（仁济桥、通济桥），【朱家厅】，【文昌阁】，【乌镇大戏院】（听评弹、欣赏
+                <w:br/>
+                  地方戏曲）等等…。活动公告：从隆冬腊月至大年初八，整个小镇都沉浸在浓浓的年味之中，乌镇水灯会、长街宴、拜年神、写春联、打年糕，烧头香等一幕幕传统的乌镇民间迎新习俗，将带您一同寻回记忆深处的那个古朴、热闹欢腾的中国年。结束后根据航班时间，集合乘车赴上海，乘机返回广州，结束愉快之旅!
                 <w:br/>
                 交通：旅游车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐，暖锅宴     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1139,55 +1123,55 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票、进出港口、航班时间等以航司出票为准。
                 <w:br/>
-                2、住宿：全程入住网评3钻酒店+升级一晚网评5钻酒店、每人每晚一个床位，若出现单男单女，客人需补单房差入住标间。
+                2、住宿：全程入住4晚网评4钻酒店+升级一晚希尔顿品牌酒店、每人每晚一个床位，若出现单男单女，客人需补单房差入住标间。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
-                3、用餐：全程含餐9正5早，酒店房费含早餐（酒店根据实际入住人数安排早餐，客人放弃使用恕无费用退还）正餐30元/位（正餐九菜一汤），9－10人一桌（正餐八菜一汤），6－8人一桌（正餐六菜一汤）, 若整团出发人数不足6人，则当地正餐客人自理；
+                3、用餐：全程含餐6正5早，酒店房费含早餐（酒店根据实际入住人数安排早餐，客人放弃使用恕无费用退还）正餐40元/位（正餐九菜一汤），1特色暖锅宴60元/人。9－10人一桌（正餐八菜一汤），6－8人一桌（正餐六菜一汤）, 若整团出发人数不足6人，则当地正餐客人自理；
                 <w:br/>
                 4、用车：5-55 座空调旅游车，按实际人数用车，保证一人一正座。
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、小童：2 周岁以下婴儿不含任何费用，全部由家长自理；2-11 周岁小孩含机位、车位、半价正餐，不占床位、含半价门票（超高门票需当地自理）。
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1211,314 +1195,50 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、不含机场建设费燃油税（备注：税费按出票时航空公司实际收取金额为准，多退少补），合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
               </w:t>
-            </w:r>
-[...262 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 320.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1745,51 +1465,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1933,79 +1653,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>