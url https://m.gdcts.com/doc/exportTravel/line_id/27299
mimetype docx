--- v0 (2025-10-22)
+++ v1 (2026-02-04)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【乘磁悬浮列车】纯玩1天游丨探秘磁浮列车“贴地飞行”的神秘面纱~感受中国智造丨黄腾峡天门广场360°观天门悬廊行程单</w:t>
+        <w:t xml:space="preserve">【春节专场】清远2天丨豪吃海鲜自助晚丨金枪鱼开鱼刺身丨泡森林汤泉行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20241008SP78575419</w:t>
+              <w:t xml:space="preserve">TX-20260119SP39183633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,104 +343,127 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：8:00 海珠广场广州宾馆门口（海珠广场地铁E出口）8:45花都云山路体育馆北门（花果山地铁站A2出口）市区指定范围内15人或以上定点接送花都指定范围内10人或以上定点接送（下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）下车点：原上车点下车
-[...1 lines deleted...]
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                上车点：
+                <w:br/>
+                09:00番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                10:00纪念堂地铁站地铁站C出口
+                <w:br/>
+                下车点：原上车点下车
+                <w:br/>
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                番禺指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、广东首条中低速磁浮旅游线路，走进清远磁浮列车，亲身感受磁浮列车的平稳与快速；
-[...3 lines deleted...]
-                3、午餐享用【农家特色宴】
+                行程特色：
+                <w:br/>
+                ◆入住1晚五钻【清远恒大温泉酒店】
+                <w:br/>
+                ◆标准八道室内恒温泳池，无限次泡森林汤泉
+                <w:br/>
+                ◆吃足2餐*豪叹海鲜自助晚+1自助早餐
+                <w:br/>
+                ◆欧式的风格装饰60㎡豪华客房
+                <w:br/>
+                ◆体验春节泼水狂欢 套鹅赶鸭 钓虾捉泥
+                <w:br/>
+                升级娱乐：
+                <w:br/>
+                6人同时报名即赠送麻将一台任打
+                <w:br/>
+                10人同时报名送KTV午（12:00-20:00）欢唱3小时+手动麻将
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -557,79 +580,177 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发——清远市—乘坐广东首家磁浮列车—午餐—黄腾十八瀑—返程午餐：含
-[...6 lines deleted...]
-                *********************祝旅途愉快*********************
+                第一天：集中出发—午餐自理—入住清远恒大酒店——自助晚餐 含：自助晚餐        自理：午餐
+                <w:br/>
+                早上于指定时间地点集中出发。
+                <w:br/>
+                11:00午餐周边餐厅自理。
+                <w:br/>
+                13:00-13:50入住【清远恒大酒店】，酒店致力于成为珠三角深受顾客喜爱的度假会议酒店。酒店座落笔架山脉北麓，依据天然森林环抱的特色塑造山水生态森林景观，每一个角落都是一道独立的风景，饮食中心、会议中心、运动中心、娱乐中心、健康中心等配套从容坐落环湖而建，配有森林汤泉、水上乐园、标准11人制足球场等设施，打造全方位沉浸式商旅体验，是奖励旅游、会议培训、拓展团建及亲子度假的不二之选，同时也是党政机关会议定点场所之一。
+                <w:br/>
+                15:00——17:00酒店自由活动
+                <w:br/>
+                18:00-19:00自助晚餐 
+                <w:br/>
+                自由前往汤泉体验（营业时间是14:00-24:00）房间包含双人无限次汤泉体验，在酒店健康中心，可在酒店大堂门口乘坐电瓶车到达
+                <w:br/>
+                森林汤泉：位于健康中心，包含7个户外露天泡池和3个室内泡池，内部功能布局主要有桑拿、按摩、棋牌、足疗等。森林汤泉，环境静谧舒适，取自微矿物质地下山泉水，包括瑶药池、浴盐池、热力按摩池等，配有高端桑拿芬兰浴和土耳其浴。汤泉四周林木环绕，隐寓于山色之间，在这里可以尽享纯粹的自然之美，享受林间热浴！
+                <w:br/>
+                元旦特别活动：泼水狂欢、套大鹅 赶鸭子、捉泥鳅、国粹脸谱画、国粹博饼乐、手工灯笼等~（以酒店当天实际安排为准）
+                <w:br/>
+                <w:br/>
+                温馨提示：自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">清远恒大酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                第二天：早餐—自由浸泡温泉-午餐自理—返程 含：早餐   午餐自理
+                <w:br/>
+                07:00-10:00 自由早餐
+                <w:br/>
+                12:00-13:00 午餐自理
+                <w:br/>
+                住店期间可以凭房卡免费使用我们酒店运动中心一楼有干蒸湿蒸。恒温泳池共八条泳道（需自带泳衣泳裤泳帽套装）开放时间9:00-12:00,14:00-21:30。还可以免费体验运动中心三楼的健身房，不限次数，时间9:00～22：00，地点酒店出门左拐300米。
+                <w:br/>
+                下午约13:00~15：00集合（因交通管制或路况或接送其他酒店的客人或其他原因，回程时间请以工作人员实际通知为准）乘车返程广州，结束愉快行程回到自己温馨的家！结束两天快乐放松的旅程！
+                <w:br/>
+                <w:br/>
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
+                由于节假日路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -674,111 +795,109 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                交通：根据实际人数安排33-53座旅游空调车，保证一人一个正座
-[...7 lines deleted...]
-                导游：提供导游服务（广州接团清远送团）
+                交通：按实际参团人数安排空调旅游巴士一人一正座
+                <w:br/>
+                入住：清远恒大酒店园景房 双/大床，不指定安排
+                <w:br/>
+                用餐：1正餐1早餐
+                <w:br/>
+                导游：含接送工作人员(仅含出发当天及回程当天，敬请注意)
+                <w:br/>
+                保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                1、行程中一切个人消费自理。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
-                <w:br/>
-                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -806,74 +925,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团40 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足40 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -959,51 +1145,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-23</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>