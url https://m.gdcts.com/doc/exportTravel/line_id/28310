--- v1 (2026-02-12)
+++ v2 (2026-03-28)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-202602F1</w:t>
+              <w:t xml:space="preserve">DFY-202604F1（太原早机）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,118 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【去程】广州-太原，CZ3951/1705-1945 或者CZ3701/0815-1050
-[...1 lines deleted...]
-                【回程】太原-广州，CZ3952/2055-2350或者CZ3696/1855-2205
+                【去程】广州-太原，CZ3701/0815-1050或者CZ3377/2015-2255
+                <w:br/>
+                【回程】太原-广州，CZ3696/1955-2300或者CZ3952/2055-2355
                 <w:br/>
                 （具体航班时间以实际出票为准，行程顺序会根据航班时间调整）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 中国四大佛教名山，文殊菩萨道场【五台山祈福】聆听佛钟祈福新年好运道，开启美好一年！
-[...15 lines deleted...]
-                ★ 老祖宗的极繁美学【隰县小西天】不仅是中国雕塑艺术史上一次酣畅淋漓的倾情绝唱，更是可以身临其境感受东方美学的艺术圣殿
+                ☆ 中国四大佛教名山，文殊菩萨道场【五台山】聆听佛钟祈福新年好运道，开启美好一年！
+                <w:br/>
+                ☆ 世界文化遗产，中国四大佛教名山之首聆听佛国梵音【云冈石窟】被誉为东方雕塑艺术宝库！
+                <w:br/>
+                ☆ 悬崖上的千年佛寺奇观【悬空寺】靠几根木梁支撑，却历经千年而不倒，被誉为“空中楼阁”！
+                <w:br/>
+                ☆ 老祖宗的极繁美学【隰县小西天】不仅是中国雕塑艺术史上一次酣畅淋漓的倾情绝唱，更是可以身临其境感受东方美学的艺术圣殿
+                <w:br/>
+                ☆ AAAAA景区，华夏大地秘境瑰宝【云丘山】触摸【万年冰洞群】体验冰火两重天的感官刺激！
+                <w:br/>
+                ☆ 中国最豪民宅，比故宫大1.6倍【王家大院】承载着晋商辉煌历史，被誉为“民间故宫”！
+                <w:br/>
+                ☆ AAAAA景区，奔腾千里，壮美中华魂【黄河壶口瀑布】亲眼见证“黄河在咆哮”的壮观景象！
+                <w:br/>
+                ☆ AAAAA景区，被誉为“活着的千年古城”【平遥古城】穿越明清探寻岁月的痕迹！
+                <w:br/>
+                ☆ 探访国家一级博物馆【山西博物馆】一天之内看遍五千年，开启一场晋魂探索之旅！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,77 +573,77 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-太原-平遥
                 <w:br/>
-                根据航班时间，前往广州白云机场集中，送团人将为您办理登机手续！接团后午餐后，车赴平遥（约1小时），漫游【平遥古城】（此景点为开放式古城，进城不需门票，如需参观古城内小景点，费用自理125元/人），一座城就是一部历史，一座城就生出了许许多多的故事，留下了万万千千美好回忆，欣赏全国四大古城中保存最完整的古城风貌，漫步在青石长街，感受古城气息，漫步于明清一条街自费品尝地道纯真的晋南美食！春节期间可欣赏平遥社火闹新春等传统民俗活动：猜灯谜、舞狮巡游、拜财神送祝福等（新春民俗活动属于年味活动，具体时间以景区通告为准，敬请谅解）
+                根据航班时间，前往广州白云机场集中，送团人将为您办理登机手续，搭乘航班飞赴太原。车赴平遥（约1小时），游览【平遥古城】（自由活动，此景点为开放式古城，进城不需门票，如需参观古城内小景点，费用自理125元/人，非必须），一座城就是一部历史，一座城就生出了许许多多的故事，留下了万万千千美好回忆，欣赏全国四大古城中保存最完整的古城风貌，漫步在青石长街，感受古城气息，漫步于明清一条街自费品尝地道美食
                 <w:br/>
                 <w:br/>
                 我社有权根据港口及具体航班时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间的情况下，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
                 景点：【平遥古城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：不含餐     午餐：特色餐山西会馆     晚餐：不含   </w:t>
+              <w:t xml:space="preserve">早餐：不含餐     午餐：团餐餐标40元/人     晚餐：不含餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">平遥古城：平遥会馆、颐和裕、松盛长、大戏堂宾舍、里棠或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -654,76 +654,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                太原-隰县-临汾
-[...1 lines deleted...]
-                餐后，车赴隰县（约2.5小时），游览中国佛教“西方圣境”之地—【隰县小西天】（约 2 小时），原名千佛庵。一看明版善本藏经；二看彩色悬塑艺术：全堂彩塑是我国少见的彩塑艺术群塑；三看小西天楹联“果有因因有果，有果有因，种甚因结甚果；心即佛佛即心，即心即佛，欲求佛先求心”。车赴壶口（约2小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（约2小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。在黄河边上齐唱一首《黄河大合唱》，回味中华民族不屈不饶的民族精神！晚餐后入住酒店。
+                平遥-隰县-临汾
+                <w:br/>
+                早餐后，车赴隰县（约2小时），游览中国佛教“西方圣境”之地—【隰县小西天】（约 2 小时），原名千佛庵。一看明版善本藏经；二看彩色悬塑艺术：全堂彩塑是我国少见的彩塑艺术群塑；三看小西天楹联“果有因因有果，有果有因，种甚因结甚果；心即佛佛即心，即心即佛，欲求佛先求心”。车赴壶口（约2小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（约2小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。车赴云丘山（约2小时），晚餐后入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【隰县小西天】【黄河壶口瀑布】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：团队餐餐标40元/人     晚餐：特色餐养生宴   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：团队餐餐标40元/人     晚餐：特色餐农家宴   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">乡宁/吉县：云丘山琪尔康度假村、稷山云景智慧、吉县吉州宾馆、七月轩或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -736,74 +736,74 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 临汾/云丘山-灵石-太原
                 <w:br/>
-                早餐后，参观“河汾第一名胜”【云丘山】（约3小时），这里历史文化积淀博大精深，上古时期，是稷王教民稼穑的农耕文化始发地。参观【塔尔坡古村】欣赏云丘山婚俗表演，体验打花鼓、观皮影戏、村长家访、听民歌！期间可自费参观世界三大冰洞奇观【万年冰洞群】（不含门票+电瓶车套票130元/人，非必须，如需参观敬请自理）洞内滴水成冰，更为奇观的是犬牙交错的冰凌柱争奇斗艳，十分壮观。春节期间特别体验云丘山民俗年：民歌演唱、鼓舞表演、傩舞表演、舞蹈快闪以及骏马游行，以热闹精彩的节目演绎点燃新年逛云丘的第一道年味；带给旅客新春视觉盛宴和浓烈的节日氛围（活动时间：2月17日至2月21日（初一至初五））（注：新春年味活动的具体参与形式、时间及场地，以景区通告为准！如若观赏不到我社不作赔偿），车赴灵石（约2小时），游览【王家大院】（约1.5小时），被誉为“华夏民居第一宅”、“中国民间故宫”，王家大院的建筑，有着 "贵精而不贵丽，贵新奇大雅，不贵纤巧烂漫"的特征，是清代民居建筑集大成者！
+                早餐后，参观“河汾第一名胜”【云丘山】（约3小时），这里历史文化积淀博大精深，上古时期，是稷王教民稼穑的农耕文化始发地。参观【塔尔坡古村】欣赏云丘山婚俗表演，体验打花鼓、观皮影戏、村长家访、听民歌！期间可自费参观世界三大冰洞奇观【万年冰洞群】（不含门票+电瓶车套票130元/人，非必须，如需参观敬请自理）洞内滴水成冰，更为奇观的是犬牙交错的冰凌柱争奇斗艳，十分壮观。车赴灵石（约2小时），游览【王家大院】（约1.5小时），被誉为“华夏民居第一宅”、“中国民间故宫”，王家大院的建筑，有着 "贵精而不贵丽，贵新奇大雅，不贵纤巧烂漫"的特征，是清代民居建筑集大成者！车赴太原（约2小时），打卡太原网红街区【柳巷钟楼街】是太原市历史悠久的繁华街市，搜寻散落在大街小巷的三晋美食，充分满足您的味蕾！
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【云丘山】【万年冰洞群】【王家大院】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：团队餐餐标40元/人   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐 养生宴     晚餐：不含   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">太原：美丽豪酒店、百合丽呈瑞轩、G酒店（太钢店）或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -814,80 +814,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                太原-五台山-大同
-[...5 lines deleted...]
-                如因气候原因，温度降低，遇到下雨或下雪等人力不可抗力因素，五台山前往大同需绕路，则需增加车费50元/人，此费用需自理，由导游当地现收，感谢您的谅解与配合！
+                太原-大同
+                <w:br/>
+                酒店早餐后，车赴大同（约3小时），参观佛教艺术雕刻的惊世之作【云冈石窟】（约2.5小时）,53个主要的大型洞窟，东西连绵达1公里，活像一个满布蜂洞的巨型蜂巢。藏身里而后5万多尊佛、菩萨造像，经历了风月的侵蚀更显古朴、凝重，令人叹为观止。游览【大同古城】（约1小时），据《大同府志》记载，大同古称“云中”，大同，位于山西最北端，北靠内蒙古大草原，东接河北张家口，南瞰山西忻州市。扼晋、冀、内蒙古之咽喉要道，是全晋之屏障、北方之门户，素有“北方锁钥”之称。作为北魏首都、辽金陪都，这座拥有2300余年建城史的古城，留存的文物古迹数量稳居北方地级市前列，被誉为“中国古代建筑艺术博物馆”，每一处遗存都镌刻着时代的印记。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【五台山】【大同古城】
+                景点：【云冈石窟】【大同古城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐五台山素斋     晚餐：不含   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：团餐餐标40元/人     晚餐：不含餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">大同/浑源：美丽豪酒店、艺龙万国酒店、浑源怡朵酒店、山水居或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -898,76 +894,80 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大同/浑源-忻州
-[...1 lines deleted...]
-                早餐后，参观北岳恒山第一胜景【悬空寺】（约1小时）（不含登临100元/人，非必须，为了爱护古建，不建议登临，如需登临，自行前往悬空寺公众号自行预约，当天早上 08：00 放票，每天限定 1000 张，先到先得，政策随时变动，实际以景区公告为准，敬请谅解），悬空寺又名玄空寺，是国内仅存的佛、道、儒三教合一的独特寺庙,是中国古代建筑精华的体现。参观佛教艺术雕刻的惊世之作【云冈石窟】（约2小时）,53个主要的大型洞窟，东西连绵达1公里，活像一个满布蜂洞的巨型蜂巢。藏身里而后5万多尊佛、菩萨造像，经历了风月的侵蚀更显古朴、凝重，令人叹为观止。打卡【忻州古城新春灯会】（约1.5小时），是晋北地区保存最为完整的历史文化名城之一。这里不仅有丰富的历史遗迹和传统建筑，还有深厚的文化底蕴。新春灯会期间，忻州古城将被五彩斑斓的花灯装点得美轮美奂。除了赏灯，忻州古城还准备了丰富多彩的民俗活动：舞龙舞狮表演，欣赏传统的戏曲演出，参与猜灯谜游戏，感受浓浓的年味儿（新春灯会属于年味活动，具体时间以景区通告为准，敬请谅解）
+                大同-五台山-忻州
+                <w:br/>
+                酒店早餐后，途径浑源（约1小时），参观北岳恒山第一胜景【悬空寺】（约1小时）（不含登临100元/人，非必须，为了爱护古建，不建议登临，如需登临，自行前往悬空寺公众号自行预约，当天早上 08：00 放票，每天限定 1000 张，先到先得，政策随时变动，实际以景区公告为准，敬请谅解），悬空寺又名玄空寺，是国内仅存的佛、道、儒三教合一的独特寺庙,是中国古代建筑精华的体现。车赴五台山（约2小时），参观世界文化遗产、国家5A级景区【五台山】（约4小时），作为中国佛教四大名山之首、世界五大佛教圣地之一的五台山，充满神秘充满壮美，漫步佛国世界让人感动让人神畅。参观五台山最大的喇嘛寺院、历代皇帝朝拜五台山时的行宫【菩萨顶】（登高阶，遇贵人），康熙曾在此礼佛，乾隆题匾“灵峰胜境“，登高望远，烦恼顿消；心向文殊，贵人自来。五台山第一大寺【显通寺】（保平安，定心神）、于无量殿前静坐片刻，让千年梵音涤荡焦虑。身体欠安者，祈健康长寿；人生迷茫者，寻内心答案。五台山标志性建筑、五台之冠的【塔院寺】（绕白塔，消业障），此塔藏释迦牟尼舍利，绕塔即积无量功德——为父母祈寿，为先人超度，为自己净业，为全家纳福。文殊菩萨的祖庭【殊像寺】（启智慧，登金榜），走进文殊祖庭殊像寺，仰望9.87米高的文殊骑狮巨像，手持智慧剑，脚踏青狮，破愚暗、开慧光。学子祈福，考场如虎添翼；家长代求，子女聪慧明达。五台山最灵验的寺庙【五爷庙】（接财神，开鸿运）。五爷乃文殊菩萨化身，专司人间富贵功名——求事业腾飞者，得贵人提携，求财运亨通者，获财源广进。车赴忻州（约1.5小时），打卡【忻州古城】（自由活动约1小时），晚餐在忻州古城自费品尝当地特色小吃，自由活动后入住酒店！
+                <w:br/>
+                特别说明：
+                <w:br/>
+                如因气候原因，温度降低，遇到下雨或下雪等人力不可抗力因素，五台山前往大同需绕路，则需增加车费50元/人，此费用需自理，由导游当地现收，感谢您的谅解与配合！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【悬空寺】【云冈石窟】【忻州古城新春灯会】
+                景点：【悬空寺】【五台山】【忻州古城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐大同铜火锅     晚餐：不含   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐素斋     晚餐：不含餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">忻州：实习酒店、美豪酒店、美豪丽致酒店、阳光假日或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -980,72 +980,72 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 忻州-太原机场-广州
                 <w:br/>
-                酒店早餐后，参观国家级博物馆【山西省博物院】（游约1 小时，逢周一闭馆，如遇闭馆则改为参观太原古县城，敬请谅解），五千年华夏文明看山西，山西地上地下的古代遗珍灿若星辰。而山西博物院，正是山西最大的文物征集和展示中心。游览【太原古县城】（约1.5小时），城内历史建筑遗存众多，十字街格局清晰，街巷肌理完善，沿袭了晋阳古城“城池凤翔余”的古老建筑格局，是2500年晋阳古城文脉的延续。根据航班时间前往机场送团返广州，结束愉快旅行！
+                酒店早餐后，车赴太原（约1.5小时），参观国家级博物馆【山西省博物院】（游约1 小时，逢周一闭馆，如遇闭馆则改为参观太原古县城，敬请谅解），五千年华夏文明看山西，山西地上地下的古代遗珍灿若星辰。而山西博物院，正是山西最大的文物征集和展示中心。探访太原网红打卡地【太原古县城】，根据航班时间，前往机场乘机返程，结束愉快的山西之旅！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐刀削面     晚餐：不含餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐晋商家宴     晚餐：不含餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1327,51 +1327,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">景区交通+耳麦租用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 山水景观必消环保车费用（当地现付给导游）
                 <w:br/>
-                悬空寺电瓶车20+云冈石窟电瓶车15元+平遥古城电瓶车40+云丘山电瓶车20+壶口瀑布电瓶车20=115元/人
+                悬空寺电瓶车20+云冈石窟电瓶车15元+平遥古城电瓶车20+云丘山电瓶车20+壶口瀑布电瓶车20=95元/人
                 <w:br/>
                 <w:br/>
                 自愿消费
                 <w:br/>
                 全程耳麦100元/人    万年冰洞门票+景交130元     五台山小寺庙10元/座
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
@@ -1802,51 +1802,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>