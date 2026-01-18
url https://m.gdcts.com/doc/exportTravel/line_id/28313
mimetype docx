--- v0 (2025-10-04)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【全景•臻享大中原】陕西河南双飞6天 ▏河南少林寺 ▏洛邑古城 ▏洛阳龙门石窟 ▏陕州地炕院 ▏秦始皇陵兵马俑 ▏汉阳陵▏西岳华山 ▏壶口瀑布 ▏圣地延安 苹果采摘（纯玩）行程单</w:t>
+        <w:t xml:space="preserve">【全景•臻享大中原】陕西河南双飞6天 ▏兵马俑  ▏黄河壶口瀑布 ▏龙门石窟 ▏老君山 ▏地炕院 ▏永乐宫壁画 ▏西安博物院  ▏大唐不夜城 ▏（纯玩）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-20250910G1</w:t>
+              <w:t xml:space="preserve">DFY-202602G1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">郑州市</w:t>
+              <w:t xml:space="preserve">运城市-西安市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -343,116 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州—郑州ZH8352  0745-0955
-[...3 lines deleted...]
-                （航班可能会调为西安郑州或者郑州运城，具体航班以出票为准，实际以出票名为准）
+                以下时间仅供参考，寒假春节旺季，不接受指定航班，以实际名单通知出票为准，敬请谅解（如去程航班时间早于07:00，赠送白云机场住宿一晚）
+                <w:br/>
+                【去程】广州 → 运城｜CA4594（07:40-10:20）或CZ3921（08:55-11:35）
+                <w:br/>
+                【回程】运城 → 广州｜CA4593（11:05-13:35）或CZ3922（12:25-15:00）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【特色赠送】赠送项目如遇政策或天气或其他人力不可抗因素临时取消或客人自身原因不参观，费用不退，敬请谅解！
-[...13 lines deleted...]
-                ★【行程简表】以下行程安排可能会因大交通、天气、路况等原因做相应调整，实际景点数目不会减少，敬请谅解！
+                ★【冰雪覆盖·银装素裹】远赴人间惊鸿宴，一睹人间盛世颜！冬天的老君山冰凌挂满枝头，山峦间一片洁白，宛如一幅绝美的画卷，快门按下即大片，一键占据朋友圈C位！
+                <w:br/>
+                ★【冰与水的交响曲】冬天的【壶口瀑布】与夏季截然不同，瀑布两侧结满了晶莹剔透的冰挂，犹如一串串珍珠垂挂于崖壁之上，与奔腾而下的河水形成鲜明对比！
+                <w:br/>
+                ★【威武之师】走近世界第八大奇迹【秦始皇兵马俑】探秘沉睡两千多年的最强特种兵！
+                <w:br/>
+                ★【黄河之魂】AAAAA景区【黄河壶口瀑布】雷霆万钧，感受“黄河在咆哮”的民族气魄！
+                <w:br/>
+                ★【壁画之冠】跟着悟空游古建【永乐宫壁画】代表了中国宗教壁画艺术的最高成就！
+                <w:br/>
+                ★【雪落之境】白雪覆盖金顶，云海翻涌【老君山】宛如“人间仙境”，一年仅见数日！
+                <w:br/>
+                ★【不夜之城】邀您共赴一场穿越千年的光影之旅【大唐不夜城】花灯围绕，诗词为伴，带你感受盛唐天街的年味！
+                <w:br/>
+                ★【一眼千年】世界文化遗产【龙门石窟】卢舍那大佛披雪含笑，新年第一愿，从这里开始！
+                <w:br/>
+                ★【博物通史】千年古都的文化宝藏【西安博物院】每一件珍藏都讲述着千年古都的辉煌过往！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -569,500 +571,496 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-郑州-登封-洛阳
-[...1 lines deleted...]
-                广州白云机场乘机赴郑州，车赴登封（约2小时），参观【嵩山少林寺】（约2.5小时），少林寺位于嵩山少室山下，是中国功夫的发源地和佛教禅宗祖庭，有天下第一名刹之誉。欣赏名扬中外的【少林武术表演】（因少林寺景区实行套票制，该表演如遇不可抗力因素或景区临时通知取消，无费用退还）。车赴登封（约1.5小时），【赠送价值120元/人夜游神都】入夜后的洛阳城，就成了盛世大唐：【洛邑古城】被称为中原渡口，是体验洛阳文化的绝佳之地，【十字街夜市】全国十大美食街之一，【应天门】“唐宫夜宴”实景拍摄地。
+                广州-运城-壶口
+                <w:br/>
+                根据航班时间，于指定的地点集中前往广州白云机场集中，送团人将为您办理登机手续！接团后，车赴壶口（约2.5小时），游览世界上唯一的金色瀑布【黄河壶口瀑布】（游览约2小时）（不含景区换乘车40元/人），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。在黄河边上齐唱一首《黄河大合唱》，回味中华民族不屈不饶的民族精神！前往【黄河夜市】（游玩约1.5小时），开启“运城citywalk”，在此自费品尝运城美食，开启烟火人间的味觉狂欢。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【嵩山少林寺】【洛邑古城】【十字街夜市】【应天门】【洛邑古城】
+                景点：【黄河壶口瀑布】【黄河夜市】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">洛阳：润华酒店、曼景酒店、颐和酒店、豫美山水、中州国际、汉荘酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：不含     午餐：团餐餐标40元/人     晚餐：不含   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">运城：美巢雅韵、美豪怡致或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛阳-三门峡-华山
-[...1 lines deleted...]
-                早餐后，参观世界文化遗产【龙门石窟】（约2小时），龙门石窟是中国最大的皇家雕刻艺术宝库，数量之多位于全国各大石窟之首。车赴三门峡（约2小时），参观【陕州地炕院民俗古村落】（约1小时），作为一种古老而神奇的民居样式，地炕院蕴藏着丰富的文化，是全国乃至世界唯一的地下古民居建筑，被誉为“地平线下的古村落，民居史上的活化石”。车赴华山（约1.5小时），晚宿华山！
+                运城-栾川-洛阳
+                <w:br/>
+                早餐后，车赴栾川（约3.5小时），参观国家AAAAA景区，八百里伏牛山主峰【老君山景区】（参观约5小时，景区内无法安排团餐，当天中餐自理，敬请谅解），老君山古号景室山。海拔2217米，山势雄伟，群峰竞秀，峰林洞涧，千姿百态。“天连五岳全雄晋，地接九州巍伏牛”。山顶道观历史悠久，道教文化源远流长，与武当山并称为“南北二顶”。【十里画屏】世界规模最大的花岗岩滑脱峰林地貌，这里既有山峰的刚，也有云雾的柔，让人惊心动魄，久久不能忘怀，是老君山的知名景观之一。【金顶道观群】走完十里画屏就到达金碧辉煌，大气磅薄的金顶，因其建成之时，金光耀目、恢宏无比，所以被称之为“金殿”。车赴洛阳（约2小时），【赠送价值120元/人夜游神都】入夜后的洛阳城，就成了盛世大唐，当夜色轻纱覆盖洛阳城，古都洛阳就换上了华丽的晚装，洛河两岸灯光璀璨如星河，漫步于此，仿佛穿越千年，与李白共醉，与武皇同游。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、老君山参观期间，大部分台阶，切记观景不走路，走路不观景！
+                <w:br/>
+                2、中灵大索道或者云景索道（两个索道交替运行）！
+                <w:br/>
+                3、峰林索道往返80元/人，游览根据自己的身体情况自由选择！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【龙门石窟】【陕州地炕院民俗古村落】
+                景点：【老君山景区】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：牡丹宴     晚餐：英雄宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">华山：致尚酒店、华鑫国际、富润酒店、柠宾假日、爱尚居、都市花园或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：特色餐牡丹宴   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">洛阳：太学府酒店、美豪怡致、或伊川智选假日或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                华山-壶口
-[...15 lines deleted...]
-                3、华山导览器为赠送使用，使用后需归还给导游，请妥善保管，如遗失需承担租借押金300元/个，敬请谅解！
+                洛阳-三门峡-华阴
+                <w:br/>
+                早餐后，参观世界文化遗产，中国最大的皇家石刻艺术宝库【龙门石窟】（参观约2小时，不含电瓶车往返20元/人），以伊河为界，分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期，是龙门精华的部分，包括奉先寺的卢舍那佛像和古阳洞中的“龙门二十品”。赴三门峡（约2.5小时），参观世界文化遗产【陕州地炕院】（参观约1.5小时），作为一种古老而神奇的民居样式，地炕院蕴藏着丰富的文化，春节期间，陕州锣鼓书、绛州锣鼓、打铁花、大型社火、赶毛驴、踩高跷、财神拜年、猜灯谜等丰富的民俗文化活动将在这里精彩上演（民俗活动属于年味活动，具体时间以景区通告为准，敬请谅解），车赴华阴县（约1.5小时），入住酒店！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                购物点：【西岳华山】
+                景点：【龙门石窟】【陕州地炕院】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">壶口：知青文苑、学苑宾馆、七月轩、大禹山庄或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自组早餐     午餐：特色餐十碗席     晚餐：团餐餐标40元/人   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">华阴：麗致酒店、雅斯特酒店、华悦里或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                壶口-延安
-[...1 lines deleted...]
-                早餐后，游览世界上唯一的金色瀑布【黄河壶口瀑布】（游览约2小时）（不含景区换乘车40元/人），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。特别安排【洛川采摘苹果】（项目提示：入园费已含，采摘买苹果费用自理，如遇苹果未成熟不能入园，则改为壶口酥梨采摘或赠送每人2个苹果，无费用退还，敬请谅解），车赴延安（约2.5小时），游览【杨家岭】（参观约1小时，不含无线耳麦10元/人）毛主席等老一辈中央领导人在延安居住的一个地方，游览【枣园】（参观约1小时，不含无线耳麦10元/人）中共中央在这里领导和开展了轰轰烈烈的大生产运动和延安整风运动。打卡重现北宋延州历史风貌的【金延安】（游览约1小时），以老延安为摹本重现历史场景，穿过曾经激情燃烧的革命岁月，让人仿佛置身于千年前的北宋延州府边塞小城，穿越时空走进当年无数热血青年向往的老延安，领略黄土文化，感受古老延安！特别邀请延安老艺人与您同台互动被称为“天下第一鼓”的【腰鼓表演】，齐唱时代的信仰--陕北红歌唱不衰！
+                华阴-临潼-西安
+                <w:br/>
+                早餐后，车赴临潼（约1.5小时），参观位于骊山北麓的“世界第八大奇迹” 【兵马俑1、2、3号坑】（参观约3小时）。三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园。独家赠送价值298元/人《大秦帝王铁鹰锐士》（含表演+秦俑手工制作+秦弓体验+真人AI变装）通过自己动手体验，进一步了解修复兵马俑背后的奥秘，学习工匠智慧，增强文物保护意识，通过A1体验，带你沉浸式穿越，走进秦始皇统一六国的壮烈历程，车赴西安，打卡【大唐不夜城新春灯会】（约2小时）（新春灯会属于年味活动，具体时间以景区通告为准，敬请谅解），看盛唐天街花灯万盏，梦回大唐盛世，感受盛唐天街的年味。耗资50亿打造的新唐人街，整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
+                <w:br/>
+                【温馨提示】
+                <w:br/>
+                1、兵马俑电瓶车不含，单程 5 元/人，乘坐约 5 分钟，如不坐电瓶车需要步行 10 分钟左右；非必须产生项目，请根据自身情况选择。
+                <w:br/>
+                2、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
+                <w:br/>
+                3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【黄河壶口瀑布】【洛川采摘苹果】【杨家岭】【枣园】【金延安】
+                景点：【兵马俑1、2、3号坑】【大唐不夜城新春灯会】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">延安：欢顺酒店、御澜华廷、金岳酒店、泗海酒店、或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：团餐餐标40元/人     晚餐：不含   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">西安：港务区智选、高新南智选或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                延安-西安
-[...1 lines deleted...]
-                早餐后，车赴西安（约3.5小时），游览【汉阳陵景区】（参观约1.5小时），是迄今发现保存最为完整的汉代帝陵陵园，也是全国唯一的底下博物馆，通过玻璃走道近距离观赏陵寝全貌及发掘现场，期间参观景区内【百亩银杏林】银杏林有100亩，约一万颗银杏，就在汉阳陵的边上，每年9月底-11月份为银杏最佳观赏期，走进银杏林，感受百亩银杏点缀成的金色世界。（银杏是季节性景观，观赏效果具体需视当季情况而定，不受人为控制，敬请谅解），畅游西安最具人气的【钟鼓楼广场+北院门仿古步行街】（约1.5小时），在具有民族特色的回民小吃街自费品尝美食。游中国十大高品位文化街，打卡夜游【大唐不夜城】（游览约2小时），整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
+                西安-运城
+                <w:br/>
+                酒店早餐后，参观【西安博物院】（约1小时），又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。畅游西安最具人气的【钟鼓楼广场+北院门仿古步行街】（约1.5小时），在具有民族特色的回民小吃街自费品尝美食。车赴运城（约2.5小时），参观【永乐宫】（约2小时），永乐宫宫殿内部的墙壁上，布满了精心绘制的壁画，其艺术价值之高，数量之多，实属世上罕见。分布在宫内三清殿、龙虎殿、纯阳殿和重阳殿的1000平方米（包括拱眼壁画）精美壁画，题材丰富，笔法高超，其艺术水平堪与敦煌壁画相媲美，为我国绘画史上的杰作，是世界美术史上一颗瑰丽的明珠。
+                <w:br/>
+                【温馨提示】
+                <w:br/>
+                1、西安博物院免费不免票，需提前预约。不能保证预约成功，如遇闭馆或预约不成功，则改为赠送：临潼博物馆/陕西历史博物馆秦汉馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【汉阳陵景区】【钟鼓楼广场+北院门仿古步行街】【大唐不夜城】
+                景点：【西安博物院】【钟鼓楼广场+北院门仿古步行街】【永乐宫】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：秦王宴     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">西安：锦业二路智选假日酒店、 美丽豪酒店（昆明路）、 高新南智选假日酒店、 新时代酒店、 浐灞智选酒店、 港湾假日酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：团餐餐标40元/人   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">运城：美巢雅韵、美豪怡致或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-临潼-广州
-[...11 lines deleted...]
-                4、西安博物院免费不免票，需提前预约。不能保证预约成功，如遇闭馆或预约不成功，则改为赠送：临潼博物馆/陕西历史博物馆秦汉馆，以实际预约为准，旅行社不另作赔偿，敬请谅解
+                运城-广州
+                <w:br/>
+                酒店早餐后，送团前往机场，途径【运城盐湖】（乘旅游大巴环湖一周，约20分钟），这里是世界三大硫酸钠型内陆盐湖之一。由于其盐含量类似中东的“死海”，人在水中可以漂浮不沉，故被誉为“中国死海”。根据航班时间送团乘机返广州，结束愉快旅程！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
-                景点：【西安博物院】【兵马俑1、2、3号坑】
+                景点：【运城盐湖】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：秦王宴     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：不含   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1111,51 +1109,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：含往返机票经济舱（团队机票将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经出，不得更改、不得签转、不得退票。）
                 <w:br/>
                 2.住宿：全程 入住豪华酒店标准双人间。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准；小孩不占床含半价早餐，超高自理！
                 <w:br/>
-                3.用餐：含5早7正餐，正餐餐标30元/人/正，小孩含半价正餐！不含酒水，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
+                3.用餐：含5早6正餐，正餐餐标40元/人/正，小孩含半价正餐！不含酒水，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.门票：含行程中景点首道大门票，不含园中园门票。因个人原因自愿放弃景点参观，将不退还门票费用；在不影响旅游景点的情况下，我司有权对进出港口和旅游景点顺序进行调整，恕不另行通知（长者和学生优惠请携带相关有效证件与当地导游协商退现，门店不办理退门票费用）！
                 <w:br/>
                 5.导游：当地持证专业中文导游！
                 <w:br/>
                 6.交通：河南陕西当地旅游空调大巴，9-55座旅游车，根据人数安排车型。
                 <w:br/>
                 7.儿童：全价餐、占车位、导游服务费、 含半价早餐，不占床，含半价门票,超高需当地补门票差价。
                 <w:br/>
                 8.其他：每天每人赠送一瓶矿泉水，华山赠送登山手套！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1397,167 +1395,96 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 298.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">《再回延安》</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">含门票+车费+导游服务费</w:t>
+              <w:t xml:space="preserve">景区交通+华山索道</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                山水景观必消环保车费用=190元/人（当地现付给导游）
+                <w:br/>
+                壶口瀑布40+龙门石窟电瓶车20元+老君山第一索道130
+                <w:br/>
+                <w:br/>
+                自愿消费（备注：以下项目非必须，可根据自身体力自愿自费）
+                <w:br/>
+                龙门石窟耳麦20元      老君山第二索道80    兵马俑电瓶车5元+耳麦20元
+                <w:br/>
+                西安博物院耳麦20元    永乐宫耳麦20
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
-            </w:r>
-[...80 lines deleted...]
-              <w:t xml:space="preserve">30 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1886,51 +1813,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>