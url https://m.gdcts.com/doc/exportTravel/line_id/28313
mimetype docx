--- v2 (2026-02-12)
+++ v3 (2026-03-07)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-202602G1</w:t>
+              <w:t xml:space="preserve">DFY-202603G1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,118 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                以下时间仅供参考，寒假春节旺季，不接受指定航班，以实际名单通知出票为准，敬请谅解（如去程航班时间早于07:00，赠送白云机场住宿一晚）
+                以下时间仅供参考，不接受指定航班，以实际名单通知出票为准，敬请谅解
                 <w:br/>
                 【去程】广州 → 运城｜CA4594（07:40-10:20）或CZ3921（08:55-11:35）
                 <w:br/>
                 【回程】运城 → 广州｜CA4593（11:05-13:35）或CZ3922（12:25-15:00）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【冰雪覆盖·银装素裹】远赴人间惊鸿宴，一睹人间盛世颜！冬天的老君山冰凌挂满枝头，山峦间一片洁白，宛如一幅绝美的画卷，快门按下即大片，一键占据朋友圈C位！
-[...3 lines deleted...]
-                ★【威武之师】走近世界第八大奇迹【秦始皇兵马俑】探秘沉睡两千多年的最强特种兵！
+                ★【威武之师】世界第八大奇迹【秦始皇兵马俑】两千年前的“最强特种兵”列阵待发！
+                <w:br/>
+                ★【一眼千年】北魏至唐代石刻艺术最高成就【龙门石窟】每一尊佛像都诉说着千年的信仰！
+                <w:br/>
+                ★【壁画之冠】跟着悟空游古建【永乐宫壁画】中国壁画巅峰之作，堪称“东方敦煌”！
                 <w:br/>
                 ★【黄河之魂】AAAAA景区【黄河壶口瀑布】雷霆万钧，感受“黄河在咆哮”的民族气魄！
                 <w:br/>
-                ★【壁画之冠】跟着悟空游古建【永乐宫壁画】代表了中国宗教壁画艺术的最高成就！
-[...5 lines deleted...]
-                ★【一眼千年】世界文化遗产【龙门石窟】卢舍那大佛披雪含笑，新年第一愿，从这里开始！
+                ★【春日仙踪】山顶残雪未消，山腰云海翻涌【老君山】站在山顶俯瞰，群山若隐若现，美不胜收！
+                <w:br/>
+                ★【赏樱祈福】感受千年佛光【西安青龙寺】聆听佛钟，为心中挂念之人祈福纳祥！
                 <w:br/>
                 ★【博物通史】千年古都的文化宝藏【西安博物院】每一件珍藏都讲述着千年古都的辉煌过往！
+                <w:br/>
+                ★【非遗宝藏】世界级奇观，黄土地上独有的地下四合院【地坑院】6000年黄土文明活态遗存！
+                <w:br/>
+                ★【国花盛宴】春日顶流，非它莫属【洛阳牡丹】别让2026的春天，又在手机里看别人赏花！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,76 +571,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-运城-壶口
+                广州-运城-壶口-运城
                 <w:br/>
                 根据航班时间，于指定的地点集中前往广州白云机场集中，送团人将为您办理登机手续！接团后，车赴壶口（约2.5小时），游览世界上唯一的金色瀑布【黄河壶口瀑布】（游览约2小时）（不含景区换乘车40元/人），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。在黄河边上齐唱一首《黄河大合唱》，回味中华民族不屈不饶的民族精神！前往【黄河夜市】（游玩约1.5小时），开启“运城citywalk”，在此自费品尝运城美食，开启烟火人间的味觉狂欢。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【黄河壶口瀑布】【黄河夜市】
+                景点：【黄河壶口瀑布】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：不含     午餐：团餐餐标40元/人     晚餐：不含   </w:t>
+              <w:t xml:space="preserve">早餐：不含     午餐：团餐餐标30元/人     晚餐：特色餐晋南风味   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">运城：美巢雅韵、美豪怡致或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -653,82 +653,82 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 运城-栾川-洛阳
                 <w:br/>
-                早餐后，车赴栾川（约3.5小时），参观国家AAAAA景区，八百里伏牛山主峰【老君山景区】（参观约5小时，景区内无法安排团餐，当天中餐自理，敬请谅解），老君山古号景室山。海拔2217米，山势雄伟，群峰竞秀，峰林洞涧，千姿百态。“天连五岳全雄晋，地接九州巍伏牛”。山顶道观历史悠久，道教文化源远流长，与武当山并称为“南北二顶”。【十里画屏】世界规模最大的花岗岩滑脱峰林地貌，这里既有山峰的刚，也有云雾的柔，让人惊心动魄，久久不能忘怀，是老君山的知名景观之一。【金顶道观群】走完十里画屏就到达金碧辉煌，大气磅薄的金顶，因其建成之时，金光耀目、恢宏无比，所以被称之为“金殿”。车赴洛阳（约2小时），【赠送价值120元/人夜游神都】入夜后的洛阳城，就成了盛世大唐，当夜色轻纱覆盖洛阳城，古都洛阳就换上了华丽的晚装，洛河两岸灯光璀璨如星河，漫步于此，仿佛穿越千年，与李白共醉，与武皇同游。
+                酒店早餐后，车赴栾川（约3小时），参观国家AAAAA景区，八百里伏牛山主峰【老君山】（约5小时，景区内无法安排团餐，当天中餐自理，敬请谅解），老君山古号景室山。海拔2217米，山势雄伟，群峰竞秀，峰林洞涧，千姿百态。“天连五岳全雄晋，地接九州巍伏牛”。山顶道观历史悠久，道教文化源远流长，与武当山并称为“南北二顶”。【十里画屏】世界规模最大的花岗岩滑脱峰林地貌，这里既有山峰的刚，也有云雾的柔，让人惊心动魄，久久不能忘怀，是老君山的知名景观之一。【金顶道观群】走完十里画屏就到达金碧辉煌，大气磅薄的金顶，因其建成之时，金光耀目、恢宏无比，所以被称之为“金殿”。车赴洛阳（约2小时），【赠送价值120元/人夜游神都】入夜后的洛阳城，就成了盛世大唐：【洛邑古城】被称为中原渡口，是体验洛阳文化的绝佳之地，【十字街夜市】全国十大美食街之一，【应天门】“唐宫夜宴”实景拍摄地。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、老君山参观期间，大部分台阶，切记观景不走路，走路不观景！
                 <w:br/>
                 2、中灵大索道或者云景索道（两个索道交替运行）！
                 <w:br/>
                 3、峰林索道往返80元/人，游览根据自己的身体情况自由选择！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【老君山景区】
+                景点：【老君山景区】【洛邑古城】【应天门】【十字街夜市】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：特色餐牡丹宴   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：餐标30元/人   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">洛阳：太学府酒店、美豪怡致、或伊川智选假日或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -739,164 +739,164 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛阳-三门峡-华阴
-[...1 lines deleted...]
-                早餐后，参观世界文化遗产，中国最大的皇家石刻艺术宝库【龙门石窟】（参观约2小时，不含电瓶车往返20元/人），以伊河为界，分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期，是龙门精华的部分，包括奉先寺的卢舍那佛像和古阳洞中的“龙门二十品”。赴三门峡（约2.5小时），参观世界文化遗产【陕州地炕院】（参观约1.5小时），作为一种古老而神奇的民居样式，地炕院蕴藏着丰富的文化，春节期间，陕州锣鼓书、绛州锣鼓、打铁花、大型社火、赶毛驴、踩高跷、财神拜年、猜灯谜等丰富的民俗文化活动将在这里精彩上演（民俗活动属于年味活动，具体时间以景区通告为准，敬请谅解），车赴华阴县（约1.5小时），入住酒店！
+                洛阳-三门峡
+                <w:br/>
+                酒店早餐后，参观【牡丹园】（根据花情，神州/国家/国花/国际四园选一，约1小时，3月份为室内牡丹，若遇室内牡丹园未开放参观，则改为等价参观：洛阳牡丹阁景区，旅行社无费用退还，敬请谅解），中国人一向把牡丹看作是富贵吉祥、繁荣幸福的象征，陶醉在万紫千红的牡丹观赏区，您会真正的领略“花如海、人如潮”、“天下真花独牡丹”的花王风采。参观世界文化遗产【龙门石窟】（约2小时），龙门石窟是中国最大的皇家雕刻艺术宝库，数量之多位于全国各大石窟之首。以伊河为界，分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期，是龙门精华的部分，包括奉先寺的卢舍那佛像和古阳洞中的“龙门二十品”。车赴三门峡（约2小时），参观世界文化遗产【陕州地坑院】（约1.5小时），作为一种古老而神奇的民居样式，地炕院蕴藏着丰富的文化，晚宿三门峡！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【龙门石窟】【陕州地炕院】
+                景点：【牡丹园】【龙门石窟】【陕州地坑院】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自组早餐     午餐：特色餐十碗席     晚餐：团餐餐标40元/人   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">华阴：麗致酒店、雅斯特酒店、华悦里或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐牡丹宴     晚餐：团餐餐标30元/人   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">三门峡：海联国际、维也纳或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 华阴-临潼-西安
                 <w:br/>
-                早餐后，车赴临潼（约1.5小时），参观位于骊山北麓的“世界第八大奇迹” 【兵马俑1、2、3号坑】（参观约3小时）。三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园。独家赠送价值298元/人《大秦帝王铁鹰锐士》（含表演+秦俑手工制作+秦弓体验+真人AI变装）通过自己动手体验，进一步了解修复兵马俑背后的奥秘，学习工匠智慧，增强文物保护意识，通过A1体验，带你沉浸式穿越，走进秦始皇统一六国的壮烈历程，车赴西安，打卡【大唐不夜城新春灯会】（约2小时）（新春灯会属于年味活动，具体时间以景区通告为准，敬请谅解），看盛唐天街花灯万盏，梦回大唐盛世，感受盛唐天街的年味。耗资50亿打造的新唐人街，整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
+                酒店早餐后，车赴临潼（约2.5小时），参观位于骊山北麓的“世界第八大奇迹” 【兵马俑1、2、3号坑】（参观约3小时）。三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园。车赴西安（约1小时），畅游西安最具人气的【钟鼓楼广场+北院门仿古步行街】（约1小时），在具有民族特色的回民小吃街自费品尝美食。游中国十大高品位文化街，打卡夜游【大唐不夜城】（游览约2小时），整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、兵马俑电瓶车不含，单程 5 元/人，乘坐约 5 分钟，如不坐电瓶车需要步行 10 分钟左右；非必须产生项目，请根据自身情况选择。
                 <w:br/>
                 2、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
                 <w:br/>
                 3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【兵马俑1、2、3号坑】【大唐不夜城新春灯会】
+                景点：【兵马俑1、2、3号坑】【钟鼓楼广场+北院门仿古步行街】【大唐不夜城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：团餐餐标40元/人     晚餐：不含   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐秦王宴     晚餐：不含晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：港务区智选、高新南智选或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -909,78 +909,80 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安-运城
                 <w:br/>
-                酒店早餐后，参观【西安博物院】（约1小时），又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。畅游西安最具人气的【钟鼓楼广场+北院门仿古步行街】（约1.5小时），在具有民族特色的回民小吃街自费品尝美食。车赴运城（约2.5小时），参观【永乐宫】（约2小时），永乐宫宫殿内部的墙壁上，布满了精心绘制的壁画，其艺术价值之高，数量之多，实属世上罕见。分布在宫内三清殿、龙虎殿、纯阳殿和重阳殿的1000平方米（包括拱眼壁画）精美壁画，题材丰富，笔法高超，其艺术水平堪与敦煌壁画相媲美，为我国绘画史上的杰作，是世界美术史上一颗瑰丽的明珠。
-[...3 lines deleted...]
-                1、西安博物院免费不免票，需提前预约。不能保证预约成功，如遇闭馆或预约不成功，则改为赠送：临潼博物馆/陕西历史博物馆秦汉馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
+                酒店早餐后，参观电视剧《一生一世》取景地【青龙寺】（约1小时），中国佛教密宗寺院 ，又名石佛寺，寺内广植樱花树，每到春季，天气晴朗，寺内樱花盛开，落英缤纷，芳草萋萋，姹紫嫣红，蔚为美观！每年3-4月期间，樱花盛开，是当地婚纱外景拍摄地之一。参观【西安博物院】（约1小时），又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。车赴运城（约2.5小时），参观【永乐宫】（约2小时），永乐宫宫殿内部的墙壁上，布满了精心绘制的壁画，其艺术价值之高，数量之多，实属世上罕见。分布在宫内三清殿、龙虎殿、纯阳殿和重阳殿的1000平方米（包括拱眼壁画）精美壁画，题材丰富，笔法高超，其艺术水平堪与敦煌壁画相媲美，为我国绘画史上的杰作，是世界美术史上一颗瑰丽的明珠。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、西安博物院逢周二闭馆，免费不免票，需提前预约。如遇闭馆或预约不成功，则改为参观：西安事变纪念馆/陕历博分馆之秦汉馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
+                <w:br/>
+                2、每年3-4月期间，为樱花最佳的季节，但观景期需视当地气候及气温而定。本行程的观景描述源自去年同期的景色情况，具体观景的时间会因应现时气候条件的变化而略有不同，敬请谅解!
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【西安博物院】【钟鼓楼广场+北院门仿古步行街】【永乐宫】
+                景点：【青龙寺】【永乐宫】【西安博物院】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：团餐餐标40元/人   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐长安风味     晚餐：不含晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">运城：美巢雅韵、美豪怡致或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1109,51 +1111,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：含往返机票经济舱（团队机票将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经出，不得更改、不得签转、不得退票。）
                 <w:br/>
                 2.住宿：全程 入住豪华酒店标准双人间。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准；小孩不占床含半价早餐，超高自理！
                 <w:br/>
-                3.用餐：含5早6正餐，正餐餐标40元/人/正，小孩含半价正餐！不含酒水，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
+                3.用餐：含5早7正餐，正餐餐标30元/人/正，小孩含半价正餐！不含酒水，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.门票：含行程中景点首道大门票，不含园中园门票。因个人原因自愿放弃景点参观，将不退还门票费用；在不影响旅游景点的情况下，我司有权对进出港口和旅游景点顺序进行调整，恕不另行通知（长者和学生优惠请携带相关有效证件与当地导游协商退现，门店不办理退门票费用）！
                 <w:br/>
                 5.导游：当地持证专业中文导游！
                 <w:br/>
                 6.交通：河南陕西当地旅游空调大巴，9-55座旅游车，根据人数安排车型。
                 <w:br/>
                 7.儿童：全价餐、占车位、导游服务费、 含半价早餐，不占床，含半价门票,超高需当地补门票差价。
                 <w:br/>
                 8.其他：每天每人赠送一瓶矿泉水，华山赠送登山手套！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1813,51 +1815,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>